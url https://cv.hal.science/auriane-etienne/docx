--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2716,295 +2716,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02061754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Radiation Damage in Light Water Reactors: Comparison of Cluster Analysis Methods for the Analysis of Atom Probe Data</w:t>
+                <w:t xml:space="preserve">Reverse Monte Carlo Reconstruction Algorithm for Discrete Electron Tomography Based on HAADF-STEM Atom Counting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Hyde</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Constantinos Hatzoglou</w:t>
+                <w:t xml:space="preserve">F. Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah Weekes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Radiguet</w:t>
+                <w:t xml:space="preserve">Daniel Hernandez Maldonado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.D. Robertson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s1431927616012678⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 265 (1), pp.73-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jmi.12464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01765920v1</w:t>
+                <w:t xml:space="preserve">hal-01954197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse Monte Carlo Reconstruction Algorithm for Discrete Electron Tomography Based on HAADF-STEM Atom Counting</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of Radiation Damage in Light Water Reactors: Comparison of Cluster Analysis Methods for the Analysis of Atom Probe Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.D. Robertson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Auriane Etienne</w:t>
+                <w:t xml:space="preserve">Jonathan Hyde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinos Hatzoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia Castro</w:t>
+                <w:t xml:space="preserve">Hannah Weekes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 265 (1), pp.73-80. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (02), pp.366 - 375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jmi.12464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/s1431927616012678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954197v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructure characterization and strengthening mechanisms of oxide dispersion strengthened (ODS) Fe-9%Cr and Fe-14%Cr extruded bars</w:t>
               </w:r>
@@ -3770,697 +3770,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02174295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-Density Steels: Complex Metallurgy for Automotive Applications</w:t>
+                <w:t xml:space="preserve">Effect of bulk oxygen on 14YWT nanostructured ferritic alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Zuazo</w:t>
+                <w:t xml:space="preserve">N.J. Cunningham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Hallstedt</w:t>
+                <w:t xml:space="preserve">Y. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lindahl</w:t>
+                <w:t xml:space="preserve">E.M. Haney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Selleby</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Soler</w:t>
+                <w:t xml:space="preserve">G.R. Odette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11837-014-1084-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 444 (1-3), pp.35-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2013.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01808031v1</w:t>
+                <w:t xml:space="preserve">hal-02108185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferrite effects in Fe‐Mn‐Al‐C triplex steels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Auriane Etienne</w:t>
+                <w:t xml:space="preserve">Low-Density Steels: Complex Metallurgy for Automotive Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Zuazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Massardier-Jourdan</w:t>
+                <w:t xml:space="preserve">B. Hallstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cazottes</w:t>
+                <w:t xml:space="preserve">B. Lindahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Garat</w:t>
+                <w:t xml:space="preserve">M. Selleby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Soler</w:t>
+                <w:t xml:space="preserve">M. Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 45 (1), pp.324--334. </w:t>
+              <w:t xml:space="preserve">JOM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 66 (9), pp.1747-1758. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-013-1990-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11837-014-1084-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670024v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuneable nanostructuring of highly transparent zinc gallogermanate glasses and glass-ceramics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ferrite effects in Fe‐Mn‐Al‐C triplex steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Chenu</w:t>
+                <w:t xml:space="preserve">Véronique Massardier-Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Véron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Genevois</w:t>
+                <w:t xml:space="preserve">Sophie Cazottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Matzen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Auriane Etienne</w:t>
+                <w:t xml:space="preserve">Xavier Garat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adom.201400007⟩</w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 45 (1), pp.324--334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11661-013-1990-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00996549v1</w:t>
+                <w:t xml:space="preserve">hal-01670024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural and mechanical characterisation of ODS ferritic alloys produced by mechanical alloying and spark plasma sintering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tuneable nanostructuring of highly transparent zinc gallogermanate glasses and glass-ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Serrano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Oñorbe</w:t>
+                <w:t xml:space="preserve">Sébastien Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. García-Junceda</w:t>
+                <w:t xml:space="preserve">Emmanuel Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Genevois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Hilger</w:t>
+                <w:t xml:space="preserve">Guy Matzen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 30 (13), pp.1669-1675. </w:t>
+              <w:t xml:space="preserve">Advanced Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (4), pp.364-372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1179/1743284714Y.0000000555⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adom.201400007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107685v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00996549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of bulk oxygen on 14YWT nanostructured ferritic alloys</w:t>
+                <w:t xml:space="preserve">Microstructural and mechanical characterisation of ODS ferritic alloys produced by mechanical alloying and spark plasma sintering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.J. Cunningham</w:t>
+                <w:t xml:space="preserve">M. Hernández-Mayoral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Wu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Auriane Etienne</w:t>
+                <w:t xml:space="preserve">M. Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Oñorbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.M. Haney</w:t>
+                <w:t xml:space="preserve">A. García-Junceda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.R. Odette</w:t>
+                <w:t xml:space="preserve">I. Hilger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 444 (1-3), pp.35-38. </w:t>
+              <w:t xml:space="preserve">Materials Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (13), pp.1669-1675. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2013.09.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1179/1743284714Y.0000000555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02108185v1</w:t>
+                <w:t xml:space="preserve">hal-02107685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grain boundary segregation induced strengthening of an ultrafine-grained austenitic stainless steel</w:t>
               </w:r>
@@ -4618,51 +4618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Cunningham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Odette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4963,711 +4963,711 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of 14YWT As-Atomized, Milled, Milled and Annealed Powders and HIP Consolidated Alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of radiation-induced segregation in ultrafine-grained and conventional 316 austenitic stainless steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Radiguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.J. Cunningham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.R. Odette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Cunningham</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yuan Wu</w:t>
+                <w:t xml:space="preserve">R. Valiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Online Proceedings Library</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/opl.2011.392⟩</w:t>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 111 (6), pp.659-663. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2010.12.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02107676v1</w:t>
+                <w:t xml:space="preserve">hal-02107679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of radiation-induced segregation in ultrafine-grained and conventional 316 austenitic stainless steels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of 14YWT As-Atomized, Milled, Milled and Annealed Powders and HIP Consolidated Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Cunningham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">G.R. Odette</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Robert Odette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Valiev</w:t>
+                <w:t xml:space="preserve">Erich Stergar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2010.12.026⟩</w:t>
+              <w:t xml:space="preserve">MRS Online Proceedings Library</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1298, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/opl.2011.392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02107679v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dislocation loop evolution under ion irradiation in austenitic stainless steels</w:t>
+                <w:t xml:space="preserve">Thermal stability of ultrafine-grained austenitic stainless steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Hernández-Mayoral</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Genevois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Le Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Valiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2010.02.009⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 527 (21-22), pp.5805-5810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2010.05.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02107661v1</w:t>
+                <w:t xml:space="preserve">hal-02107666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal stability of ultrafine-grained austenitic stainless steels</w:t>
+                <w:t xml:space="preserve">Understanding silicon-rich phase precipitation under irradiation in austenitic stainless steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pareige</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 527 (21-22), pp.5805-5810. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 406 (2), pp.251-256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2010.05.049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2010.08.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107666v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding silicon-rich phase precipitation under irradiation in austenitic stainless steels</w:t>
+                <w:t xml:space="preserve">Dislocation loop evolution under ion irradiation in austenitic stainless steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hernández-Mayoral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Genevois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pareige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 406 (2), pp.251-256. </w:t>
+              <w:t xml:space="preserve">, 2010, 400 (1), pp.56-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2010.08.045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2010.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02107668v1</w:t>
+                <w:t xml:space="preserve">hal-02107661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic scale investigation of radiation-induced segregation in austenitic stainless steels</w:t>
               </w:r>
@@ -5679,64 +5679,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.J. Cunningham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.R. Odette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pareige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6215,51 +6215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pareige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Valiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 43 (23-24), pp.7338-7343. </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7219,51 +7219,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="968EAFD2"/>
+    <w:nsid w:val="91E99843"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7450,51 +7450,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/auriane-etienne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6692-464X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140697462" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094582v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.S.M. Pereira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Radiguet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O&#241;orbe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ulbricht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sharma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155932" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970952v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rouland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094588v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jenkins" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Etienne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kareer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Haley" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155913" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250684v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Sharma" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121397" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519681v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Kaden" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Picot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.119859" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472469v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libang Lai" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jann-Erik Brandenburg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chekhonin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duplessi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met14030257" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04540210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baustert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Rose" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Pareige" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.108849" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698441v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M Jenkins" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120384" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278876v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Janin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delaune" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibouin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app132212189" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03592582v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ulbricht" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Hern&#225;ndez-Mayoral" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira O&#241;orbe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12030369" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794388v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-M. Gueye" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Medvedev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kaden" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154060" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521094v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Mazilkin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Ivanisenko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201901333" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02917595v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Hatzoglou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620001749" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106727v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Dong" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Frolov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Fedotova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuhiko Fujii" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927618015581" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106692v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Kadok" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bost" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coulon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ramzi Ammar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Brassamin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.03.008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02109689v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnoldi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spies" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ismagilov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5035134" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898385v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoguang Ma" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Li" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Li" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Genevois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingqian Ma" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03467-7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061509v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazilkin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Abramova" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Enikeev" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.V. Lomakin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.Z. Valiev" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.05.098" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061754v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5019672" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765920v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hyde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Weekes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1431927616012678" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954197v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moyon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hernandez Maldonado" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Robertson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12464" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauhan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bergner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aktaa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. de Carlan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.07.060" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112299v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfiia Akhatova" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mancini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766051v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prasath Babu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Monnet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moisy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.09.110" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954237v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle A. Marquis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Araullo-Peters" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616004189" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108201v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M Abramova" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Enikeev" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174295v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Rajan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Enikeev" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/63/1/012121" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808031v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zuazo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hallstedt" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lindahl" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Selleby" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soler" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-014-1084-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670024v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Massardier-Jourdan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cazottes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-013-1990-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996549v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chenu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Matzen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201400007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107685v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hern&#225;ndez-Mayoral" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serrano" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garc&#237;a-Junceda" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Hilger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284714Y.0000000555" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108185v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Cunningham" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Haney" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Odette" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.09.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107689v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Enikeev" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.07.188" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MTZLPDTM-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107677v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Cunningham" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Odette" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284710Y.0000000038" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929140v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etienne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cadel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lina" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cretinon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-012-2185-4" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929141v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lina" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cretinon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2012.2203134" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107676v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Cunningham" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Robert Odette" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Stergar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Wu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2011.392" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107679v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valiev" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2010.12.026" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMF3J7VN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107661v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2010.02.009" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PKQZ0PBP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107666v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Le Breton" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2010.05.049" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJN2KB2N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107668v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2010.08.045" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MTWHCG1L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107672v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2010.08.043" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZXP3F1V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107664v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr Odette" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nj Cunningham" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Haney" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927610062458" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107659v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2009.02.009" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107657v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Massoud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pokor" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2008.09.015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107698v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-008-2875-8" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/144810FFDD9F67D19273438FD5C17D8CEAF02EC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02130668v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.B. Revathy Rajan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hug" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nariman Enikeev" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954243v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moyon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.8364" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130665v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954246v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.6351" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130667v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04355534v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Marquis" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04639-2_141" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/auriane-etienne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6692-464X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140697462" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094582v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.S.M. Pereira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Radiguet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O&#241;orbe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ulbricht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sharma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155932" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970952v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rouland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094588v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jenkins" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Etienne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kareer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Haley" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155913" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250684v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Sharma" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121397" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519681v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Kaden" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Picot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.119859" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472469v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libang Lai" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jann-Erik Brandenburg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chekhonin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duplessi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met14030257" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04540210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baustert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Rose" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Pareige" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.108849" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698441v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M Jenkins" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120384" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278876v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Janin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delaune" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibouin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app132212189" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03592582v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ulbricht" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Hern&#225;ndez-Mayoral" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira O&#241;orbe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12030369" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794388v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-M. Gueye" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Medvedev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kaden" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154060" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02521094v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Mazilkin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Ivanisenko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201901333" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02917595v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Hatzoglou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620001749" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106727v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Dong" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Frolov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Fedotova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuhiko Fujii" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927618015581" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106692v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Kadok" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bost" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coulon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ramzi Ammar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Brassamin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.03.008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02109689v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnoldi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spies" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ismagilov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5035134" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898385v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoguang Ma" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Li" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Li" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Genevois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingqian Ma" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03467-7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061509v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazilkin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Abramova" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Enikeev" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.V. Lomakin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.Z. Valiev" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.05.098" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061754v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5019672" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954197v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moyon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hernandez Maldonado" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Robertson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12464" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765920v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hyde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Weekes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1431927616012678" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauhan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bergner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aktaa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. de Carlan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.07.060" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112299v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfiia Akhatova" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mancini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766051v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prasath Babu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Monnet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moisy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.09.110" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954237v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle A. Marquis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Araullo-Peters" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616004189" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108201v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M Abramova" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Enikeev" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174295v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Rajan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Enikeev" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/63/1/012121" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108185v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Cunningham" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Haney" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Odette" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.09.013" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808031v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zuazo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hallstedt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lindahl" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Selleby" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-014-1084-y" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670024v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Massardier-Jourdan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cazottes" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soler" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-013-1990-6" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996549v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chenu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Matzen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201400007" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107685v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hern&#225;ndez-Mayoral" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serrano" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garc&#237;a-Junceda" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Hilger" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284714Y.0000000555" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107689v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Enikeev" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.07.188" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MTZLPDTM-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107677v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Cunningham" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Odette" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284710Y.0000000038" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929140v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etienne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cadel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lina" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cretinon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-012-2185-4" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929141v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lina" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cretinon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2012.2203134" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107679v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valiev" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2010.12.026" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMF3J7VN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107676v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Cunningham" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Robert Odette" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Stergar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Wu" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2011.392" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107666v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Le Breton" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2010.05.049" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJN2KB2N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107668v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2010.08.045" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MTWHCG1L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107661v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2010.02.009" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PKQZ0PBP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107672v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2010.08.043" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZXP3F1V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107664v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr Odette" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nj Cunningham" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Haney" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927610062458" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107659v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2009.02.009" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107657v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Massoud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pokor" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2008.09.015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107698v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-008-2875-8" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/144810FFDD9F67D19273438FD5C17D8CEAF02EC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02130668v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.B. Revathy Rajan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hug" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nariman Enikeev" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954243v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moyon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.8364" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130665v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954246v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.6351" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130667v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04355534v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Marquis" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04639-2_141" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>