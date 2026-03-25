--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Aurore Després </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles de Karine Pontiès-Dame de Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Ponties</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, https://fanum.univ-fcomte.fr/fana/?f=5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview with Julie Salgues by Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MNEMEDANCE - Memory in Motion. Re-Membering Dance History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, https://phaidra.cab.unipd.it/o:497813</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles d’Olivia Grandville-La Spirale de Caroline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Grandville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, https://fanum.univ-fcomte.fr/fana/?f=3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles de Mark Tompkins - Cie IDA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tompkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, https://fanum.univ-fcomte.fr/fana/?f=4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles d’Ingeborg Liptay - Compagnie Ici Maintenant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingeborg Liptay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Abeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès de Lagausie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, https://fanum.univ-fcomte.fr/fana/?f=2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles Dominique Bagouet- Carnets Bagouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bagouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Abeille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, https://fanum.univ-fcomte.fr/fana/?f=1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gesture at the Origin of Time. An Archaeological Palimpsest of the Chosen One’s Immobility in the Rite of Spring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feltham Oliver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Susanne Franco, Marina Nordera. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Dance and Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Five Conceptual Actions for a Sensitive Archaeology of the Gesture in Dominique Brun’s Sacre#2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Susanne Franco, Cristina Baldacci. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On Reenactment: Concepts, Methodologies, Tools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accademia University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.60-79, 2022, Mimesis Journal Books, 979-12-5500-019-8. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.aaccademia.12065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La recherche-création en éclats. Le rituel Excentricités pour partition »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"D'EXCENTRICITÉ(S), 10 ans de rencontres étudiantes de la performance"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISBA Institut Supérieur des Beaux-Arts Besançon, pp.17-42, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03571890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer avec les morts. Des corporéités échevelées dans la danse-performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guy Freixe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps, ses dimensions cachées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Deuxième Époque, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partitionner le sensible et performer l’intervalle. Sur Kaprow en Éclats à partir de 18 happenings in 6 parts d’Allan Kaprow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurore Després. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestes en éclats. Art, danse et performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses du réel, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refaire. Showing re-doing. Logique des corps-temps dans la danse-performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurore Després. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestes en éclats. Art, danse et performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses du réel, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archive, c'est nous ! Réflexion sur l'art chorégraphique et l'archive dans le contexte de la construction de FANA Danse Contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Barbéris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'archive dans les arts vivants. Performance, danse, théâtre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche en Danse /Danse en recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jehanne Dautrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche en art(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions MF, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire le saut et devenir terrestre. Les récits de survie des Cahiers de Nijinski comme écritures poïétiques de performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Écrire la performance (arts, littératures, poésies contemporaines)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Juliette Drigny, Cécile Mahiou, Jean-François Puff, Gaëlle Théval, Mar 2026, Cergy (CY Cergy Paris Université), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Gestes au(x) milieu(x). Sharing ecoaesthetics in dance and agriculture ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international et exposition d'art/ International Conference and Art Exhibition « PARTAGER / TO SHARE. EVERYDAY AESTHETICS and COLLECTIVE GESTURES"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Barbara Formis, Jan 2024, Paris - Université Paris 1 Panthéon Sorbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires et oublis d’un corps-palimpseste. Grand entretien avec la danseuse Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international Producing Memory in Dance. Oral History and Mnemotechnics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marina Nordera, Susanne Franco, Nov 2021, Nice (Université Côte d'Azur), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel(s) geste(s) pour la recherche ? Le savoir a-t-il un corps ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Formis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix de Morant Wallon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : "L'artiste chercheur et le chercheur artiste dans les pratiques scéniques actuelles : étude d’un geste critique. Performer les savoirs", Université Paris X Nanterre, MSH Nord, Centre Georges Pompidou, Théâtre de Nanterre Amandiers, Paris/Nanterre, 21-23 juin 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chloé Déchery, Marion Boudier, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel(s) geste(s) pour la recherche ? Le savoir a-t-il un corps ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix de Morant Wallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Formis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : "L'artiste chercheur et le chercheur artiste dans les pratiques scéniques actuelles : étude d’un geste critique. Performer les savoirs", Université Paris X Nanterre, MSH Nord, Centre Georges Pompidou, Théâtre de Nanterre Amandiers, Paris/Nanterre, 21-23 juin 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer (avec) les morts. Fragilités des corps dans la danse‐performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps. La dimension cachée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Université de Franche Comté, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le printemps par les gestes. Une danse pour une esthétique du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les presses du réel, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danser l’imprévu. Lecture politique et sensible des Cahiers de Vaslav Nijinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Abassade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Boissiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Collection Gestes, Aurore Després, 978-2-37896-314-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One Shot. Dialogues sur la composition en temps réel/Dialogues on real time composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tompkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meg Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Toutevoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Œil d'Or</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Bilingue français/anglais, 2022, 978-2-490437-18-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages des cultures et des mémoires dans les arts de la scène &amp;quot;, revue Skénégraphie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Freixe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Peslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolane Sanchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Franche-Comté. 6, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FANA Danse &amp; arts vivants - Plateforme de Fonds d'Archives Numériques Audiovisuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurore Després. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire ELLIADD - MSHE Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, https://fanum.univ-fcomte.fr/fana/, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestes en éclats. Art, danse, performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplôme Universitaire Art, danse et performance, Université de Franche-Comté; Laboratoire ELLIADD, EA 4661. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 533 pages, 2016, Collection Nouvelles Scènes, 9782840668329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles en éclats, échos sonores du N°12 &amp;quot;Paroles de danseurs et de danseuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Burighel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geisha Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Danse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Supplément (12), 2024, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/danse.5908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parole de danseurs et de danseuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Burighel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geisha Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Danse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, 2023, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/danse.5908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier Voyages et mémoires dans les arts du spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2019, N°6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One Shot. Dialogues sur la composition en temps réel/Dialogues on real time composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tompkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meg Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Toutevoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer l’archive comme une contrainte. Petite archéologie des gestes mis en jeu dans l’atelier ‘‘Danser l’archive – Le Sacre du printemps’’ mené par Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thaêtre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Chantier #7 : Document-matériau (coord. Marion Boudier et Chloé Déchery)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher au cœur de la fragilité. Entretien avec Steven Cohen à propos de Put Your Heart Under Your Feet and Walk (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Scènes queer contemporaines, 7, pp.100-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03572004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le masque sans visage ou les puissances de l’anonyme dans la danse-performance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives théâtrales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Les enjeux du masque sur la scène contemporaine , 140, p.46-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03571915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au bout de la migration, exister. Rester. Étranger par Barbara Manzetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.173-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le voyage des gestes. François Chaignaud ou l’aventure d’une corporéité hypergestuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps comme expérience (danse et performance)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, L'art au risque du corps, N°4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relation pédagogique dans la Danse Contact Improvisation : le partage en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles de danse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Incorporer, 46/47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée des gestes - Danse et arts vivants aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Côte d'Azur, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02504607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outils, méthodes & questions pour la diffusion numérique des archives audiovisuelles. Retour d’expérience : le cas FANA » ; « Guides méthodologiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03572969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail des sensations dans la pratique de la danse contemporaine. Logique du geste esthétique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 8 - UFR Philosophie, Arts, Esthétique., 1998. Français. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02544811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Aurore Després </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gesture at the Origin of Time. An Archaeological Palimpsest of the Chosen One’s Immobility in the Rite of Spring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feltham Oliver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Susanne Franco, Marina Nordera. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Dance and Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Five Conceptual Actions for a Sensitive Archaeology of the Gesture in Dominique Brun’s Sacre#2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Susanne Franco, Cristina Baldacci. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On Reenactment: Concepts, Methodologies, Tools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accademia University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.60-79, 2022, Mimesis Journal Books, 979-12-5500-019-8. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.aaccademia.12065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La recherche-création en éclats. Le rituel Excentricités pour partition »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"D'EXCENTRICITÉ(S), 10 ans de rencontres étudiantes de la performance"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISBA Institut Supérieur des Beaux-Arts Besançon, pp.17-42, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03571890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer avec les morts. Des corporéités échevelées dans la danse-performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guy Freixe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps, ses dimensions cachées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Deuxième Époque, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partitionner le sensible et performer l’intervalle. Sur Kaprow en Éclats à partir de 18 happenings in 6 parts d’Allan Kaprow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurore Després. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestes en éclats. Art, danse et performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses du réel, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refaire. Showing re-doing. Logique des corps-temps dans la danse-performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurore Després. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestes en éclats. Art, danse et performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses du réel, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archive, c'est nous ! Réflexion sur l'art chorégraphique et l'archive dans le contexte de la construction de FANA Danse Contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Barbéris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'archive dans les arts vivants. Performance, danse, théâtre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche en Danse /Danse en recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jehanne Dautrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche en art(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions MF, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire le saut et devenir terrestre. Les récits de survie des Cahiers de Nijinski comme écritures poïétiques de performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Écrire la performance (arts, littératures, poésies contemporaines)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Juliette Drigny, Cécile Mahiou, Jean-François Puff, Gaëlle Théval, Mar 2026, Cergy (CY Cergy Paris Université), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Gestes au(x) milieu(x). Sharing ecoaesthetics in dance and agriculture ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international et exposition d'art/ International Conference and Art Exhibition « PARTAGER / TO SHARE. EVERYDAY AESTHETICS and COLLECTIVE GESTURES"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Barbara Formis, Jan 2024, Paris - Université Paris 1 Panthéon Sorbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires et oublis d’un corps-palimpseste. Grand entretien avec la danseuse Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international Producing Memory in Dance. Oral History and Mnemotechnics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marina Nordera, Susanne Franco, Nov 2021, Nice (Université Côte d'Azur), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel(s) geste(s) pour la recherche ? Le savoir a-t-il un corps ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Formis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix de Morant Wallon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : "L'artiste chercheur et le chercheur artiste dans les pratiques scéniques actuelles : étude d’un geste critique. Performer les savoirs", Université Paris X Nanterre, MSH Nord, Centre Georges Pompidou, Théâtre de Nanterre Amandiers, Paris/Nanterre, 21-23 juin 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chloé Déchery, Marion Boudier, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel(s) geste(s) pour la recherche ? Le savoir a-t-il un corps ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix de Morant Wallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Formis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : "L'artiste chercheur et le chercheur artiste dans les pratiques scéniques actuelles : étude d’un geste critique. Performer les savoirs", Université Paris X Nanterre, MSH Nord, Centre Georges Pompidou, Théâtre de Nanterre Amandiers, Paris/Nanterre, 21-23 juin 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer (avec) les morts. Fragilités des corps dans la danse‐performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps. La dimension cachée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Université de Franche Comté, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le printemps par les gestes. Une danse pour une esthétique du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les presses du réel, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danser l’imprévu. Lecture politique et sensible des Cahiers de Vaslav Nijinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Abassade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Boissiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Collection Gestes, Aurore Després, 978-2-37896-314-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One Shot. Dialogues sur la composition en temps réel/Dialogues on real time composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tompkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meg Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Toutevoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Œil d'Or</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Bilingue français/anglais, 2022, 978-2-490437-18-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages des cultures et des mémoires dans les arts de la scène &amp;quot;, revue Skénégraphie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Freixe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Peslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolane Sanchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Franche-Comté. 6, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestes en éclats. Art, danse, performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplôme Universitaire Art, danse et performance, Université de Franche-Comté; Laboratoire ELLIADD, EA 4661. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 533 pages, 2016, Collection Nouvelles Scènes, 9782840668329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FANA Danse et arts vivants - Plateforme de Fonds d'Archives Numériques Audiovisuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurore Després. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire ELLIADD - MSHE Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, https://fanum.univ-fcomte.fr/fana/, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles de Karine Ponties - Dame de Pic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Ponties</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, https://fanum.univ-fcomte.fr/fana/karine-ponties</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview with Julie Salgues by Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MNEMEDANCE - Memory in Motion. Re-Membering Dance History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, https://phaidra.cab.unipd.it/o:497813</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles de Mark Tompkins - Cie IDA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tompkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, https://fanum.univ-fcomte.fr/fana/mark-tompkins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles d’Olivia Grandville - La Spirale de Caroline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Grandville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, https://fanum.univ-fcomte.fr/fana/olivia-grandville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles Dominique Bagouet - Carnets Bagouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bagouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Abeille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, https://fanum.univ-fcomte.fr/fana/dominique-bagouet</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds des archives audiovisuelles d’Ingeborg Liptay - Compagnie Ici Maintenant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingeborg Liptay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Abeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès de Lagausie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plateforme FANA Danse &amp; arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, https://fanum.univ-fcomte.fr/fana/ingeborg-liptay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles en éclats, échos sonores du N°12 &amp;quot;Paroles de danseurs et de danseuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Burighel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geisha Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Danse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Supplément (12), 2024, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/danse.5908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parole de danseurs et de danseuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Burighel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geisha Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Danse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, 2023, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/danse.5908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier Voyages et mémoires dans les arts du spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2019, N°6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer l’archive comme une contrainte. Petite archéologie des gestes mis en jeu dans l’atelier ‘‘Danser l’archive – Le Sacre du printemps’’ mené par Julie Salgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thaêtre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Chantier #7 : Document-matériau (coord. Marion Boudier et Chloé Déchery)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher au cœur de la fragilité. Entretien avec Steven Cohen à propos de Put Your Heart Under Your Feet and Walk (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Scènes queer contemporaines, 7, pp.100-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03572004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le masque sans visage ou les puissances de l’anonyme dans la danse-performance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives théâtrales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Les enjeux du masque sur la scène contemporaine , 140, p.46-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03571915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au bout de la migration, exister. Rester. Étranger par Barbara Manzetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.173-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le voyage des gestes. François Chaignaud ou l’aventure d’une corporéité hypergestuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skén&amp;graphie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps comme expérience (danse et performance)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, L'art au risque du corps, N°4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relation pédagogique dans la Danse Contact Improvisation : le partage en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles de danse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Incorporer, 46/47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One Shot. Dialogues sur la composition en temps réel/Dialogues on real time composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tompkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meg Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Toutevoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée des gestes - Danse et arts vivants aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Côte d'Azur, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02504607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outils, méthodes & questions pour la diffusion numérique des archives audiovisuelles. Retour d’expérience : le cas FANA » ; « Guides méthodologiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jacquot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03572969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail des sensations dans la pratique de la danse contemporaine. Logique du geste esthétique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Després</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 8 - UFR Philosophie, Arts, Esthétique., 1998. Français. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02544811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511141v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Despr&#233;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ponties" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jacquot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501584v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salgues" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511147v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Grandville" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511145v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Tompkins" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511149v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg Liptay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s de Lagausie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511150v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bagouet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501621v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feltham Oliver" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/aaccademia/11990" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.aaccademia.12065" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571890v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544877v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544889v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544882v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544909v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544934v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511172v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511169v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511174v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511182v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Formis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix de Morant Wallon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073496v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501613v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501268v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Abassade" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boissiere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=9733&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501306v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meg Stuart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toutevoix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.loeildorenligne.com/product-page/one-shot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Freixe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Peslier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolane Sanchez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545011v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fanum.univ-fcomte.fr/fana/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504576v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=4255" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501555v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Burighel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geisha Fontaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/danse.5908" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501549v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544857v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501598v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501563v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572004v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571915v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174434v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544833v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544970v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544964v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02504607v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572969v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02544811v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501621v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Despr&#233;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feltham Oliver" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501530v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/aaccademia/11990" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.aaccademia.12065" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571890v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544877v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544889v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544882v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544909v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544934v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511172v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511169v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511174v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salgues" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511182v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Formis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix de Morant Wallon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073496v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162710v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501613v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501268v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Abassade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boissiere" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=9733&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501306v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Tompkins" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meg Stuart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toutevoix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.loeildorenligne.com/product-page/one-shot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648998v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Freixe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Peslier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolane Sanchez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504576v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=4255" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545011v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jacquot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fanum.univ-fcomte.fr/fana/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511141v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ponties" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501584v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511145v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511147v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Grandville" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511150v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bagouet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511149v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg Liptay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s de Lagausie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501555v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Burighel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geisha Fontaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/danse.5908" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501549v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544857v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501563v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572004v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571915v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174434v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544833v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544970v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544964v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501598v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02504607v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572969v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02544811v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>