--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -166,161 +166,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room temperature magnetic vortices in the van der Waals magnet Fe&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;GeTe&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
+                <w:t xml:space="preserve">Thermal spin wave noise as a probe for the Dzyaloshinskii-Moriya interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elias Sfeir</w:t>
+                <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolin Schrader</w:t>
+                <w:t xml:space="preserve">Pawan Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florentin Fabre</w:t>
+                <w:t xml:space="preserve">van Tuong Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Courtin</w:t>
+                <w:t xml:space="preserve">Joseba Urrestarazu-Larrañaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Vergnaud</w:t>
+                <w:t xml:space="preserve">Rodrigo Guedas Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9 (11), pp.114003. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 135 (13), pp.136703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/v5zf-5z78⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/dvbq-9z5f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387662v1</w:t>
+                <w:t xml:space="preserve">hal-05344568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser patterning of the room temperature van der Waals ferromagnet 1 T − CrTe 2</w:t>
               </w:r>
@@ -434,865 +434,865 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05342528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic imaging under high pressure with a spin-based quantum sensor integrated in a van der Waals heterostructure</w:t>
+                <w:t xml:space="preserve">Room temperature magnetic vortices in the van der Waals magnet Fe&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;GeTe&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhao Mu</w:t>
+                <w:t xml:space="preserve">Elias Sfeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Fraunié</w:t>
+                <w:t xml:space="preserve">Carolin Schrader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alrik Durand</w:t>
+                <w:t xml:space="preserve">Florentin Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Clément</w:t>
+                <w:t xml:space="preserve">Jules Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Finco</w:t>
+                <w:t xml:space="preserve">Céline Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.8574. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (11), pp.114003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-63580-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/v5zf-5z78⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05323252v1</w:t>
+                <w:t xml:space="preserve">hal-05387662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal spin wave noise as a probe for the Dzyaloshinskii-Moriya interaction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Magnetic imaging under high pressure with a spin-based quantum sensor integrated in a van der Waals heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhao Mu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Fraunié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Finco</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Guedas Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 135 (13), pp.136703. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.8574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/dvbq-9z5f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-63580-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344568v1</w:t>
+                <w:t xml:space="preserve">hal-05323252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric-field-induced multiferroic topological solitons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast current-induced skyrmion motion in synthetic antiferromagnets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tuong Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Chaudron</w:t>
+                <w:t xml:space="preserve">Naveen Sisodia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zixin Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurore Finco</w:t>
+                <w:t xml:space="preserve">Ilaria Di Manici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseba Urrestarazu-Larrañaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavel Marton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pauline Dufour</w:t>
+                <w:t xml:space="preserve">Kaushik Bairagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41563-024-01890-4⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 384 (6693), pp.307-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.add5751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04604964v1</w:t>
+                <w:t xml:space="preserve">hal-04553207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 2024 magnonics roadmap</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interplay between anisotropic strain, ferroelectric, and antiferromagnetic textures in highly compressed BiFeO$_3$ epitaxial thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr Abdelsamie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benedetta Flebus</w:t>
+                <w:t xml:space="preserve">Arthur Chaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Grundler</w:t>
+                <w:t xml:space="preserve">Karim Bouzehouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bivas Rana</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Igor Barsukov</w:t>
+                <w:t xml:space="preserve">Pauline Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/ad399c⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 124 (24), pp.242902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0208996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04760290v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between anisotropic strain, ferroelectric, and antiferromagnetic textures in highly compressed BiFeO$_3$ epitaxial thin films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Electric-field-induced multiferroic topological solitons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zixin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Finco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Marton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dufour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0208996⟩</w:t>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23, pp.905-911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41563-024-01890-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611919v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast current-induced skyrmion motion in synthetic antiferromagnets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">van Tuong Pham</w:t>
+                <w:t xml:space="preserve">The 2024 magnonics roadmap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedetta Flebus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Grundler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naveen Sisodia</w:t>
+                <w:t xml:space="preserve">Bivas Rana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilaria Di Manici</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joseba Urrestarazu-Larrañaga</w:t>
+                <w:t xml:space="preserve">Yoshichika Otani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaushik Bairagi</w:t>
+                <w:t xml:space="preserve">Igor Barsukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 384 (6693), pp.307-312. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (36), pp.363501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.add5751⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ad399c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04553207v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04760290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single spin magnetometry and relaxometry applied to antiferromagnetic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1339,90 +1339,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onset of multiferroicity in prototypical single spin cycloid BiFeO 3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amr Abdelsamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Haykal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1601,377 +1601,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03964447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic Imaging with Spin Defects in Hexagonal Boron Nitride</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantitative Imaging of Exotic Antiferromagnetic Spin Cycloids in &amp;lt;mml:math xmlns:mml=&amp;quot;http://www.w3.org/1998/Math/MathML&amp;quot; display=&amp;quot;inline&amp;quot; overflow=&amp;quot;scroll&amp;quot;&amp;gt;&amp;lt;mml:msub&amp;gt;&amp;lt;mml:mrow&amp;gt;&amp;lt;mml:mi&amp;gt;Bi&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mi&amp;gt;Fe&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;O&amp;lt;/mml:mi&amp;gt;&amp;lt;/mml:mrow&amp;gt;&amp;lt;mml:mn&amp;gt;3&amp;lt;/mml:mn&amp;gt;&amp;lt;/mml:msub&amp;gt;&amp;lt;/mml:math&amp;gt; Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Clua-Provost</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jiahan Li</w:t>
+                <w:t xml:space="preserve">Hai Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Finco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Haykal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouzehouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 18 (6), pp.L061002. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.18.L061002⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevapplied.17.044051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03951311v1</w:t>
+                <w:t xml:space="preserve">hal-03656679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Imaging of Exotic Antiferromagnetic Spin Cycloids in &amp;lt;mml:math xmlns:mml=&amp;quot;http://www.w3.org/1998/Math/MathML&amp;quot; display=&amp;quot;inline&amp;quot; overflow=&amp;quot;scroll&amp;quot;&amp;gt;&amp;lt;mml:msub&amp;gt;&amp;lt;mml:mrow&amp;gt;&amp;lt;mml:mi&amp;gt;Bi&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mi&amp;gt;Fe&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;O&amp;lt;/mml:mi&amp;gt;&amp;lt;/mml:mrow&amp;gt;&amp;lt;mml:mn&amp;gt;3&amp;lt;/mml:mn&amp;gt;&amp;lt;/mml:msub&amp;gt;&amp;lt;/mml:math&amp;gt; Thin Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetic Imaging with Spin Defects in Hexagonal Boron Nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawan Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Clua-Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hai Zhong</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Karim Bouzehouane</w:t>
+                <w:t xml:space="preserve">Jiahan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 17, </w:t>
+              <w:t xml:space="preserve">, 2022, 18 (6), pp.L061002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physrevapplied.17.044051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.18.L061002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03656679v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging Topological Defects in a Noncollinear Antiferromagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Haykal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Fusil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pawan Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 128 (18), pp.187201. </w:t>
@@ -2003,295 +2003,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative study of the response of a single NV defect in diamond to magnetic noise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging non-collinear antiferromagnetic textures via single spin relaxometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Finco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Haykal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Rollo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurore Finco</w:t>
+                <w:t xml:space="preserve">Rana Tanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Tanos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Devolder</w:t>
+                <w:t xml:space="preserve">Saddem Chouaieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235418⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-20995-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03295925v1</w:t>
+                <w:t xml:space="preserve">hal-03177332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging non-collinear antiferromagnetic textures via single spin relaxometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Quantitative study of the response of a single NV defect in diamond to magnetic noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Tanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saddem Chouaieb</w:t>
+                <w:t xml:space="preserve">Thibaut Devolder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), pp.767. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (23), pp.235418. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-20995-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03177332v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03295925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of room-temperature in-plane magnetization in thin flakes of CrTe2 with a single-spin magnetometer</w:t>
               </w:r>
@@ -2405,351 +2405,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03218915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric and antiferromagnetic chiral textures at multiferroic domain walls</w:t>
+                <w:t xml:space="preserve">Room temperature skyrmions at zero field in exchange bias ultrathin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Chauleau</w:t>
+                <w:t xml:space="preserve">K. Gaurav Rana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Finco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théophile Chirac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Fusil</w:t>
+                <w:t xml:space="preserve">S. Chouaieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Garcia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t>
+                <w:t xml:space="preserve">A. Haykal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41563-019-0516-z⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (4), pp.044079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.13.044079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02909553v1</w:t>
+                <w:t xml:space="preserve">hal-02428517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room temperature skyrmions at zero field in exchange bias ultrathin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electric and antiferromagnetic chiral textures at multiferroic domain walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Gaurav Rana</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Fabre</w:t>
+                <w:t xml:space="preserve">Théophile Chirac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fusil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chouaieb</w:t>
+                <w:t xml:space="preserve">Vincent Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Haykal</w:t>
+                <w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (4), pp.044079. </w:t>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19, pp.386-390. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.13.044079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41563-019-0516-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428517v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02909553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antiferromagnetic textures in BiFeO 3 controlled by strain and electric field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Haykal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Chauleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3037,51 +3037,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="38B14C4F"/>
+    <w:nsid w:val="0FA50FEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3268,51 +3268,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurore-finco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0197-7476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387662v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Sfeir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Schrader" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Fabre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Courtin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/v5zf-5z78" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342528v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Riccardi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suman Sarkar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anike Purbawati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Arrighi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kostka" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.024001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05323252v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Mu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Frauni&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alrik Durand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Finco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-63580-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344568v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tuong Pham" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseba Urrestarazu-Larra&#241;aga" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guedas Garcia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/dvbq-9z5f" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604964v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chaudron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixin Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Marton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dufour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-024-01890-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760290v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Flebus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Grundler" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bivas Rana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshichika Otani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Barsukov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ad399c" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611919v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Abdelsamie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouzehouane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0208996" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553207v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Sisodia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Di Manici" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bairagi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.add5751" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258279v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167480" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237859v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fischer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c02875" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964447v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pairis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellali Hadj-Azzem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c01256" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951311v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Clua-Provost" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahan Li" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.L061002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656679v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Zhong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevapplied.17.044051" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659802v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fusil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.187201" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295925v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rollo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Tanos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devolder" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235418" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177332v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddem Chouaieb" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20995-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218915v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Finco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purbawati" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj-Azzem" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rougemaille" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.034008" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909553v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chauleau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Chirac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garcia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Waseem Akhtar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-019-0516-z" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428517v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gaurav Rana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chouaieb" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Haykal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.13.044079" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909544v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fischer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Chauleau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sando" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15501-8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Babkevich" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jeong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dalla Piazza" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kovacevic" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.144422" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurore-finco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0197-7476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344568v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Finco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tuong Pham" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseba Urrestarazu-Larra&#241;aga" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guedas Garcia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/dvbq-9z5f" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342528v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Riccardi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suman Sarkar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anike Purbawati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Arrighi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kostka" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.024001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387662v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Sfeir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Schrader" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Fabre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Courtin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/v5zf-5z78" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05323252v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Mu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Frauni&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alrik Durand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-63580-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553207v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Sisodia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Di Manici" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bairagi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.add5751" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611919v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Abdelsamie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chaudron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouzehouane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dufour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0208996" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604964v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixin Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Marton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-024-01890-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760290v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Flebus" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Grundler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bivas Rana" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshichika Otani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Barsukov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ad399c" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258279v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167480" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237859v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fischer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c02875" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964447v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pairis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellali Hadj-Azzem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c01256" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656679v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Zhong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevapplied.17.044051" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951311v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Clua-Provost" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahan Li" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.L061002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659802v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fusil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.187201" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177332v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Tanos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddem Chouaieb" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20995-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295925v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rollo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devolder" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235418" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218915v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Finco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purbawati" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj-Azzem" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rougemaille" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.034008" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428517v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gaurav Rana" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chouaieb" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Haykal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.13.044079" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909553v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chauleau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Chirac" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garcia" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Waseem Akhtar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-019-0516-z" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909544v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fischer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Chauleau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sando" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15501-8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Babkevich" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jeong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dalla Piazza" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kovacevic" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.144422" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>