--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -271,252 +271,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Académie Populaire de la Santé, une formation en promotion de la santé par et pour les personnes concernées : proposition d’une meilleure prise en compte des principes de justice épistémique</w:t>
+                <w:t xml:space="preserve">L’éducation thérapeutique du patient, une intervention de promotion de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Quesnay</w:t>
+                <w:t xml:space="preserve">Marion Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/edso.27320⟩</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, vol. 36 (5), pp.9-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.245.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265444v1</w:t>
+                <w:t xml:space="preserve">hal-05407653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’éducation thérapeutique du patient, une intervention de promotion de la santé</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Aubry</w:t>
+                <w:t xml:space="preserve">L’Académie Populaire de la Santé, une formation en promotion de la santé par et pour les personnes concernées : proposition d’une meilleure prise en compte des principes de justice épistémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Quesnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, vol. 36 (5), pp.9-13. </w:t>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/spub.245.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/edso.27320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05407653v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles perspectives pour les IPA souhaitant poursuivre en doctorat ?</w:t>
               </w:r>
@@ -528,51 +528,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Simar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de la pratique avancée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5 (2), pp.62-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -610,51 +610,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléments d’informations concernant le dossier de qualification à la fonction de maître de conférences à la section « Sciences infirmières » du Conseil national des universités des disciplines de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -861,51 +861,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outpatients’ perception of their preoperative information regarding their health literacy skills and their preoperative anxiety level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interdisciplinary Research Journal and Archives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2 (20), pp.12-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1049,537 +1049,537 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03961932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche infirmière en France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">105 Sexual dimorphism in equine D8 blastocysts (abstract)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Naudin</w:t>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Eymard</w:t>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Berger</w:t>
+                <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Zintchem</w:t>
+                <w:t xml:space="preserve">A. Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gourtay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Index de Enfermería</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 100, pp.103568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jevs.2021.103568⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03958425v1</w:t>
+                <w:t xml:space="preserve">hal-03288513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">105 Sexual dimorphism in equine D8 blastocysts (abstract)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">La recherche infirmière en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dubois</w:t>
+                <w:t xml:space="preserve">David Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Margat</w:t>
+                <w:t xml:space="preserve">Chantal Eymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gourtay</w:t>
+                <w:t xml:space="preserve">Valérie Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Zintchem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Index de Enfermería</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03288513v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03958425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learnings from Health Behavioural Survey Practices in France and Belgium During the First COVID-19 Stay-at-Home Order</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Pétré</w:t>
+                <w:t xml:space="preserve">Intelligibilité et non-observance : l’analphabétisme est-il compatible avec une bonne observance au traitement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Naudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Kirkove</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gérard Reach</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/PPA.S298401⟩</w:t>
+              <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (4), pp.387-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mmm.2021.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03961936v1</w:t>
+                <w:t xml:space="preserve">hal-03961935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligibilité et non-observance : l’analphabétisme est-il compatible avec une bonne observance au traitement ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gagnayre</w:t>
+                <w:t xml:space="preserve">Learnings from Health Behavioural Survey Practices in France and Belgium During the First COVID-19 Stay-at-Home Order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Pétré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Kirkove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Reach</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniela Toro-Arrocet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (4), pp.387-393. </w:t>
+              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Volume 15, pp.807-809. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mmm.2021.03.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2147/PPA.S298401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961935v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nouveau diplôme d’État infirmier en pratique avancée mention Psychiatrie et santé mentale</w:t>
               </w:r>
@@ -1725,51 +1725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Servotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Health Sciences Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 25 (2), pp.511-517. </w:t>
@@ -1801,252 +1801,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03961953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La journée mondiale de l’accident vasculaire cérébral, une opportunité pour les professionnels de développer des compétences en éducation pour la santé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CEdRIC: Strategy for Patient Education During COVID-19 Triage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Pétré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Servotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Jonniaux</w:t>
+                <w:t xml:space="preserve">Justine Piazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ghuysen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche en soins infirmiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rsi.141.0049⟩</w:t>
+              <w:t xml:space="preserve">Western Journal of Emergency Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5811/westjem.2020.7.47907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03961945v1</w:t>
+                <w:t xml:space="preserve">hal-03961941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CEdRIC: Strategy for Patient Education During COVID-19 Triage</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La journée mondiale de l’accident vasculaire cérébral, une opportunité pour les professionnels de développer des compétences en éducation pour la santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Ghuysen</w:t>
+                <w:t xml:space="preserve">Sandrine Jonniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Western Journal of Emergency Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (6), pp.52-60. </w:t>
+              <w:t xml:space="preserve">Recherche en soins infirmiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 141 (2), pp.49-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5811/westjem.2020.7.47907⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rsi.141.0049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738592v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CEdRIC: Strategy for Patient Education During COVID-19 Triage</w:t>
               </w:r>
@@ -2058,129 +2058,129 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Pétré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Servotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Piazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ghuysen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Western Journal of Emergency Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 21 (6), </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+              <w:t xml:space="preserve">, 2020, 21 (6), pp.52-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5811/westjem.2020.7.47907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03961941v1</w:t>
+                <w:t xml:space="preserve">hal-03738592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 : Proposition d’un modèle d’éducation d’urgence</w:t>
               </w:r>
@@ -2282,51 +2282,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03961947v1</w:t>
+                <w:t xml:space="preserve">hal-03780341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 : Proposition d’un modèle d’éducation d’urgence</w:t>
               </w:r>
@@ -2428,51 +2428,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03780341v1</w:t>
+                <w:t xml:space="preserve">hal-03961947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La littératie en santé en éducation thérapeutique : la mesure d’un écart entre l’intelligibilité du système de santé et les compétences des patients</w:t>
               </w:r>
@@ -2784,490 +2784,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03958383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recruitment of precarious families in an interventional study: Lessons from the French &amp;quot;Fruits and vegetables at home&amp;quot; (FLAM) trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Information, éducation du patient et littératie en santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Buscail</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Charles Verheye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gagnayre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary Clinical Trials Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conctc.2018.10.008⟩</w:t>
+              <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (1), pp.10502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/tpe/2018007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622199v1</w:t>
+                <w:t xml:space="preserve">hal-01916186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation quadriennale des programmes d’ETP en Île-de-France : un moyen de pilotage régional</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recruitment of precarious families in an interventional study: Lessons from the French &amp;quot;Fruits and vegetables at home&amp;quot; (FLAM) trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Buscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Miszkowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Gendreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Giacopelli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paul Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/tpe/2018017⟩</w:t>
+              <w:t xml:space="preserve">Contemporary Clinical Trials Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.161-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conctc.2018.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961959v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information, éducation du patient et littératie en santé</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation quadriennale des programmes d’ETP en Île-de-France : un moyen de pilotage régional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Giacopelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Verheye</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Yann Hemon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lombrail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 10 (1), pp.10502. </w:t>
+              <w:t xml:space="preserve">, 2018, 10 (2), pp.20205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/tpe/2018007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/tpe/2018017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01916186v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fruits and vegetables at home (FLAM): a randomized controlled trial of the impact of fruits and vegetables vouchers in children from low-income families in an urban district of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Buscail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Gendreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (1), pp.1065. </w:t>
@@ -3452,113 +3452,113 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation quadriennale des programmes d’ETP en Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Giacopelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Hemon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lombrail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (2), pp.20205. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/tpe/2018017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781567v1</w:t>
@@ -3582,64 +3582,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Health Literacy » et éducation thérapeutique du patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent de Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Educ Ther Patient/Ther Patient Educ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6 (1), pp.10105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3711,51 +3711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jerome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3961,51 +3961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Vidament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Magistrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Wimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4088,51 +4088,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et évaluation d'outils d'intelligence artificielle pour faciliter les revues de littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent de Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Boris Mathern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4183,90 +4183,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et évaluation d'outils d'intelligence artificielle pour faciliter les revues de littérature en sciences infirmières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent de Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Boris Mathern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gagnayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès mondial du SIDIIEF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SIDIIEF, Jun 2025, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4304,51 +4304,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONCEPTIONS PREMIÈRES DE « L’ENGAGEMENT DES PERSONNES EN SANTÉ » DES PARTICIPANTS À L’ACADEMIE POPULAIRE DE LA SANTÉ DE LA SEINE ST DENIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Londres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Quesnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4412,64 +4412,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">142 Nulliparity alters gene expression in inner cell mass and trophoblast of equine blastocysts in old mares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5191,103 +5191,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equine embryo size does matter!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gourtay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Annual Conference of the International Society of Embryo Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, Savannah, GA, United States. , Reproduction, Fertility and Development, 34 (1-2), pp.261, 2022, Proceedings of the Annual Conference of the International Embryo Technology Society, Savannah, Georgia, 10–13 January 2022. </w:t>
@@ -5518,51 +5518,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1485415"/>
+    <w:nsid w:val="F5152AA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5749,51 +5749,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurore-margat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484982v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodriguez-Perron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marquillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Azogui-L&#233;vy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Margat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0265539X261416459" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265444v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Quesnay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.27320" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407653v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rusch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Aubry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gagnayre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.245.0009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506267v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04183849v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Colson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.152.0077" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961149v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Questroy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gross" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.148.0022" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961930v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36966/irjar2021.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961932v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Crozet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2021002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-L2MKRHZ0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03958425v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Naudin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Eymard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Zintchem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288513v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Margat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourtay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2021.103568" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961936v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kirkove" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Toro-Arrocet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S298401" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961935v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Reach" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2021.03.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958128v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debout" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mercier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevallier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961953v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Servotte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guillaume" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10459-019-09893-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961945v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Jonniaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.141.0049" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03738592v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Piazza" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ghuysen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5811/westjem.2020.7.47907" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961941v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961947v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois D&#8217;ivernois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lombrail" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cailhol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2020003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-089NZ5ZX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03780341v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961956v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2019016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-DR25SNV2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03958447v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon-Decap Mabakutuvangilanga-Ntela" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ishoso Katwashi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ahouah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Tshimungu Kandolo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rothan Tondeur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2019009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03958383v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Conception Leocadie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon-Decap Mabakutuvangilanga Ntela" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rothan-Tondeur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622199v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Buscail" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Miszkowicz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Gendreau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Daval" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conctc.2018.10.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961959v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Giacopelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Hemon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2018017" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01916186v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Verheye" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2018007" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01883328v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Petit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-018-5908-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01924761v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deccache" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ha Van" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne M&#8217;bemba" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2018004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03781567v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01556327v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2014009" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5715150DDCC2EDCEEB7F3D811D4F64761B56157F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669216v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Briant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jerome" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ottogalli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669060v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guillaume" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fabre-Nys" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ecot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676587v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Magistrini" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wimel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clement" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-05505169v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Boris Mathern" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-05505203v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119412v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Londres" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pastor" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153864v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daniel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jaszczyszyn" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv33n2Ab142" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752909v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Foll" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rosen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bayle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764517v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spalart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bruneau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760765v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Yvon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100826v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouix" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831343v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Allier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Baradeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brillard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538184v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv34n2Ab52" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02613543v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018USPCD077" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurore-margat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484982v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodriguez-Perron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marquillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Azogui-L&#233;vy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Margat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0265539X261416459" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407653v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rusch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Aubry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gagnayre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.245.0009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265444v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Quesnay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.27320" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506267v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04183849v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Colson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.152.0077" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961149v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Questroy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gross" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.148.0022" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961930v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36966/irjar2021.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961932v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Crozet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2021002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-L2MKRHZ0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288513v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Margat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourtay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2021.103568" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03958425v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Naudin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Eymard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Zintchem" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961935v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Reach" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2021.03.001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961936v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kirkove" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Toro-Arrocet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S298401" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958128v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debout" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mercier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevallier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961953v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Servotte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guillaume" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10459-019-09893-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961941v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Piazza" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ghuysen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5811/westjem.2020.7.47907" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961945v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Jonniaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.141.0049" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03738592v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03780341v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois D&#8217;ivernois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lombrail" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cailhol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2020003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-089NZ5ZX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961947v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961956v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2019016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-DR25SNV2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03958447v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon-Decap Mabakutuvangilanga-Ntela" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ishoso Katwashi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ahouah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Tshimungu Kandolo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rothan Tondeur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2019009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03958383v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Conception Leocadie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon-Decap Mabakutuvangilanga Ntela" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rothan-Tondeur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01916186v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Verheye" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2018007" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622199v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Buscail" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Miszkowicz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Gendreau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Daval" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conctc.2018.10.008" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961959v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Giacopelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Hemon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2018017" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01883328v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Petit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-018-5908-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01924761v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deccache" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ha Van" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne M&#8217;bemba" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2018004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03781567v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01556327v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2014009" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5715150DDCC2EDCEEB7F3D811D4F64761B56157F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669216v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Briant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jerome" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ottogalli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669060v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guillaume" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fabre-Nys" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ecot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676587v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Magistrini" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wimel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clement" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-05505169v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Boris Mathern" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-05505203v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119412v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Londres" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pastor" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153864v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daniel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jaszczyszyn" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv33n2Ab142" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752909v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Foll" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rosen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bayle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764517v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spalart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bruneau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760765v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Yvon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100826v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouix" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831343v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Allier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Baradeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brillard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538184v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv34n2Ab52" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02613543v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018USPCD077" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>