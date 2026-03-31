--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -587,718 +587,858 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02918627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aquatic Drone Mission Planning Tool for Environmental Monitoring</w:t>
+                <w:t xml:space="preserve">Distributed Model Predictive Control for Multi-Agent Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Richa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
+                <w:t xml:space="preserve">Abdullateef Ogundipe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdellah Bouchama</w:t>
+                <w:t xml:space="preserve">Yiwen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Fabresse</w:t>
+                <w:t xml:space="preserve">Auwal Shehu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMWRS IFAC Workshop</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Researchers'Tuesday</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Brussel, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05239434v1</w:t>
-[...483 lines deleted...]
-                <w:t xml:space="preserve">hal-03899484v1</w:t>
+                <w:t xml:space="preserve">hal-05564154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ai-driven decision support for spatio-temporal water quality monitoring using aquatic drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Alfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fabresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CMWRS IFAC Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Douai, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05239494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic water quality modeling based on cellular automata: real application to heron lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umar Alfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IAHR WC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Singapour, Singapore</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraint-Based Formation for Multiple Surface Aquatic Drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasiru Sambo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fabresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CMWRS IFAC Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Douai, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05239465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aquatic Drone Mission Planning Tool for Environmental Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Richa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Bouchama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fabresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CMWRS IFAC Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Douai, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05239434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distributed Control Architecture for Managing Internal Risks in Hazardous Industries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Bajic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Sallez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOHOMA 2022 - 12th International Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bucarest, Romania. pp.168-180, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-24291-5_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03899484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Non-Model-Based to Adaptive Model-Based Tracking Control of Low-Inertia Underwater Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1308,88 +1448,88 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chemori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">George M. Roman. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Underwater Vehicles: Design and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nova Science Pub Inc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-32, 2020, 978-1-53618-876-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03009836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId43"/>
+      <w:footerReference w:type="default" r:id="rId47"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1457,51 +1597,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="91E870A5"/>
+    <w:nsid w:val="72DB69AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1688,51 +1828,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/auwal-shehu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0997-8035" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04636680v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auwal Tijjani Shehu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chemori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Creuze" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMC.2024.3412797" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03883697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ahmed-Ali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2022.3224321" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03776018v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2022.07.001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02918627v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2020.3012502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239434v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Richa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Bouchama" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239494v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Alfa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Houe Ngouna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166700v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lef&#232;vre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239465v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasiru Sambo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Etienne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899484v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Bajic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Sallez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24291-5_14" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03009836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novapublishers.com/shop/underwater-vehicles-design-and-applications/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/auwal-shehu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0997-8035" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04636680v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auwal Tijjani Shehu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chemori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Creuze" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMC.2024.3412797" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03883697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ahmed-Ali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2022.3224321" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03776018v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2022.07.001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02918627v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2020.3012502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564154v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullateef Ogundipe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiwen Chen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auwal Shehu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239494v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Alfa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Houe Ngouna" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166700v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lef&#232;vre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239465v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasiru Sambo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Etienne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239434v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Richa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Bouchama" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899484v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Bajic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Sallez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24291-5_14" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03009836v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novapublishers.com/shop/underwater-vehicles-design-and-applications/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>