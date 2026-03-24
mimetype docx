--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,3249 +66,3785 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ant–plant relationships in an Amazonian rainforest understory: A network approach</w:t>
+                <w:t xml:space="preserve">Repeated convergent evolution of bradykinin mimics as defensive toxins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Dejean</w:t>
+                <w:t xml:space="preserve">Naiqi Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques H C Delabie</w:t>
+                <w:t xml:space="preserve">Vanessa Schendel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John T Longino</w:t>
+                <w:t xml:space="preserve">Thomas Lund Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Leponce</w:t>
+                <w:t xml:space="preserve">Hana Starobova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18, pp.681 - 687. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 391 (6789), pp.1046-1052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/icad.12823⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adx0452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05251942v1</w:t>
+                <w:t xml:space="preserve">hal-05540925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ant Diversity and Stratification in an Amazonian Rainforest</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caste-specific functional variation in the venom of the army ant Eciton hamatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Robinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Atherton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Vetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.72793⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 35 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.70290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468450v1</w:t>
+                <w:t xml:space="preserve">hal-05557386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive trade-offs between vertebrate defence and insect predation drive Amazonian ant venom evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ant Diversity and Stratification in an Amazonian Rainforest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques H C Delabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Leponce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John T Longino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Touchard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Billet</w:t>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2184⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.72793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795576v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foraging by predatory ants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ant–plant relationships in an Amazonian rainforest understory: A network approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Orivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques H C Delabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xim Cerdá</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Corbara</w:t>
+                <w:t xml:space="preserve">John T Longino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Leponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18, pp.681 - 687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1744-7917.13461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/icad.12823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04976981v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mechanism underlying toxicity of a venom peptide against insects reveals how ants are master at disrupting membranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Steven Ascoët</w:t>
+                <w:t xml:space="preserve">The predatory behavior of ants: an impressive panoply of morphological adaptations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xim Cerdá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Touchard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathan Téné</w:t>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Leprince</w:t>
+                <w:t xml:space="preserve">Alexander L Wild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 26 (3), pp.106157. </w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1744-7917.70088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04071274v1</w:t>
+                <w:t xml:space="preserve">hal-05468495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ant venoms contain vertebrate-selective pain-causing sodium channel toxins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Adaptive trade-offs between vertebrate defence and insect predation drive Amazonian ant venom evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel D Robinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Keramidas</w:t>
+                <w:t xml:space="preserve">Hadrien Lalagüe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Mueller</w:t>
+                <w:t xml:space="preserve">Steven Ascoët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-38839-1⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 291 (2035), pp.20242184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04750225v1</w:t>
+                <w:t xml:space="preserve">hal-04795576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of an Insect Neuroactive Helix Ring Peptide from Ant Venom</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentine Barassé</w:t>
+                <w:t xml:space="preserve">Foraging by predatory ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xim Cerdá</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Jouvensal</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Steven Ascoët</w:t>
+                <w:t xml:space="preserve">Bruno Corbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins15100600⟩</w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1744-7917.13461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04390519v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04976981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Venomics survey of six myrmicine ants provides insights into the molecular and structural diversity of their peptide toxins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">The mechanism underlying toxicity of a venom peptide against insects reveals how ants are master at disrupting membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Ascoët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Paquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Niklas Tysklind</w:t>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ibmb.2022.103876⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (3), pp.106157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446316v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterodimeric Insecticidal Peptide Provides New Insights into the Molecular and Functional Diversity of Ant Venoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Ant venoms contain vertebrate-selective pain-causing sodium channel toxins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel D Robinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer R Deuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen Mendel</w:t>
+                <w:t xml:space="preserve">Angelo Keramidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Boulogne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nayara Braga Emidio</w:t>
+                <w:t xml:space="preserve">Alexander Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsptsci.0c00119⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.2977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-38839-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996356v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Label-Free, Real-Time Phospholipase-A Isoform Assay</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The mechanism underlying toxicity of a venom peptide against insects reveals how ants are master at disrupting membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Ascoët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Téné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsbiomaterials.0c00632⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (3), pp.106157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03196346v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05484980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Venom peptide repertoire of the european myrmicine ant manica rubida: identification of insecticidal toxins</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Discovery of an Insect Neuroactive Helix Ring Peptide from Ant Venom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jouvensal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Boy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.0c00048⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (10), pp.600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins15100600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02570243v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Integrated Proteomic and Transcriptomic Analysis Reveals the Venom Complexity of the Bullet Ant Paraponera clavata</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Venomics survey of six myrmicine ants provides insights into the molecular and structural diversity of their peptide toxins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Barassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Téné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samira R Aili</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sandy Pineda</w:t>
+                <w:t xml:space="preserve">Niklas Tysklind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins12050324⟩</w:t>
+              <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 151, pp. 103876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ibmb.2022.103876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03196489v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Peptide Venom Composition of the Fierce Stinging Ant Tetraponera aethiops (Formicidae: Pseudomyrmecinae)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">An Integrated Proteomic and Transcriptomic Analysis Reveals the Venom Complexity of the Bullet Ant Paraponera clavata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira R Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Martin Kenne</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regan Hayward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Robinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 11 (12), pp.732. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins11120732⟩</w:t>
+              <w:t xml:space="preserve">, 2020, Venom Proteomics and Transcriptomics, 12 (5), pp.324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins12050324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03115116v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Molecular Diversity of an Ant Venom Peptidome through a Venomics Approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Heterodimeric Insecticidal Peptide Provides New Insights into the Molecular and Functional Diversity of Ant Venoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Leprince</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Mendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Boulogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Herzig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nayara Braga Emidio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.8b00452⟩</w:t>
+              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (6), pp.1211-1224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsptsci.0c00119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939298v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-Helicobacter pylori Properties of the Ant-Venom Peptide Bicarinalin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Label-Free, Real-Time Phospholipase-A Isoform Assay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesus Guzman</w:t>
+                <w:t xml:space="preserve">Evelyne Deplazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph-Nathan Téné Ghomsi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Samira Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Padula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Haouaria Belkhelfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins10010021⟩</w:t>
+              <w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (8), pp.4714-4721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsbiomaterials.0c00632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02415873v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Peptidomic and Proteomic analysis of electrically stimulated and manually dissected venom from the South American bullet Ant paraponera clavata</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Venom peptide repertoire of the european myrmicine ant manica rubida: identification of insecticidal toxins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jerome Orivel</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira R Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Téné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Barassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 16 (3), pp.1339-1351. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.6b00948⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 19 (4), pp.1800-1811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.0c00048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01603415v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparisons of Protein and Peptide Complexity in Poneroid and Formicoid Ant Venoms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The Peptide Venom Composition of the Fierce Stinging Ant Tetraponera aethiops (Formicidae: Pseudomyrmecinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Barassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Téné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Tindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.6b00182⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (12), pp.732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins11120732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911435v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03115116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterization of a structurally unique β-hairpin venom peptide from the predatory ant Anochetus emarginatus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Deciphering the Molecular Diversity of an Ant Venom Peptidome through a Venomics Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Volker Herzig</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Téné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chan Tchi Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbagen.2016.07.027⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (10), pp.3503 - 3516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.8b00452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01511987v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Biochemical Toxin Arsenal from Ant Venoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Anti-Helicobacter pylori Properties of the Ant-Venom Peptide Bicarinalin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Guzman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph-Nathan Téné Ghomsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haouaria Belkhelfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 8 (1), pp.30. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins8010030⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 10 (1), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins10010021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413849v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phthalate pollution in an Amazonian rainforest</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Combined Peptidomic and Proteomic analysis of electrically stimulated and manually dissected venom from the South American bullet Ant paraponera clavata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira R. Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Petitclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-016-7141-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (3), pp.1339-1351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.6b00948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01344742v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bat aggregation mediates the functional structure of ant assemblages</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Isolation and characterization of a structurally unique β-hairpin venom peptide from the predatory ant Anochetus emarginatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Brust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Caldas Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanni K.-Y. Chin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Herzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1860 (11), pp.2553-2562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagen.2016.07.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983656v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01511987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraspecific variations in the venom peptidome of the ant &amp;lt;em&amp;gt;Odontomachus haematodus&amp;lt;/em&amp;gt; (formicidae: ponerinae) from French Guiana</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparisons of Protein and Peptide Complexity in Poneroid and Formicoid Ant Venoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira R Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer M S Koh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Touchard</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Orivel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hymenoptera Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/JHR.47.6804⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (9), pp.3039-3054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.6b00182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634525v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complexity and structural diversity of ant venom peptidomes is revealed by mass spectrometry profiling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Phthalate pollution in an Amazonian rainforest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Cuvillier-Hot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.7116⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (16), pp.16865-16872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-016-7141-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03762648v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01344742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Biochemical Toxin Arsenal from Ant Venoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira R Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Gonçalves Paterson Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Escoubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins8010030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bat aggregation mediates the functional structure of ant assemblages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Groc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Rodriguez-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 338 (10), pp.688-695</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The complexity and structural diversity of ant venom peptidomes is revealed by mass spectrometry profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer M S Koh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira R Aili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham M Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29 (5), pp.385 - 396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.7116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intraspecific variations in the venom peptidome of the ant &amp;lt;em&amp;gt;Odontomachus haematodus&amp;lt;/em&amp;gt; (formicidae: ponerinae) from French Guiana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Escoubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Hymenoptera Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47, pp.87-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/JHR.47.6804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ant cuticular response to phthalate pollution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Christidès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 21 (23), pp.ISSN 0944-1344. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11356-014-3272-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01081622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3318,147 +3854,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive trade-offs between vertebrate defense and insect predation drive ant venom evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel D Robinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Lalagüe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3468,1025 +4004,1025 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venin de la fourmi Tetramorium bicarinatum : découverte d'un peptide original neuroactif chez les insectes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52ème Congrès du Groupe Français de Recherches sur les Pesticides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Lyon, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05169446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity of host defense peptides in the venom of the ant T. bicarinatum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Treilhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MuFoPAM 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04406429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the U9-MYRTX-Tb1a Mechanism, a Cytotoxic Peptide from the Ant Tetramorium Bicarinatum Venom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Congrès Du Groupe Français Des Peptides et Des Protéines et BPGMS5, French-Belgian Joint Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Port-Leucate, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between Apoptosis and Necrosis: Study of U9-MYRTX-Tb1a Mechanism, a Cytotoxic Venom Peptide from the Tetramorium Bicarinatum Ant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Venoms and Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Oxford, United Kingdom. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative investigation of the mechanisms of two cytotoxic venom peptides from the ant Tetramorium bicarinatum.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-RT27 – 27th Meeting of the French Society of Toxinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03519944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analogous Venom Peptides Acting on Different Pathways: A Study of Bicarinalin and U9-MYRTX-Tb1a from T. Bicarinatum Venom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Electronic Conference on Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, On line, Switzerland. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analogous peptides acting on different pathways: a comparative study of Bicarinalin and U9-MYRTX-Tb1a from an ant venom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Electronic Conference on Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Basel (online), Switzerland. , 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the molecular diversity of ant venoms reveals conserved toxin precursors and distinctive mature peptides features among phylogenetic subfamilies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Treilhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bonnafé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GFPP21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Amboise, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4496,404 +5032,404 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the U9-MYRTX-Tb1a Mechanism, a Cytotoxic Peptide from the Ant Tetramorium Bicarinatum Venom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Congrès Du Groupe Français Des Peptides et Des Protéines et BPGMS5, French-Belgian Joint Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Port-Leucate, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05162758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Investigation of the Mechanisms of Two Cytotoxic Venom Peptides from the Ant Tetramorium Bicarinatum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Meeting of the French Society of Toxinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, On line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analogous Venom Peptides Acting on Different Pathways: A Study of Bicarinalin and U9-MYRTX-Tb1a from T. Bicarinatum Venom.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Téné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Electronic Conference on Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, On line, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4903,130 +5439,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ant Venom Peptidome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Treilhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bonnafe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP3594226 (A1). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5036,114 +5572,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité, biochimie et pharmacologie des peptides de venins de fourmis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zoologie des invertébrés. Université des Antilles et de la Guyane (UAG), 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04820797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId135"/>
+      <w:footerReference w:type="default" r:id="rId149"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5290,51 +5826,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251942v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dejean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Orivel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques H C Delabie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T Longino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Leponce" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12823" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468450v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.72793" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795576v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Touchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel D Robinson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Lalag&#252;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Asco&#235;t" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2184" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976981v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xim Cerd&#225;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Corbara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.13461" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071274v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan T&#233;n&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lefranc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106157" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750225v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R Deuis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Keramidas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mueller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38839-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390519v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Barass&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jouvensal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins15100600" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446316v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Tysklind" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2022.103876" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02996356v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mendel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulogne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Herzig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayara Braga Emidio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.0c00119" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196346v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Garcia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Deplazes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Aili" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Padula" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.0c00632" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570243v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira R Aili" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00048" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196489v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regan Hayward" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robinson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Pineda" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins12050324" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03115116v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tindo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kenne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11120732" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939298v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chan Tchi Song" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.8b00452" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415873v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Guzman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph-Nathan T&#233;n&#233; Ghomsi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Castillo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haouaria Belkhelfa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins10010021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603415v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira R. Aili" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Petitclerc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Orivel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00948" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911435v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer M S Koh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00182" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511987v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brust" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Caldas Cardoso" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanni K.-Y. Chin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2016.07.027" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413849v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gon&#231;alves Paterson Fox" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Escoubas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins8010030" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344742v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lenoir" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boulay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cuvillier-Hot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7141-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983656v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Groc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno H&#233;rault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Rodriguez-Perez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634525v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/JHR.47.6804" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762648v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham M Nicholson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7116" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081622v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Devers" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Christid&#232;s" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3272-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664882v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169446v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406429v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loth" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Treilhou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05167772v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166727v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519944v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166047v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191770v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaf&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162758v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158078v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158077v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05156825v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnafe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04820797v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540925v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiqi Shi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Touchard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Schendel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lund Koch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Starobova" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adx0452" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557386v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robinson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Atherton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Orivel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Vetter" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70290" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468450v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques H C Delabie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dejean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Leponce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T Longino" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.72793" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251942v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12823" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xim Cerd&#225;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander L Wild" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.70088" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795576v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel D Robinson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Lalag&#252;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Asco&#235;t" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2184" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976981v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Corbara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.13461" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071274v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan T&#233;n&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lefranc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106157" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750225v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R Deuis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Keramidas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mueller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38839-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05484980v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390519v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Barass&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jouvensal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins15100600" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446316v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Tysklind" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2022.103876" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196489v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira R Aili" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regan Hayward" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Pineda" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins12050324" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02996356v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mendel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulogne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Herzig" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayara Braga Emidio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.0c00119" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196346v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Garcia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Deplazes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Aili" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Padula" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.0c00632" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570243v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00048" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03115116v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tindo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kenne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11120732" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939298v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chan Tchi Song" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.8b00452" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415873v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Guzman" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph-Nathan T&#233;n&#233; Ghomsi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Castillo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haouaria Belkhelfa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins10010021" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603415v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira R. Aili" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Petitclerc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Orivel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00948" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511987v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brust" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Caldas Cardoso" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanni K.-Y. Chin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2016.07.027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911435v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer M S Koh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00182" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344742v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lenoir" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boulay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cuvillier-Hot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7141-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413849v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gon&#231;alves Paterson Fox" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Escoubas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins8010030" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983656v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Groc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno H&#233;rault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Rodriguez-Perez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762648v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham M Nicholson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7116" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634525v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/JHR.47.6804" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081622v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Devers" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Christid&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3272-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664882v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169446v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406429v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loth" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Treilhou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05167772v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166727v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166047v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191770v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186813v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaf&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162758v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158078v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158077v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05156825v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnafe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04820797v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>