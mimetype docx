--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1343,321 +1343,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01358198v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of image vs. position, scale and direction reveals pattern texture anisotropy</w:t>
+                <w:t xml:space="preserve">Mechanical fluctuations suppress the threshold of soft-glassy solids : the secular drift scenario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Lehoucq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Weiss</w:t>
+                <w:t xml:space="preserve">Adeline Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérengère Dubrulle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Axelle Amon</w:t>
+                <w:t xml:space="preserve">Thierry Darnige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Le Bouil</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Clément</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 2 (84), fphy.2014.00084. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (2), pp.020201(R). </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphy.2014.00084⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.020201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01117752v1</w:t>
+                <w:t xml:space="preserve">hal-01093046v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical fluctuations suppress the threshold of soft-glassy solids : the secular drift scenario</w:t>
+                <w:t xml:space="preserve">Analysis of image vs. position, scale and direction reveals pattern texture anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Pons</w:t>
+                <w:t xml:space="preserve">Roland Lehoucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Dubrulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Clément</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antoine Le Bouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 92 (2), pp.020201(R). </w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (84), fphy.2014.00084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.020201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2014.00084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01093046v2</w:t>
+                <w:t xml:space="preserve">hal-01117752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence of cooperativity in plasticity of soft glassy materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1730,51 +1730,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A biaxial apparatus for the study of heterogeneous and intermittent strains in granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1858,303 +1858,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00935425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of plastic deformations before a granular avalanche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffusing-wave spectroscopy contribution to strain analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Erpelding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faisant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PHYSREVE.87.012204⟩</w:t>
+              <w:t xml:space="preserve">Strain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49 (2), pp.167-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/str.12024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00805606v1</w:t>
+                <w:t xml:space="preserve">hal-00825639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusing-wave spectroscopy contribution to strain analysis.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Faisant</w:t>
+                <w:t xml:space="preserve">Experimental investigation of plastic deformations before a granular avalanche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Bertoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/str.12024⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (1), pp.12204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PHYSREVE.87.012204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00825639v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental studies of precursors to failure in granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2208,347 +2208,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01073267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Path selection rules for droplet trains in single-lane microfluidic networks.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unraveling complex interplay between heat shock factor 1 and 2 splicing isoforms.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Reverdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Le Quément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Le Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 88 (1), pp.013012. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (2), pp.e56085. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.88.013012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0056085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00854171v1</w:t>
+                <w:t xml:space="preserve">inserm-00814784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling complex interplay between heat shock factor 1 and 2 splicing isoforms.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Path selection rules for droplet trains in single-lane microfluidic networks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+                <w:t xml:space="preserve">Alexandre Schmit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Reverdy</w:t>
+                <w:t xml:space="preserve">Louis Salkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Le Quément</w:t>
+                <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Le Masson</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Panizza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8 (2), pp.e56085. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (1), pp.013012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0056085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.88.013012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00814784v1</w:t>
+                <w:t xml:space="preserve">hal-00854171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment circulent des gouttes dans un laboratoire sur puce ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reflets de la Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 36, pp.4-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2576,226 +2576,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00880281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Violle's Actinometer : A simple instrument to deduce the temperature at the surface of the sun</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Circular differential scattering of polarized light by a chiral random medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olympe Jouet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Bernard</w:t>
+                <w:t xml:space="preserve">Jeanne Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Scientific Instrument Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 85 (2), pp.023806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.023806⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00980643v1</w:t>
+                <w:t xml:space="preserve">hal-00848202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circular differential scattering of polarized light by a chiral random medium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+                <w:t xml:space="preserve">Jules Violle's Actinometer : A simple instrument to deduce the temperature at the surface of the sun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympe Jouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Crassous</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin of the Scientific Instrument Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 112, pp.28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00848202v1</w:t>
+                <w:t xml:space="preserve">hal-00980643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hot Spots in an Athermal System</w:t>
               </w:r>
@@ -2833,51 +2833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ary Bruand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 108, pp.135502-1 - 135502-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3045,51 +3045,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical response of granular media: New insights from Diffusing-Wave Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3175,64 +3175,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A. Sessoms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 105 (15), pp.154501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3279,51 +3279,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusive waves in a dilating scattering medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3604,51 +3604,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusive wave spectroscopy applied to the spatially resolved deformation of a solid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3898,260 +3898,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution d'équilibre de la phase liquide dans un matériau granulaire non saturé</w:t>
+                <w:t xml:space="preserve">An experimental study in non-cohesive granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loredana-Maria Lazar</w:t>
+                <w:t xml:space="preserve">Cécilia Gicquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Clavaud</w:t>
+                <w:t xml:space="preserve">Ambroise Mathey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Général de la Société Française de Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Troyes, France</w:t>
+              <w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05164923v1</w:t>
+                <w:t xml:space="preserve">hal-05187049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental study in non-cohesive granular materials</w:t>
+                <w:t xml:space="preserve">Distribution d'équilibre de la phase liquide dans un matériau granulaire non saturé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Gicquel</w:t>
+                <w:t xml:space="preserve">Loredana-Maria Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambroise Mathey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+                <w:t xml:space="preserve">Cécile Clavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès Général de la Société Française de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187049v1</w:t>
+                <w:t xml:space="preserve">hal-05164923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aftershocks in a laboratory seismic fault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4232,51 +4232,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deformation-dependent aftershocks in laboratory earthquakes sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4425,165 +4425,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04093513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[invited seminar] Emergence and dynamics of a laboratory seismic fault</w:t>
+                <w:t xml:space="preserve">Émergence et dynamique d’une faille sismique de laboratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire de l'Institut Jean Le Rond d'Alembert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférences de l'Institut de Physique de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Rennes (on-line), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04093504v1</w:t>
+                <w:t xml:space="preserve">hal-04093489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émergence et dynamique d’une faille sismique de laboratoire</w:t>
+                <w:t xml:space="preserve">[invited seminar] Emergence and dynamics of a laboratory seismic fault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences de l'Institut de Physique de Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Rennes (on-line), France</w:t>
+              <w:t xml:space="preserve">séminaire de l'Institut Jean Le Rond d'Alembert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04093489v1</w:t>
+                <w:t xml:space="preserve">hal-04093504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-glissements dans une bande de cisaillement : nano-séismes à l’échelle du laboratoire</w:t>
               </w:r>
@@ -4753,122 +4753,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04093480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A look inside a shear band: from fluctuations of the flow to earthquakes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Avalanche precursors in a frictional model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Géminard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IMA Conference on Dense Granular Flows</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">APS March Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315127v1</w:t>
+                <w:t xml:space="preserve">hal-02111453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of failure in a granular material</w:t>
               </w:r>
@@ -4880,51 +4880,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thai Binh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5042,312 +5042,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02276260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avalanche precursors in a frictional model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A look inside a shear band: from fluctuations of the flow to earthquakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Géminard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Boston (MA), United States</w:t>
+              <w:t xml:space="preserve">3rd IMA Conference on Dense Granular Flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02111453v1</w:t>
+                <w:t xml:space="preserve">hal-02315127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimentalist point of view on plasticity and nonlocality in granular materials</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">[Invited Seminar] Plasticity and shear band formation in a granular material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRC Granular Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Easton, MA, United States</w:t>
+              <w:t xml:space="preserve">séminaire à l'Institut Lumière Matière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901657v1</w:t>
+                <w:t xml:space="preserve">hal-02393006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited Seminar] Plasticity and shear band formation in a granular material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An experimentalist point of view on plasticity and nonlocality in granular materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thai Binh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Le Bouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire à l'Institut Lumière Matière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">GRC Granular Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Easton, MA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393006v1</w:t>
+                <w:t xml:space="preserve">hal-01901657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La friction granulaire ou comment bâtir sur le sable</w:t>
               </w:r>
@@ -5478,204 +5478,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited Seminar] Plasticity and failure in granular materials</w:t>
+                <w:t xml:space="preserve">Bifurcation at the origin of shear band formation in a granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thai Binh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire au LOF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">APS March Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393025v1</w:t>
+                <w:t xml:space="preserve">hal-01497514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bifurcation at the origin of shear band formation in a granular material</w:t>
+                <w:t xml:space="preserve">[Invited Seminar] Plasticity and failure in granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">séminaire au LOF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01497514v1</w:t>
+                <w:t xml:space="preserve">hal-02393025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decorrelation with wavelength shift as a way to image transport mean free path</w:t>
               </w:r>
@@ -5953,234 +5953,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited Seminar] Suppression of the threshold of a granular solid by mechanical Fluctuations</w:t>
+                <w:t xml:space="preserve">Diffusing-Wave Spectroscopy: application to spatially-resolved measurements of micro-deformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire au LiPhy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Spring School Imaging Particles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Erlangen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393032v1</w:t>
+                <w:t xml:space="preserve">hal-01321368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusing-Wave Spectroscopy: application to spatially-resolved measurements of micro-deformations</w:t>
+                <w:t xml:space="preserve">[Invited Seminar] Suppression of the threshold of a granular solid by mechanical Fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spring School Imaging Particles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Erlangen, Germany</w:t>
+              <w:t xml:space="preserve">séminaire au LiPhy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321368v1</w:t>
+                <w:t xml:space="preserve">hal-02393032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suppression of the threshold of a granular solid by mechanical fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Darnige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6287,103 +6287,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluidization of a granular solid by mechanical fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Darnige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Solid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6421,51 +6421,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupture de matériaux amorphes : cascades d'événements plastiques et hétérogénéités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6510,260 +6510,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03444600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scénario dynamique de fluidisation d’un solide granulaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plasticity and failure in a granular material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique (CFM 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">DysCo meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01185352v1</w:t>
+                <w:t xml:space="preserve">hal-01154040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasticity and failure in a granular material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scénario dynamique de fluidisation d’un solide granulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Darnige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DysCo meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique (CFM 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01154040v1</w:t>
+                <w:t xml:space="preserve">hal-01185352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization of the strain fluctuations before the failure of a granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6808,299 +6808,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01143781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of Cooperativity in Plasticity of Soft Glassy Materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scénario dynamique de fluidisation d'un solide granulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Darnige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Le Bouil</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Axelle Amon</w:t>
+                <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Dynamics in Viscous Liquids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ludovic Berthier, Luca Cipelletti, Thomas Voigtmann, May 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01150654v1</w:t>
+                <w:t xml:space="preserve">hal-03444662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scénario dynamique de fluidisation d'un solide granulaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adeline Pons</w:t>
+                <w:t xml:space="preserve">Emergence of Cooperativity in Plasticity of Soft Glassy Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Le Bouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Dynamics in Viscous Liquids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ludovic Berthier, Luca Cipelletti, Thomas Voigtmann, May 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03444662v1</w:t>
+                <w:t xml:space="preserve">hal-01150654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de formation d'une bande de cisaillement lors d'un test biaxial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thai Binh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7164,51 +7164,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence of Cooperativity in Plasticity of Granular Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcnamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7272,51 +7272,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of creep flows and precursors to failure in granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7354,51 +7354,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental visualization of flow structuring at unjamming transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7462,51 +7462,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-deformations and rupture in a granular material during a biaxial test using Diffusing Wave Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7551,286 +7551,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00905752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creep, fluidity and rupture in a granular material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude expérimentale de la formation de bandes de cisaillement dans un matériau granulaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Le Bouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Materials Deformation: Fluctuations, Scaling, Predictability"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Les Houches, France</w:t>
+              <w:t xml:space="preserve">Réunion générale du GDR MéPhy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Agay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00936955v1</w:t>
+                <w:t xml:space="preserve">hal-00933391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale de la formation de bandes de cisaillement dans un matériau granulaire.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Creep, fluidity and rupture in a granular material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ary Bruand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion générale du GDR MéPhy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Agay, France</w:t>
+              <w:t xml:space="preserve">Workshop "Materials Deformation: Fluctuations, Scaling, Predictability"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933391v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00936955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précurseurs à la déstabilisation d'un empilement granulaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Bertoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7868,51 +7868,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light-scattering measurements of micro-deformations in granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7998,64 +7998,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A. Sessoms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Experimental Chaos and Complexity Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8080,77 +8080,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droplet traffic in microfluidic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A. Sessoms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8188,77 +8188,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la dynamique du traffic de gouttes dans des réseaux microfluidiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A. Sessoms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8309,64 +8309,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trafic de gouttes à une jonction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A. Sessoms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8404,51 +8404,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interferometric measurements of small deformations of granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8508,51 +8508,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de micro-déformations dans les matériaux granulaires par diffusion de la lumière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8603,51 +8603,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatially resolved light scattering measurements of micro-deformations in granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8698,51 +8698,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures de micro-déplacements dans les matériaux granulaires par diffusion dynamique de la lumière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Erpelding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8933,51 +8933,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décroissance des répliques sismiques : ici aussi le temps est relatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9054,64 +9054,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude expérimentale du fluage dans les milieux granulaires non-cohésifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Gicquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9162,64 +9162,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium distribution of the liquid phase in an unsaturated granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loredana-Maria Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Clavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9663,103 +9663,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scénario dynamique de la liquéfaction d'un solide amorphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Darnige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Rencontre du Non Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9784,51 +9784,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration de la plasticité dans un milieu amorphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9892,51 +9892,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-organization of plastic flow before failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10108,90 +10108,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creep, fluidity and rupture in a granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ary Bruand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference on Granular &amp; Granular-Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Davidson (NC), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10268,51 +10268,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ary Bruand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Rencontre du Non-linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Paris, France. pp.19-24, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10337,51 +10337,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-deformations and rupture in a granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Bouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10445,64 +10445,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traffic of droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRC Soft Condensed Matter Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, New London, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10999,64 +10999,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A. Sessoms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Panizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11106,64 +11106,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium distribution of the liquid phase in an unsaturated granular material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loredana-Maria Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Clavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Amon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11654,51 +11654,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923240v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mathey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marsan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Amon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl112618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pascual" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Jullien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.114203" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280560v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houdoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-021-00147-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731114v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Binh Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.98.022905" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534698v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Born" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen E. Daniels" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Dijksman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4983052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01580456v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcnamara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714002013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442786v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesya Mikhailovskaya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4983048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512586v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Blanc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe G&#233;minard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.96.033004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321159v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.022907" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260086v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pons" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Darnige" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cl&#233;ment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/113/28001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358198v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117752v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lehoucq" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Dubrulle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Bouil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2014.00084" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093046v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pons" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Darnige" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.020201" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01059867v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.246001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935425v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sangleboeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Orain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;suelle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-013-0477-x" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Bertoni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.87.012204" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825639v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Erpelding" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dollet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faisant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JCMGN5XM-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073267v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4811971" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854171v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Schmit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Salkin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Courbin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Panizza" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.013012" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00814784v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Reverdy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Le Qu&#233;ment" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Masson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0056085" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880281v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980643v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympe Jouet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bernard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848202v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Crassous" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.023806" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00684411v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Bau Nguyen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Bruand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.135502" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750165v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Nicol-Benoit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Vaillant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Goff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Dr&#233;an" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.07.004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914902v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/91/18002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911060v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sessoms" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.154501" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664489v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.013903" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288468v3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bielawski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Derozier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lefranc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.183901" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980621v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Delannay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Valance" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3179994" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673394v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.78.046104" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00073864v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001021v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164923v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana-Maria Lazar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clavaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187049v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Gicquel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Mathey" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093292v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093295v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Weiss" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-2262" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093513v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093504v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093489v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093519v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093480v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315127v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111450v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276260v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111453v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901657v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393006v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392991v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112036v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393025v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497514v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673521v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566265v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497521v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393032v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321368v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321362v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393068v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185351v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444600v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185352v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154040v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143781v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150654v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444662v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444861v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056277v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131876v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980578v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905752v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936955v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. B. Nguyen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933391v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933418v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980615v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100633001" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652316v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916329v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661117v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652351v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652837v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3179901" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669501v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669503v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652697v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083490v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Beauvais" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Quinard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Searby" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186205v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187025v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164947v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093552v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093543v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093315v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01894481v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133704v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982415v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905713v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982409v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Berrtoni" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933427v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936983v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933368v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706694v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980628v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128359v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980634v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie Guillermic" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226106v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110677874" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128351v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186167v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00004477v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01056250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01510146v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923240v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mathey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marsan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Amon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl112618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pascual" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Jullien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.114203" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280560v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houdoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-021-00147-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731114v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Binh Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.98.022905" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534698v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Born" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen E. Daniels" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Dijksman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4983052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01580456v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcnamara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714002013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442786v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesya Mikhailovskaya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4983048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512586v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Blanc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe G&#233;minard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.96.033004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321159v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.022907" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260086v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pons" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Darnige" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cl&#233;ment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/113/28001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358198v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093046v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pons" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Darnige" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.020201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117752v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lehoucq" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Dubrulle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Bouil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2014.00084" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01059867v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.246001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935425v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sangleboeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Orain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;suelle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-013-0477-x" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825639v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Erpelding" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dollet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faisant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JCMGN5XM-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805606v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Bertoni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.87.012204" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073267v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4811971" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00814784v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Reverdy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Le Qu&#233;ment" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Masson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0056085" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854171v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Schmit" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Salkin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Courbin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Panizza" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.013012" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880281v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848202v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Crassous" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.023806" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980643v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympe Jouet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bernard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00684411v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Bau Nguyen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Bruand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.135502" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750165v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Nicol-Benoit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Vaillant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Goff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Dr&#233;an" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.07.004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914902v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/91/18002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911060v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sessoms" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.154501" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664489v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.013903" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288468v3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bielawski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Derozier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lefranc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.183901" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980621v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Delannay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Valance" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3179994" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673394v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.78.046104" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00073864v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001021v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187049v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Gicquel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Mathey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164923v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana-Maria Lazar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clavaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093292v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093295v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Weiss" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-2262" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093513v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093489v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093504v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093519v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093480v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111453v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111450v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276260v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315127v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393006v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901657v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392991v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112036v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497514v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393025v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673521v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566265v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497521v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321368v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393032v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321362v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393068v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185351v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444600v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154040v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185352v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143781v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444662v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150654v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444861v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056277v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131876v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980578v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905752v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933391v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936955v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. B. Nguyen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933418v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980615v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100633001" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652316v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916329v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661117v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652351v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652837v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3179901" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669501v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669503v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652697v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083490v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Beauvais" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Quinard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Searby" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186205v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187025v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164947v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093552v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093543v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093315v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01894481v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133704v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982415v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905713v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982409v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Berrtoni" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933427v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936983v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933368v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706694v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980628v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128359v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980634v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie Guillermic" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226106v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110677874" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128351v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186167v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00004477v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01056250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01510146v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>