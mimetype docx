--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Axelle Maneval </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Axelle MANEVAL VAN LANDERPsychologue clinicienne Psychothérapeute Unité de soins Palliatifs-CHU Clermont-FerrandProfesseure associéz-HDR , Co-directrice Laboratoire ACCePPT Université Clermont Auvergne</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">axelle-van-lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6613-7913</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">171331796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions et missions du psychologue dans la clinique palliative lors de la décision partagée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2025.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mental health trajectories, resilience and psychosocial factors in palliative care workers frequently exposed to death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.23669. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-00776-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress, mental health, and resources of palliative care professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palliative and Supportive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23, pp.e34. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1478951524002050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Announcements of Death During the COVID‐19 Pandemic: A Qualitative Study of Family Experiences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Avazeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vorilhon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Expectations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 28 (2), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/hex.70221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Crise du professionnel à l'épreuve de la crise identitaire du Mourir »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jusqu'à la mort accompagner la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16, pp.25-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôles et vécus des pharmaciens d’officine dans les soins palliatifs à domicile en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/po.2024.047213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment réagir face à la mort ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Medou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerveau et Psycho.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 167, pp.80-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiencing and enduring patient distress: The distress of palliative care patients and its emotional impact on physicians in training Authors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Pithon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Ridley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Plancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), pp.696. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12909-024-05668-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The roles of French community pharmacists in palliative home care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Bedhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaillant Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (1), pp.79. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12904-024-01406-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles des psychologues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (4), pp.177-178. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2024.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement des soins palliatifs en Afrique francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Burucoa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 74 (4), pp.389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : « Les connaissances scientifiques doivent pouvoir pleinement participer à éclairer le débat démocratique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadek Beloucif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalhia Aissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Pennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANALYSE &amp;quot;Mourir sur ordonnance ou être accompagné jusqu'au bout ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerveau &amp; Psycho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 158, pp.92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : « Un patient peut demander à mourir sans vouloir mourir »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Croix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of foot reflexology on symptoms of discomfort in palliative care: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lavarelo Marcolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.66. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12906-023-03873-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legalised active assistance in dying: palliative care stakeholders’ national e-consultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Economos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Perceau-Chambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattelaer Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broucke Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Palliative and supportive care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/spcare-2022-004081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentiel international francophone des pratiques cliniques des psychologues en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale des soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 37 (43), pp.143-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude observationnelle des comportements familiaux durant la phase palliative terminale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2), pp.234-242. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2022-0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que disent les pharmaciens d’officine de leur rôle dans les soins palliatifs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Godard-Marceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (5), pp.253-262. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2022.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les soins palliatifs ou une bienveillante prédiction assassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cliniques méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (2), pp.105-113. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cm.106.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’importance de la crise chez les professionnels en soins palliatifs : un fonctionnement entre sentiment d’impuissance et défenses idéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 20 (6), pp.346-350. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2020.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of advance directives on the variability between intensivists in the decisions to forgo life-sustaining treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Smirdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercé Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (1), pp.672. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-020-03402-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the validity of the clinician-rated distress thermometer in palliative care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vennat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (1), pp.81. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12904-019-0466-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02339687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la relation entre détresse et confusion mentale chez les patients en situation palliative (Relation entre détresse et confusion mentale en situation palliative)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (6), pp.271-278. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2019.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique clinique des psychologues en soins palliatifs, un référentiel francais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigolene Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (560), pp.129-136. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/bupsy.560.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du psychologue dans la décision médicale partagée en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (833), pp.46-48. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2019.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02068515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les défenses psychiques en fin de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (1032), pp.882-883</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A « Wine Bar » at the palliative care unit: A different way of caring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Mulliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nursing and Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (4), pp.1-5. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15761/NPC.1000192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détresse des patients gravement malades est-elle mesurable et par qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vanlander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vennat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Francophone de Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (3), pp.182-186. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2018-0044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02043497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPADAM quali « Interventions Pharmaceutiques À propos du Dossier pharmaceutique et de l’AutoMédication » : expérience des équipes officinales et ressenti des patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Bedhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prunet-Spano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vennat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 76 (5), pp.399-407. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2018.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacist's interview with type 2 diabetes: Development of a follow-up form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Garcia Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bedhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gravelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75 (5), pp.385 - 397. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2017.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction Dossier « Etre psychologue en soins palliatifs : quels repères pour notre pratique ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le psychologue, un clinicien étayé sur un référentiel spécifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 324 (1), pp.28-32. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jdp.324.0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le psychologue, un clinicien étayé sur un référentiel spécifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (324), pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesh & Prosthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferzoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.S. Clara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.W. Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hernia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (S1), pp.S147 - S156. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03355343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologue, universitaire et chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 324 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jdp.324.0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles résonances entre patient et soignants, entre détresse et défenses ? Dialogue entre une psychologue et un médecin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wadih Rhondali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilène Filbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Hermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (6), pp.325-330. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2012.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00767617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’identité à l’épreuve de la maladie létale, validation d’un formulaire d’analyse qualitative des entretiens psychologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Valour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6, pp.108-119. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11839-012-0373-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détresse et douleurs sont-elles corrélées en fin de vie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25 (3), pp.175 - 182. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-012-0285-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretiens psychologiques en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Muriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Valour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rutowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 26 (3), pp.269-275. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inka.113.0269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des psychologues en soins palliatifs réalisent un livret de méta-analyse des processus psychiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Viennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (3), pp.185-194. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2010493185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle et vécus des pharmaciens d’officine dans les soins palliatifs à domicile en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e congrès annuel de l'Association québécoise de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détresse et sentiment d'impuissance des Médecins, alliance thérapeutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International Francophone de Recherche en Soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACCompagnement Pluriprofessionnel PatienT (ACCePPT), Nov 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONCLUSION / EXPERIENCE CLINIQUE, directives anticipées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Printanières de l'éthique en Auvergne Rhônes-Alpes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EREARA, Apr 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la crise identitaire du Mourir en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès "se confronter aux limites en soins palliatifs"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLEF, Jun 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ième Colloque Les chemins du deuil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audiens, Nov 2023, Paris Maison de l'Amérique latine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La possibilité et la pertinence de l'existentiel care&amp;quot; pour accompagner la détresse existentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ième Atelier interdisciplinaire sur la détresse existentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UBFC, May 2022, Besancon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à cheminer avec le patient atteint de maladie chronique jusqu'au bout...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès international de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Sénégalaise de Soins Palliatifs et d'Accompagenement (ASSOPA); Société Sénégalaise de Cancérologie (SOSECAN); Fédération francophone internationale de soins palliatifs (FISP); E Cancer, Dec 2022, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes d'adaptation face à la maladie non guérissable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès international en soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Sénégalaise de Soins Palliatifs et d'Accompagnement (ASSOPA); Société Sénégalaise de Cancérologie (SOSECAN); Fédération francophone internationale de soins palliatifs (FISP); E Cancer, Dec 2022, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les adieux interdits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bataille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ième Colloque les chemins du deuil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audiens, Jun 2022, Paris Maison de l'Amérique latine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définir la détresse en soins palliatifs en lien avec la crise du Mourir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier interdisciplinaire sur la détresse existentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UBFC, Dec 2021, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The practice of psychologists working in palliative care a french guidelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th World Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAPC, 2019, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flashconférence : animation atelier Résistances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international SFAP-FISP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFAP-FISP, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact du rapport à la médecine sur l'identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur la médecins du futur : entre bénéfices et risques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambivalence du malade : entre envahissement médical et réassurance nécessaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ième automnales de l'éthique. La fin de vie à l’épreuve des progrès scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode d'une recherche collégiale, l'identité à l'épreuve de la maladie létale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ième Congrès national de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médecine de ville et fin de vie à domicile – Vécu des proches aidants endeuillés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rébecca Medou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44es Journées Annuelles de la Société Française De Gériatrie et de Gérontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04959559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient Distress: A Study of the Feelings of Professionals in Palliative Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaillant-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Research Congress of the EAPC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects psychologiques de la décision partagée en fin de vie. Création d’un outil d’observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse retrospective et monocentrique sur 10 ans des séjours de répit des patients atteints de SLA dans une USP de la région Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasselet Alice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Riquelme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacoepedemiological Study on the Prescription of Strong Opioid Antalgics to Patients Affected with Metastatic Bone Cancer: Comparison before/after the Qualification of the Status as Palliative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of the EAPC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity of the Distress Thermometer as a Hetero-assessment Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Vennat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of the EAPC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Criterias to Practice Home Palliative Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Menard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAPC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, COPENHAGUE, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distress and identity crisis at end of life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Hermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wadih Rhondali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Research Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Trondheim, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A booklet for Psychologists in Palliative Care fot Evaluating Distress and Identity Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Hermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Valour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th World Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseiller et accompagner le patient en soins palliatifs à l'officine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Healthmedia. Le Moniteur des pharmacies, pp.188, 2022, 978-2-37519-073-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide-mémoire soins palliatifs-2e éd.-En 54 notions. Repères fondamentaux, questions éthiques, ex: En 54 notions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Belloir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Belloir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2èmd., 2017, Aide-Mémoire, 9782100759910. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioyv.2017.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentiel des pratiques des psychologues en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la psychologie clinique aux soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ERES, 2015, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.lande.2015.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication et accompagnement des personnes gravement malades et leurs proches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur Soins palliatifs et accompagnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MED-LINE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.323-337, 2024, Le Référentiel | Le Cours R2C- Med-Line, 978-2-84678-339-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication et accompagnement des personnes gravement malades et leurs proches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur soins palliatifs et accompagnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5ieme édition, MED-LINE, pp.323-337, 2021, Collège de Douleur, soins palliatifs et accompagnement - R2C / ECNI / EDN, 978-2-84678-307-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détresse psychique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie et soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Press, pp.81-91, 2021, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pres.peyra.2021.01.0082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs singuliers à domicile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.342-347, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation et ajustement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.236-241, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise d'identité du Mourir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-235, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crises et conflits dans les équipes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.268-273, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face au mourir, des professionnels au prise avec le sentiment d’impuissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Quiquandon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’analyse de la pratique professionnelle : 13 études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 2016, 978-2-84835-349-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise du Mourir et accompagnement en soins palliatifs d’une femme atteinte de sclérose en plaque : madame P. 60 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie clinique du vieillissement : 15 études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions In Press, 2013, 978-2-84835-264-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : émergence de la continuité de sens chez la personne âgée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre vieux, mourir vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Érès, pp.129-139, 2013, 9782749236704. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.pitau.2013.01.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'identité à l'épreuve de la maladie létale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Lumière Lyon II, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03119333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise du Mourir, détresse et résilience en soins palliatifs : accompagnement par les psychologues et des professionnels de santé.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Paris 8, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04847734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId230"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Axelle Maneval </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Axelle MANEVAL VAN LANDERPsychologue clinicienne Psychothérapeute Unité de soins Palliatifs-CHU Clermont-FerrandProfesseure associéz-HDR , Co-directrice Laboratoire ACCePPT Université Clermont Auvergne</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">axelle-van-lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6613-7913</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">171331796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roles and responsibilities of the psychologist in palliative care during shared decision-making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2025.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Announcements of Death During the COVID‐19 Pandemic: A Qualitative Study of Family Experiences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Avazeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vorilhon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Expectations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 28 (2), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/hex.70221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress, mental health, and resources of palliative care professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palliative and Supportive Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23, pp.e34. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1478951524002050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mental health trajectories, resilience and psychosocial factors in palliative care workers frequently exposed to death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.23669. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-00776-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Crise du professionnel à l'épreuve de la crise identitaire du Mourir »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jusqu'à la mort accompagner la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16, pp.25-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment réagir face à la mort ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Medou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerveau et Psycho.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 167, pp.80-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiencing and enduring patient distress: The distress of palliative care patients and its emotional impact on physicians in training Authors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Pithon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Ridley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Plancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), pp.696. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12909-024-05668-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The roles of French community pharmacists in palliative home care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Bedhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaillant Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (1), pp.79. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12904-024-01406-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôles et vécus des pharmaciens d’officine dans les soins palliatifs à domicile en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/po.2024.047213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles des psychologues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (4), pp.177-178. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2024.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement des soins palliatifs en Afrique francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Burucoa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 74 (4), pp.389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : « Un patient peut demander à mourir sans vouloir mourir »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Croix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANALYSE &amp;quot;Mourir sur ordonnance ou être accompagné jusqu'au bout ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerveau &amp; Psycho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 158, pp.92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : « Les connaissances scientifiques doivent pouvoir pleinement participer à éclairer le débat démocratique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadek Beloucif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalhia Aissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Pennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of foot reflexology on symptoms of discomfort in palliative care: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lavarelo Marcolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.66. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12906-023-03873-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legalised active assistance in dying: palliative care stakeholders’ national e-consultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Economos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Perceau-Chambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattelaer Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broucke Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Palliative and supportive care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/spcare-2022-004081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentiel international francophone des pratiques cliniques des psychologues en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale des soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 37 (43), pp.143-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude observationnelle des comportements familiaux durant la phase palliative terminale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2), pp.234-242. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2022-0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que disent les pharmaciens d’officine de leur rôle dans les soins palliatifs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Godard-Marceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (5), pp.253-262. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2022.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les soins palliatifs ou une bienveillante prédiction assassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cliniques méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (2), pp.105-113. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cm.106.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’importance de la crise chez les professionnels en soins palliatifs : un fonctionnement entre sentiment d’impuissance et défenses idéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 20 (6), pp.346-350. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2020.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of advance directives on the variability between intensivists in the decisions to forgo life-sustaining treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Smirdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercé Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (1), pp.672. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-020-03402-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la relation entre détresse et confusion mentale chez les patients en situation palliative (Relation entre détresse et confusion mentale en situation palliative)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (6), pp.271-278. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2019.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the validity of the clinician-rated distress thermometer in palliative care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vennat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (1), pp.81. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12904-019-0466-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02339687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique clinique des psychologues en soins palliatifs, un référentiel francais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigolene Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (560), pp.129-136. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/bupsy.560.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du psychologue dans la décision médicale partagée en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (833), pp.46-48. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2019.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02068515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les défenses psychiques en fin de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (1032), pp.882-883</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A « Wine Bar » at the palliative care unit: A different way of caring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Mulliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nursing and Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (4), pp.1-5. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15761/NPC.1000192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détresse des patients gravement malades est-elle mesurable et par qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vanlander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vennat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Francophone de Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (3), pp.182-186. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2018-0044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02043497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPADAM quali « Interventions Pharmaceutiques À propos du Dossier pharmaceutique et de l’AutoMédication » : expérience des équipes officinales et ressenti des patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Savanovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Bedhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Prunet-Spano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vennat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 76 (5), pp.399-407. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2018.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacist's interview with type 2 diabetes: Development of a follow-up form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Garcia Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bedhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gravelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75 (5), pp.385 - 397. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2017.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le psychologue, un clinicien étayé sur un référentiel spécifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 324 (1), pp.28-32. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jdp.324.0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le psychologue, un clinicien étayé sur un référentiel spécifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (324), pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction Dossier « Etre psychologue en soins palliatifs : quels repères pour notre pratique ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesh & Prosthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferzoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.S. Clara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.W. Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hernia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (S1), pp.S147 - S156. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03355343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologue, universitaire et chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 324 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jdp.324.0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles résonances entre patient et soignants, entre détresse et défenses ? Dialogue entre une psychologue et un médecin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wadih Rhondali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilène Filbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Hermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (6), pp.325-330. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2012.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00767617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’identité à l’épreuve de la maladie létale, validation d’un formulaire d’analyse qualitative des entretiens psychologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Valour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6, pp.108-119. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11839-012-0373-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détresse et douleurs sont-elles corrélées en fin de vie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25 (3), pp.175 - 182. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-012-0285-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretiens psychologiques en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Muriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Valour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rutowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 26 (3), pp.269-275. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inka.113.0269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des psychologues en soins palliatifs réalisent un livret de méta-analyse des processus psychiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Viennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (3), pp.185-194. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2010493185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle et vécus des pharmaciens d’officine dans les soins palliatifs à domicile en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cuchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e congrès annuel de l'Association québécoise de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONCLUSION / EXPERIENCE CLINIQUE, directives anticipées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Printanières de l'éthique en Auvergne Rhônes-Alpes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EREARA, Apr 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détresse et sentiment d'impuissance des Médecins, alliance thérapeutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International Francophone de Recherche en Soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACCompagnement Pluriprofessionnel PatienT (ACCePPT), Nov 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ième Colloque Les chemins du deuil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audiens, Nov 2023, Paris Maison de l'Amérique latine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la crise identitaire du Mourir en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès "se confronter aux limites en soins palliatifs"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLEF, Jun 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes d'adaptation face à la maladie non guérissable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès international en soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Sénégalaise de Soins Palliatifs et d'Accompagnement (ASSOPA); Société Sénégalaise de Cancérologie (SOSECAN); Fédération francophone internationale de soins palliatifs (FISP); E Cancer, Dec 2022, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à cheminer avec le patient atteint de maladie chronique jusqu'au bout...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès international de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Sénégalaise de Soins Palliatifs et d'Accompagenement (ASSOPA); Société Sénégalaise de Cancérologie (SOSECAN); Fédération francophone internationale de soins palliatifs (FISP); E Cancer, Dec 2022, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La possibilité et la pertinence de l'existentiel care&amp;quot; pour accompagner la détresse existentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ième Atelier interdisciplinaire sur la détresse existentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UBFC, May 2022, Besancon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les adieux interdits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bataille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ième Colloque les chemins du deuil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audiens, Jun 2022, Paris Maison de l'Amérique latine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définir la détresse en soins palliatifs en lien avec la crise du Mourir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier interdisciplinaire sur la détresse existentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UBFC, Dec 2021, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The practice of psychologists working in palliative care a french guidelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th World Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAPC, 2019, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flashconférence : animation atelier Résistances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international SFAP-FISP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFAP-FISP, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact du rapport à la médecine sur l'identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur la médecins du futur : entre bénéfices et risques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambivalence du malade : entre envahissement médical et réassurance nécessaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ième automnales de l'éthique. La fin de vie à l’épreuve des progrès scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode d'une recherche collégiale, l'identité à l'épreuve de la maladie létale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ième Congrès national de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médecine de ville et fin de vie à domicile – Vécu des proches aidants endeuillés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rébecca Medou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Dambrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44es Journées Annuelles de la Société Française De Gériatrie et de Gérontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04959559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient Distress: A Study of the Feelings of Professionals in Palliative Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaillant-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Research Congress of the EAPC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects psychologiques de la décision partagée en fin de vie. Création d’un outil d’observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse retrospective et monocentrique sur 10 ans des séjours de répit des patients atteints de SLA dans une USP de la région Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasselet Alice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Riquelme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacoepedemiological Study on the Prescription of Strong Opioid Antalgics to Patients Affected with Metastatic Bone Cancer: Comparison before/after the Qualification of the Status as Palliative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of the EAPC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity of the Distress Thermometer as a Hetero-assessment Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Vennat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of the EAPC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Criterias to Practice Home Palliative Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Menard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAPC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, COPENHAGUE, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distress and identity crisis at end of life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Hermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wadih Rhondali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Research Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Trondheim, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A booklet for Psychologists in Palliative Care fot Evaluating Distress and Identity Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Hermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Deveuve-Murol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Valour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th World Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseiller et accompagner le patient en soins palliatifs à l'officine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Healthmedia. Le Moniteur des pharmacies, pp.188, 2022, 978-2-37519-073-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide-mémoire soins palliatifs-2e éd.-En 54 notions. Repères fondamentaux, questions éthiques, ex: En 54 notions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Belloir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Belloir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2èmd., 2017, Aide-Mémoire, 9782100759910. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioyv.2017.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentiel des pratiques des psychologues en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la psychologie clinique aux soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ERES, 2015, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.lande.2015.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication et accompagnement des personnes gravement malades et leurs proches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur Soins palliatifs et accompagnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MED-LINE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.323-337, 2024, Le Référentiel | Le Cours R2C- Med-Line, 978-2-84678-339-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication et accompagnement des personnes gravement malades et leurs proches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur soins palliatifs et accompagnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5ieme édition, MED-LINE, pp.323-337, 2021, Collège de Douleur, soins palliatifs et accompagnement - R2C / ECNI / EDN, 978-2-84678-307-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détresse psychique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie et soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Press, pp.81-91, 2021, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pres.peyra.2021.01.0082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs singuliers à domicile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.342-347, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation et ajustement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.236-241, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise d'identité du Mourir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-235, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crises et conflits dans les équipes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins palliatifs en 54 notions - 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.268-273, 2020, Aide-mémoire, 9782100804054. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioy.2020.03.0268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face au mourir, des professionnels au prise avec le sentiment d’impuissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Quiquandon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’analyse de la pratique professionnelle : 13 études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 2016, 978-2-84835-349-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise du Mourir et accompagnement en soins palliatifs d’une femme atteinte de sclérose en plaque : madame P. 60 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie clinique du vieillissement : 15 études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions In Press, 2013, 978-2-84835-264-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : émergence de la continuité de sens chez la personne âgée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre vieux, mourir vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Érès, pp.129-139, 2013, 9782749236704. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.pitau.2013.01.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'identité à l'épreuve de la maladie létale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Lumière Lyon II, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03119333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise du Mourir, détresse et résilience en soins palliatifs : accompagnement par les psychologues et des professionnels de santé.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Paris 8, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04847734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId230"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3525348F"/>
+    <w:nsid w:val="C4496B11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/axelle-van-lander" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6613-7913" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171331796" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508661v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Maneval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2025.12.003" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378508v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cuchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dambrun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-00776-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378511v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1478951524002050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992677v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Avazeri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vorilhon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.70221" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117211v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04654593v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Van Lander" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/po.2024.047213" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04653962v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Medou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652710v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Tarot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Pithon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Ridley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guastella" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Plancon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-024-05668-9" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04654478v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bedhomme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Savanovitch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaillant Roussel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-024-01406-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04654002v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2024.04.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04651877v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle van Lander" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Burucoa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656093v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Beloucif" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalhia Aissat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pennec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04653981v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653937v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04127088v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lavarelo Marcolin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lombardo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Lander" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-023-03873-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04083215v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Economos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moulin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Perceau-Chambard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattelaer Xavier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Broucke Marion" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/spcare-2022-004081" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04653995v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298434v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bioy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guastella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2022-0196" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854090v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Godard-Marceau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2022.06.006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666479v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.106.0105" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03125510v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2020.08.008" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040555v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Smirdec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merc&#233; Jourdain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lambert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Richard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03402-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02339687v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tarot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savanovitch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vennat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-019-0466-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119071v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2019.01.003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02118512v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Amar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bioy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigolene Gautier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gaucher" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.560.0129" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02068515v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2019.01.010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656280v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02125551v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Mulliez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/NPC.1000192" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02043497v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanlander" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2018-0044" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01803154v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prunet-Spano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2018.04.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649567v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia Santos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bedhomme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blum" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gravelin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2017.03.001" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119301v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119297v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.324.0028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119306v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01915487v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferzoco" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Clara" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.W. Tang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.B. Tan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03355343" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405504v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.324.0048" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-00767617v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadih Rhondali" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maril&#232;ne Filbet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hermet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2012.07.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119271v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaucher" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deveuve-Murol" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valour" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-012-0373-3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0E9E09CB036C5CF9F365204BC9AF6F2677A967B8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119267v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Virginie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-012-0285-9" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/98199DCC3D653FCD2B44A65C6AAF31783C514D64/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666287v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deveuve-Muriol" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rutowicz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inka.113.0269" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119309v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deveuve-Murol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Viennet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cassan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2010493185" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05378669v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dambrun" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945774v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tarot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04655537v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656722v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656709v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656923v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03932795v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03932844v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656624v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bataille" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656748v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451062v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Amar" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bioy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gautier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992416v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119287v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119325v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119285v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04959559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Medou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869999v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaillant-Roussel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870059v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ramos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870112v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasselet Alice" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870041v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870024v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vennat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04980783v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Menard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119282v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119284v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238482v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654461v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Mallet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Belloir" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119314v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioyv.2017.01" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119526v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119310v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.lande.2015.01" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975655v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Alric" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.med-line.fr/catalogue/douleur-soins-palliatifs-et-accompagnement-6e-edition-actualisee-r2c/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975678v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666465v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.peyra.2021.01.0082" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666518v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/aide-memoire-soins-palliatifs-en-54-notions" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0342" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666512v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0236" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666509v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0229" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666524v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0268" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666499v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Quiquandon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666300v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119313v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.pitau.2013.01.0129" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/tel-03119333v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04847734v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/axelle-van-lander" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6613-7913" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171331796" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508661v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Maneval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2025.12.003" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992677v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Avazeri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vorilhon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.70221" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378511v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cuchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dambrun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1478951524002050" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378508v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-00776-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117211v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04653962v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Medou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652710v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Tarot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Pithon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Ridley" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guastella" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Plancon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-024-05668-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04654478v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bedhomme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Savanovitch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaillant Roussel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-024-01406-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04654593v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Van Lander" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/po.2024.047213" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04654002v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2024.04.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04651877v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle van Lander" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Burucoa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653937v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04653981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656093v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Beloucif" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalhia Aissat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pennec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04127088v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lavarelo Marcolin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lombardo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Lander" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-023-03873-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04083215v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Economos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moulin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Perceau-Chambard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattelaer Xavier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Broucke Marion" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/spcare-2022-004081" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04653995v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298434v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bioy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guastella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2022-0196" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854090v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Godard-Marceau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2022.06.006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666479v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.106.0105" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03125510v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2020.08.008" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040555v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Smirdec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merc&#233; Jourdain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lambert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Richard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03402-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119071v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2019.01.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02339687v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tarot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savanovitch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vennat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-019-0466-x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02118512v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Amar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bioy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigolene Gautier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gaucher" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.560.0129" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02068515v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2019.01.010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656280v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02125551v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Mulliez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/NPC.1000192" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02043497v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanlander" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2018-0044" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01803154v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prunet-Spano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2018.04.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649567v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia Santos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bedhomme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blum" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gravelin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2017.03.001" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119297v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.324.0028" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119306v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119301v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01915487v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferzoco" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Clara" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.W. Tang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.B. Tan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03355343" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405504v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.324.0048" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-00767617v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadih Rhondali" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maril&#232;ne Filbet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hermet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2012.07.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119271v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaucher" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deveuve-Murol" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valour" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-012-0373-3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0E9E09CB036C5CF9F365204BC9AF6F2677A967B8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119267v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Virginie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-012-0285-9" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/98199DCC3D653FCD2B44A65C6AAF31783C514D64/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666287v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deveuve-Muriol" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rutowicz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inka.113.0269" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119309v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deveuve-Murol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Viennet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cassan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2010493185" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05378669v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dambrun" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04655537v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945774v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tarot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656709v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656722v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03932844v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03932795v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656923v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656624v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bataille" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656748v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451062v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Amar" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bioy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gautier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992416v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119287v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119325v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119285v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04959559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Medou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869999v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaillant-Roussel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870059v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ramos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870112v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasselet Alice" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870041v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870024v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vennat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04980783v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Menard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119282v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119284v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238482v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654461v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Mallet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Belloir" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119314v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioyv.2017.01" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119526v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119310v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.lande.2015.01" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975655v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Alric" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.med-line.fr/catalogue/douleur-soins-palliatifs-et-accompagnement-6e-edition-actualisee-r2c/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975678v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666465v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.peyra.2021.01.0082" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666518v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/aide-memoire-soins-palliatifs-en-54-notions" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0342" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666512v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0236" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666509v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0229" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666524v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioy.2020.03.0268" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666499v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Quiquandon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04666300v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119313v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.pitau.2013.01.0129" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/tel-03119333v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04847734v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>