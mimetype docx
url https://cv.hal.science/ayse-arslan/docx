--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,77 +66,364 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semi-infinite constraint generation algorithm for two-stage robust optimization problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patxi Flambard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayşe N Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Detienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05184998v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Two-stage and Lagrangian Dual Decision Rules for Multistage Adaptive Robust Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Daryalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayşe N Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merve Bodur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090602v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust Strategic Planning of Phytosanitary Treatments in Agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayşe N Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Detienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03410635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A semi-infinite constraint generation algorithm for adjustable robust optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patxi Flambard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -165,724 +452,437 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2025 - 26ème congrès annuel de la société française de recherche opérationnelle et d'aide à la décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Champ-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845833v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Generic Branch-and-Bound for L0-Penalized Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Guyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Herzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Elvira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayşe N Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées SMAI MODE 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Lyon, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04423096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Node-screening pour le problème des moindres carrés avec pénalité L0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo Guyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Herzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Elvira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayşe Nur Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2022 - XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nancy, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03784682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche de décomposition pour des problèmes robustes avec recours entier</w:t>
+                <w:t xml:space="preserve">Decomposition approaches for two-stage robust binary optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayşe N Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Detienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision ROADEF2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">ICSP2019 - XV International Conference on Stochastic Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407760v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decomposition approaches for two-stage robust binary optimization</w:t>
+                <w:t xml:space="preserve">Une approche de décomposition pour des problèmes robustes avec recours entier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayşe N Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Detienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICSP2019 - XV International Conference on Stochastic Programming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">20ème congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision ROADEF2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...232 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-03410635v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -894,525 +894,525 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Branch-and-Bound Pruning Framework for $\ell_0$-Regularized Problems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Clément Elvira</w:t>
+                <w:t xml:space="preserve">Uncertainty reduction in robust optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayşe Nur Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayse Nur Arslan</w:t>
+                <w:t xml:space="preserve">Michael Poss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Machine Learning Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Operations Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, pp.107131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orl.2024.107131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04663577v1</w:t>
+                <w:t xml:space="preserve">hal-04158877v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KidneyExchange.jl: A Julia package for solving the kidney exchange problem with branch-and-price</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayse N Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Omer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fulin Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Programming Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (1), pp.151-184. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12532-023-00251-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830810v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty reduction in robust optimization</w:t>
+                <w:t xml:space="preserve">A New Branch-and-Bound Pruning Framework for $\ell_0$-Regularized Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayşe Nur Arslan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Poss</w:t>
+                <w:t xml:space="preserve">Théo Guyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Herzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Elvira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayse Nur Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Operations Research Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of Machine Learning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 235, pp.48077-48096</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158877v5</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04663577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Min-sup-min robust combinatorial optimization with few recourse solutions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Silva</w:t>
+                <w:t xml:space="preserve">Decomposition-based approaches for a class of two-stage robust binary optimization problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayşe N Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Detienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INFORMS Journal on Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 34 (4), pp.1841-2382. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1287/ijoc.2021.1156⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 34 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1287/ijoc.2021.1061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02939356v3</w:t>
+                <w:t xml:space="preserve">hal-02190059v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decomposition-based approaches for a class of two-stage robust binary optimization problems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boris Detienne</w:t>
+                <w:t xml:space="preserve">Min-sup-min robust combinatorial optimization with few recourse solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayşe Nur Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Poss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INFORMS Journal on Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 34 (2), </w:t>
+              <w:t xml:space="preserve">, 2022, 34 (4), pp.1841-2382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1287/ijoc.2021.1061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1287/ijoc.2021.1156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190059v4</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02939356v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1567,51 +1567,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845833v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patxi Flambard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#351;e N Arslan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Detienne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423096v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guyard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Herzet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Elvira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784682v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Guyard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#351;e Nur Arslan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407760v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184998v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090602v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Daryalal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merve Bodur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663577v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Nur Arslan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03830810v3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse N Arslan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Omer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulin Yan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-023-00251-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158877v5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Poss" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orl.2024.107131" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939356v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Silva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2021.1156" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02190059v4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2021.1061" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184998v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patxi Flambard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#351;e N Arslan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Detienne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090602v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Daryalal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merve Bodur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410635v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845833v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423096v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guyard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Herzet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Elvira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Guyard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#351;e Nur Arslan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407421v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407760v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158877v5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Poss" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orl.2024.107131" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03830810v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse N Arslan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Omer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulin Yan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-023-00251-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663577v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Nur Arslan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02190059v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2021.1061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939356v3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Silva" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2021.1156" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>