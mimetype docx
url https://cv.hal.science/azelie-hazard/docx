--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -100,308 +100,308 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élaboration d’une grille d’évaluation quotidienne du bien-être des volailles</w:t>
+                <w:t xml:space="preserve">Genetic parameters of slaughter traits measured on Greylag geese after induction of spontaneous liver steatosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azélie Hazard</w:t>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Arnould</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Typhanie Ruer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Arroyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9260⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (12), pp.101689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05027318v1</w:t>
+                <w:t xml:space="preserve">hal-05332558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameters of slaughter traits measured on Greylag geese after induction of spontaneous liver steatosis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Élaboration d’une grille d’évaluation quotidienne du bien-être des volailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
+                <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Blanchet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (12), pp.101689. </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, spécial 03, pp.73-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101689⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05332558v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost-efficient assignment panel for ducks. Setup of a cost-efficient assignment panel for duck populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -504,64 +504,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pertusa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 94, pp.214-230. </w:t>
@@ -599,51 +599,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters of feeding behavior traits in ducks bred for foie gras production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lagüe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -651,51 +651,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile M.D. Bonnefont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18 (8), pp.101234. </w:t>
@@ -772,64 +772,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pertusa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 94, pp.285-302. </w:t>
@@ -880,51 +880,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piglets vocally express the anticipation of pseudo-social contexts in their grunts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Danglot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1027,303 +1027,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractionnement de l'alimentation du canard mulard en phase de rationnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CONSTRUCTION A POSTERIORI DU PEDIGREE D'UNE POPULATION EXPERIMENTALE DE CANARDS A L'AIDE D'OUTILS MOLECULAIRES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard‐fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Xavier Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Tours, France. pp.614-619</w:t>
+              <w:t xml:space="preserve">Quatorzièmes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITAVI; INRAE; ANSES; CTCPA, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04255904v1</w:t>
+                <w:t xml:space="preserve">hal-04163539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONSTRUCTION A POSTERIORI DU PEDIGREE D'UNE POPULATION EXPERIMENTALE DE CANARDS A L'AIDE D'OUTILS MOLECULAIRES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Fractionnement de l'alimentation du canard mulard en phase de rationnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Litt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quatorzièmes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ITAVI; INRAE; ANSES; CTCPA, Mar 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Tours, France. pp.614-619</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163539v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité de l'expression vocale des porcelets lors de l'anticipation d'évènements positifs et négatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1379,337 +1379,462 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02263867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractionnement alimentaire et rationnement chez le canard mulard</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Combinaison de plusieurs leviers physiologiques et métaboliques pour induire un engraissement spontané du foie : quelle réponse selon le génotype et le sexe des canards ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chartrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Migaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">16èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04255918v1</w:t>
+                <w:t xml:space="preserve">hal-05556389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment se passer des cages individuelles en sélection expérimentale avicole : exemple du canard</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fractionnement alimentaire et rationnement chez le canard mulard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azélie Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Litt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques Département Génétique Animale 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163579v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment se passer des cages individuelles en sélection expérimentale avicole : exemple du canard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard‐fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Teissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Scientifiques Département Génétique Animale 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vocal expression of emotions in pigs during anticipation of positive social contexts: Impact of human animal relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1737,51 +1862,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Bioacoustics Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Brighton, United Kingdom. pp.112, 2019, IBAC 2019. Abstract booklet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1791,279 +1916,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters of slaughter traits measured on Greylag Landaise geese after induction of spontaneous liver steatosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhanie Ruer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Arroyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie- Dominique Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Chapuis</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Magali Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05084976v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piglets vocally express the anticipation of (pseudo)-social contexts in their grunts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azélie Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Danglot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId59"/>
+      <w:footerReference w:type="default" r:id="rId65"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2210,51 +2335,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05027318v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Hazard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9260" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05332558v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhanie Ruer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Bernadet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Blanchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101689" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542880v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.475" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799160v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Litt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pertusa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guyot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-Vol94-art16-GB" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638013v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lag&#252;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M.D. Bonnefont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101234" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612347v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art19" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025185v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Danglot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gu&#233;rin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-75378-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04255904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163539v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard&#8208;fudulea" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Amadio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263867v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04255918v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375156v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne Villain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084976v3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Dominique Bernadet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887963v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Danglot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05332558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhanie Ruer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Bernadet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Blanchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101689" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05027318v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Hazard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9260" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542880v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.475" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799160v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Litt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pertusa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guyot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-Vol94-art16-GB" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638013v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lag&#252;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M.D. Bonnefont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101234" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612347v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art19" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025185v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Danglot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gu&#233;rin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-75378-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163539v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard&#8208;fudulea" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Amadio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04255904v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263867v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05556389v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Migaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04255918v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163579v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375156v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne Villain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084976v3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Dominique Bernadet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887963v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Danglot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>