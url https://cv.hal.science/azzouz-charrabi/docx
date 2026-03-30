--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,1559 +66,1693 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simtuzumab Attenuates Loxl2-Mediated Extracellular Matrix Remodeling and Preserves Cardiac Function in LMNA Mutation-Induced Dilated Cardiomyopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Kervella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotta Behrens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Peccate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoheir Guesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorella Grandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Circulation. Heart failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCHEARTFAILURE.125.013806⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryanodine receptor dysfunction causes senescence and fibrosis in Duchenne dilated cardiomyopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monia Souidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Resta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haikel Dridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Sleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Reiken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (2), pp.536-551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.13411⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393882v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spironolactone as a Potential New Treatment to Prevent Arrhythmias in Arrhythmogenic Cardiomyopathy Cell Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Reisqs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Sleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Delinière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Personalized Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jpm13020335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03995387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elevated Blood Pressure Occurs without Endothelial Dysfunction in a Rat Model of Pulmonary Emphysema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Desplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Grillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Wynands</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Alburquerque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (16), pp.12609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms241612609⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04188767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Personalized medicine in the dish to prevent calcium leak associated with short-coupled polymorphic ventricular tachycardia in patient-derived cardiomyocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Sleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Reiken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leah Sittenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Stem Cell Research &amp; Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13287-023-03502-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The PPARγ pathway determines electrophysiological remodelling and arrhythmia risks in DSC2 arrhythmogenic cardiomyopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Reisqs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Sleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albano C. Meli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical and Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ctm2.748⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hypoxic Conditions Promote Rhythmic Contractile Oscillations Mediated by Voltage-Gated Sodium Channels Activation in Human Arteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Virsolvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Erceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Hayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (5), pp.2570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22052570⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163485v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deciphering DSC2 arrhythmogenic cardiomyopathy electrical instability: From ion channels to ECG and tailored drug therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Reisqs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Delanoe‐ayari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Janin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical and Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), pp.e319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ctm2.319⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxygen Is an Ambivalent Factor for the Differentiation of Human Pluripotent Stem Cells in Cardiac 2D Monolayer and 3D Cardiac Spheroids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monia Souidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Sleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Acimovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Pribyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (2), pp.662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22020662⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dietary Supplementation with Silicon-Enriched Spirulina Improves Arterial Remodeling and Function in Hypertensive Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Arthur-Ataam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Fromy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (11), pp.2574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu11112574⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02335324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terlipressin, a vasoactive prodrug recommended in hepatorenal syndrome, is an agonist of human V1, V2 and V1B receptors: Implications for its safety profile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Virsolvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaudard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzouz Charrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maithé Corbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pharmacological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113, pp.257 - 264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phrs.2016.08.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mutated p.H222P A-type Lamins drive Loxl2-mediated extracellular matrix remodeling in both patient-derived cardiomyocytes and mouse models of dilated cardiomyopathy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Kervella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Peccate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoheir Guesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorella Grandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910627v1</w:t>
-              </w:r>
-[...1370 lines deleted...]
-                <w:t xml:space="preserve">hal-01783524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId67"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1765,51 +1899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kervella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Peccate" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Guesmia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Grandi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393882v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Souidi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Resta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haikel Dridi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Sleiman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Reiken" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.13411" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995387v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Reisqs" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moreau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzouz Charrabi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delini&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm13020335" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188767v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Desplanche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Grillet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wynands" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bideaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Alburquerque" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241612609" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216270v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Reiken" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jaffr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Sittenfeld" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13287-023-03502-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613345v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Reisqs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albano C. Meli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.748" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163485v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Virsolvy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Erceau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22052570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158834v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Delanoe&#8208;ayari" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pierre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.319" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111614v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Acimovic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pribyl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22020662" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335324v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Arthur-Ataam" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Fromy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11112574" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01783524v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Colson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maith&#233; Corbani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2016.08.027" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557344v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kervella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotta Behrens" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Peccate" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Guesmia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Grandi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCHEARTFAILURE.125.013806" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393882v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Souidi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Resta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haikel Dridi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Sleiman" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Reiken" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.13411" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Reisqs" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzouz Charrabi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delini&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm13020335" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188767v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Desplanche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Grillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wynands" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bideaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Alburquerque" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241612609" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216270v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Reiken" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jaffr&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Sittenfeld" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13287-023-03502-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613345v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Reisqs" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albano C. Meli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.748" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163485v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Virsolvy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Erceau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22052570" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158834v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Delanoe&#8208;ayari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pierre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.319" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111614v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Acimovic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pribyl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22020662" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335324v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Arthur-Ataam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Fromy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11112574" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01783524v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Colson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maith&#233; Corbani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2016.08.027" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910627v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Peccate" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>