--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -3181,385 +3181,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04516850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application microtomodensitométrique à la détection dentaire des carences en vitamine D</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cementochronology: too precise to be true or too precise to be accurate?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénia Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Hédouin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2018 du GPLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">87th annual meeting of the American Association of Physical Anthropologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05054468v1</w:t>
+                <w:t xml:space="preserve">hal-04501703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-examination of “old fossils”. The Mid-Twentieth discovered specimens from the Late Middle Pleistocene Montmaurin caves (South-west of France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mario Modesto-Mata</w:t>
+                <w:t xml:space="preserve">Application microtomodensitométrique à la détection dentaire des carences en vitamine D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori d'Ortenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonnie Kahlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Knüsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th congress of the International Union of Prehistoric and Protohistoric Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque 2018 du GPLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501686v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05054468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root for cementochronology – An efficient method for age at death estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Re-examination of “old fossils”. The Mid-Twentieth discovered specimens from the Late Middle Pleistocene Montmaurin caves (South-west of France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Vialet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Champalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José María Bermúdez de Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Modesto-Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th congress of the International Union of Prehistoric and Protohistoric Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501590v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the human remains from the reliquary attributed to the bishop Jacques de Vitry (12-13th C. AD)</w:t>
               </w:r>
@@ -3660,122 +3647,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04501564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cementochronology: too precise to be true or too precise to be accurate?</w:t>
+                <w:t xml:space="preserve">Root for cementochronology – An efficient method for age at death estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénia Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Hédouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">87th annual meeting of the American Association of Physical Anthropologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Austin, United States</w:t>
+              <w:t xml:space="preserve">18th congress of the International Union of Prehistoric and Protohistoric Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04501703v1</w:t>
+                <w:t xml:space="preserve">hal-04501590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4046,256 +4046,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04434343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-observer error assessment for sex estimation using CT-scans of the femoral head: A study of the New Mexico decedent image database</w:t>
+                <w:t xml:space="preserve">An osteometric cross-validation study of the proximal femur in Central and South American cohorts: A CT-scan-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aracely Balderas-Leal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Olga Ibarra-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Naouel Benchachoua</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Marques</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THE 18th ANNUAL MEETING OF THE TEXAS ASSOCIATION OF BIOLOGICAL ANTHROPOLOGISTS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, San Marcos, TX, France</w:t>
+              <w:t xml:space="preserve">18th ANNUAL MEETING OF THE TEXAS ASSOCIATION OF BIOLOGICAL ANTHROPOLOGISTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, San Marcos, TX, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04926524v1</w:t>
+                <w:t xml:space="preserve">hal-04926514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An osteometric cross-validation study of the proximal femur in Central and South American cohorts: A CT-scan-based approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Inter-observer error assessment for sex estimation using CT-scans of the femoral head: A study of the New Mexico decedent image database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Ibarra-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Cunha</w:t>
+                <w:t xml:space="preserve">Naouel Benchachoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bertrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carina Marques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th ANNUAL MEETING OF THE TEXAS ASSOCIATION OF BIOLOGICAL ANTHROPOLOGISTS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, San Marcos, TX, United States</w:t>
+              <w:t xml:space="preserve">THE 18th ANNUAL MEETING OF THE TEXAS ASSOCIATION OF BIOLOGICAL ANTHROPOLOGISTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, San Marcos, TX, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04926514v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidelines for Forensic Anthropology in Northern France. Where Medicolegal Significance Meets Archaeological Relevance</w:t>
               </w:r>
@@ -4400,523 +4400,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forensic Analysis in Taphonomic Effects (FATE). A Forensic Taphonomic Research Facility in France</w:t>
+                <w:t xml:space="preserve">Bone aches: extensive hands and feet joint ankylosis in a post-Medieval individual from Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Vatteoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvestre Hauser Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bécart</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Demondion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd Triennial Meeting of the International Association of Forensic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">50th Annual North American Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Reno, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523051v1</w:t>
+                <w:t xml:space="preserve">hal-04522322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The off-season of dental cementum investigations</w:t>
+                <w:t xml:space="preserve">Forensic Analysis in Taphonomic Effects (FATE). A Forensic Taphonomic Research Facility in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eugénia Cunha</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Demondion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th American Academy of Forensic Sciences Annual Scientific Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Orlando, United States</w:t>
+              <w:t xml:space="preserve">23rd Triennial Meeting of the International Association of Forensic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04522253v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleoncological insights about acrometastases: a Portuguese post-medieval case study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The off-season of dental cementum investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Curate</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ahmad Kaddoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bécart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénia Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immediate and future challenges to foster One Health, 6th International Congress of CiiEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Almada, Portugal</w:t>
+              <w:t xml:space="preserve">75th American Academy of Forensic Sciences Annual Scientific Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523004v1</w:t>
+                <w:t xml:space="preserve">hal-04522253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bone aches: extensive hands and feet joint ankylosis in a post-Medieval individual from Northern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paleoncological insights about acrometastases: a Portuguese post-medieval case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Curate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Vatteoni</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Prates</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvestre Hauser Piton</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Antunes‐Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th Annual North American Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Reno, United States</w:t>
+              <w:t xml:space="preserve">Immediate and future challenges to foster One Health, 6th International Congress of CiiEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Almada, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04522322v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Middle Pleistocene hominin teeth from Biache Saint-Vaast, France</w:t>
               </w:r>
@@ -5267,51 +5267,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04522059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From cementum microstructure to population structure. Reflection on the value of cementochronology for construction of age-at-death profiles</w:t>
+                <w:t xml:space="preserve">Age-At-Death Estimation Using Dental Cementum Increments: Validation and Limitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vadim Mesli</w:t>
@@ -5346,97 +5346,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Hédouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">89th Annual Meeting of the American Association of Physical Anthropologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2020, Los angeles, United States</w:t>
+              <w:t xml:space="preserve">American Academy of Forensic Sciences Annual Scientific Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Anaheim, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517723v1</w:t>
+                <w:t xml:space="preserve">hal-04517750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-At-Death Estimation Using Dental Cementum Increments: Validation and Limitations</w:t>
+                <w:t xml:space="preserve">From cementum microstructure to population structure. Reflection on the value of cementochronology for construction of age-at-death profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vadim Mesli</w:t>
@@ -5471,73 +5471,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Hédouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Academy of Forensic Sciences Annual Scientific Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Anaheim, United States</w:t>
+              <w:t xml:space="preserve">89th Annual Meeting of the American Association of Physical Anthropologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Los angeles, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517750v1</w:t>
+                <w:t xml:space="preserve">hal-04517723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Late Middle Pleistocene fossils from Montmaurin (Haute-Garonne, France). A contribution to the question of the emergence of the Neandertal lineage</w:t>
               </w:r>
@@ -6075,394 +6075,394 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidisciplinary Study of the Reliquary Contents Attributed to the Bishop Jacques de Vitry (12-13th C. AD)</w:t>
+                <w:t xml:space="preserve">Caractéristiques endostructurales des couronnes des dents humaines de la grotte du Lazaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polet Caroline</w:t>
+                <w:t xml:space="preserve">G. Becam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlier A.</w:t>
+                <w:t xml:space="preserve">T. Colard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. L. Doyen</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M.A. de Lumley</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In: M. Van Strydonck, J. Reyniers and F. Van Cleven (eds): RELICS @ THE LAB, An Analytical Approach to the Study of Relics. Interdisciplinary Studies in Ancient Culture and Religion 20</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peeters Leuven, pp.109-132, 2018</w:t>
+              <w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret, Nice, Alpes-Maritimes. Des Homo erectus européens évolués en voie de néandertalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.385-410, 2018, 9782271120182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887286v1</w:t>
+                <w:t xml:space="preserve">hal-02265859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractéristiques endostructurales des couronnes des dents humaines de la grotte du Lazaret</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multidisciplinary Study of the Reliquary Contents Attributed to the Bishop Jacques de Vitry (12-13th C. AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polet Caroline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Becam</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Colard</w:t>
+                <w:t xml:space="preserve">Carlier A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. de Lumley</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. L. Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lebecque F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tilleux C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret, Nice, Alpes-Maritimes. Des Homo erectus européens évolués en voie de néandertalisation</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.385-410, 2018, 9782271120182</w:t>
+              <w:t xml:space="preserve">In: M. Van Strydonck, J. Reyniers and F. Van Cleven (eds): RELICS @ THE LAB, An Analytical Approach to the Study of Relics. Interdisciplinary Studies in Ancient Culture and Religion 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters Leuven, pp.109-132, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05218322v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03887286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques endostructurales des couronnes des dents humaines de la grotte du Lazaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Becam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Colard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. de Lumley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret, Nice, Alpes-Maritimes. Des Homo erectus européens évolués en voie de néandertalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.385-410, 2018, 9782271120182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02265859v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05218322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6474,230 +6474,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropologie médico-légale : Une affaire prescrite depuis plus de 5 000 ans</w:t>
+                <w:t xml:space="preserve">Anthropologie médico-légale : Quand l’archéologie rencontre police et justice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Bécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Hédouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia n°599</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.13-17</w:t>
+              <w:t xml:space="preserve">Archéologia n°601</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.12-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500571v1</w:t>
+                <w:t xml:space="preserve">hal-04500602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropologie médico-légale : Quand l’archéologie rencontre police et justice</w:t>
+                <w:t xml:space="preserve">Anthropologie médico-légale : Une affaire prescrite depuis plus de 5 000 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim Mesli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Morbidelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Hédouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia n°601</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.12-17</w:t>
+              <w:t xml:space="preserve">Archéologia n°599</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.13-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500602v1</w:t>
+                <w:t xml:space="preserve">hal-04500571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7691,51 +7691,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314681v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Cavillac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vialet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Magne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Valensi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573432v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Ma&#238;tre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14170" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04433822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marchand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Hedouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demondion" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Becart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics13172808" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04433836v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04434287v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mart&#237;n-Franc&#233;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Martinez de Pinillos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13736" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976100v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Vercauteren" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Cunha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gosset" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24612" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974354v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Berm&#250;dez de Castro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mart&#237;nez de Pinillos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Martin&#243;n-Torres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis Arsuaga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-022-01680-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04572242v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Lombardo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Modi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vergata" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caramelli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pascart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2772" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605598v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry H&#233;douin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23849" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488774v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2019.109886" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162369v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori d'Ortenzio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.11.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426347v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Schattmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vatteoni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Brickley" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.12.002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTMVLTZW-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04425861v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Delannoy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-015-1172-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712015v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bontemps" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rolando" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Marques" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nia Cunha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501101v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508979v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500951v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501070v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517431v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517337v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Polet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501495v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gilbert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Scanvion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501425v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arnaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Luigi Francesco Berruti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501434v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morbidelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richardin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516760v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516850v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054468v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie Kahlon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kn&#252;sel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501686v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Champalle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Modesto-Mata" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501590v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501564v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Carlier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lebecque" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tilleux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501703v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901301v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Champagne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Mortuaire" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desrue" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Vigot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133o2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04434343v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926524v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ibarra-Sanchez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouel Benchachoua" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926514v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aracely Balderas-Leal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cunha" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312014v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Delobel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523051v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522253v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Kaddoura" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523004v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Curate" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Prates" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Antunes&#8208;Ferreira" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522322v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Hauser Piton" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522230v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501287v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522059v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Mesli" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517723v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517750v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517669v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426424v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie P&#233;lissier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074753v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel d'Incau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lanteri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02662137v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vialet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Champalle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Berm&#250;dez de Castro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Modesto-Mata" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887286v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polet Caroline" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlier A." TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Doyen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebecque F." TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilleux C." TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Becam" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. de Lumley" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265859v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Colard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500571v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500602v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432859v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Locht" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auguste" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927113v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333843v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jamet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361408v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026118v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Vialet A." TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boulbes" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charlet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01860390v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LIL2S041" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05296255v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314681v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Cavillac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vialet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Magne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herve" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Valensi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573432v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Ma&#238;tre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14170" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04433822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marchand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Hedouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demondion" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Becart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics13172808" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04433836v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04434287v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mart&#237;n-Franc&#233;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Martinez de Pinillos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13736" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976100v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Vercauteren" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Cunha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gosset" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24612" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974354v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Berm&#250;dez de Castro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mart&#237;nez de Pinillos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Martin&#243;n-Torres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis Arsuaga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-022-01680-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04572242v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Lombardo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Modi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vergata" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caramelli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pascart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2772" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605598v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry H&#233;douin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23849" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488774v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2019.109886" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162369v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori d'Ortenzio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.11.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426347v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Schattmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vatteoni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Brickley" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2015.12.002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTMVLTZW-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04425861v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Delannoy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-015-1172-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712015v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bontemps" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rolando" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Marques" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nia Cunha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501101v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508979v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500951v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501070v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517431v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517337v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Polet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501495v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gilbert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Scanvion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501425v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arnaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Luigi Francesco Berruti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501434v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morbidelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richardin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516760v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516850v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501703v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054468v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie Kahlon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kn&#252;sel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Champalle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Modesto-Mata" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501564v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Carlier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lebecque" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tilleux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501590v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901301v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Champagne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Mortuaire" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desrue" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Vigot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133o2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04434343v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926514v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aracely Balderas-Leal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ibarra-Sanchez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cunha" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926524v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouel Benchachoua" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312014v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Delobel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522322v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Hauser Piton" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523051v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522253v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Kaddoura" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523004v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Curate" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Prates" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Antunes&#8208;Ferreira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522230v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04501287v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522059v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Mesli" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517750v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517723v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517669v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426424v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie P&#233;lissier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074753v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel d'Incau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lanteri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02662137v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vialet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Champalle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Berm&#250;dez de Castro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Modesto-Mata" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265859v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Becam" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Colard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. de Lumley" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887286v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polet Caroline" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlier A." TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Doyen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebecque F." TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilleux C." TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218322v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500602v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04500571v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432859v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Locht" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auguste" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927113v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333843v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jamet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361408v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026118v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Vialet A." TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boulbes" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charlet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01860390v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LIL2S041" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05296255v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>