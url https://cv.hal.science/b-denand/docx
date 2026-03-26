--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1172,697 +1172,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon content evolution in austenite during austenitization studied by in situ synchrotron X-ray diffraction of a hypoeutectoid steel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined synchrotron X-ray diffraction, dilatometry and electrical resistivity in situ study of phase transformations in a Ti2AlNb alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.A. Esin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mallick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dadé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S. Denis</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Delfosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100664⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.110654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2020.110654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02985508v1</w:t>
+                <w:t xml:space="preserve">hal-02955731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the austenite decomposition kinetics in a low-alloyed steel enriched in carbon and nitrogen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Jeyabalan</w:t>
+                <w:t xml:space="preserve">Carbon content evolution in austenite during austenitization studied by in situ synchrotron X-ray diffraction of a hypoeutectoid steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Denand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.A. Esin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.D. Catteau</w:t>
+                <w:t xml:space="preserve">Moukrane Dehmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Geandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Teixeira</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B. Denand</w:t>
+                <w:t xml:space="preserve">S. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 9, pp.100582. </w:t>
+              <w:t xml:space="preserve">, 2020, 10, pp.100664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100582⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02985539v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of harmonic microstructure development during Spark Plasma Sintering (SPS) of β-CEZ titanium alloy</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling of the austenite decomposition kinetics in a low-alloyed steel enriched in carbon and nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Dirras</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kei Ameyama</w:t>
+                <w:t xml:space="preserve">K. Jeyabalan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.D. Catteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Geandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/matecconf/202032112022⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.100582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02986286v1</w:t>
+                <w:t xml:space="preserve">hal-02985539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring the kinetics of the γ’ phase in the N18 superalloy using in situ electrical resistivity measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed-Eddine Benrabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gader Altinkurt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 825 (154108), pp.1-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.154108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined synchrotron X-ray diffraction, dilatometry and electrical resistivity in situ study of phase transformations in a Ti2AlNb alloy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">B. Denand</w:t>
+                <w:t xml:space="preserve">Study of harmonic microstructure development during Spark Plasma Sintering (SPS) of β-CEZ titanium alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Denand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhupendra Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Geandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Delfosse</w:t>
+                <w:t xml:space="preserve">Guy Dirras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kei Ameyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 169, pp.110654. </w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 321, pp.12022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2020.110654⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/202032112022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02955731v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the ageing conditions and the initial microstructure on the precipitation of α phase in Ti-17 alloy</w:t>
               </w:r>
@@ -1874,51 +1874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Archambeau-Mirguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2356,295 +2356,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal Stresses in Metal Matrix Composites in Relation with Matrix Phase Transformations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructural Evolution and Strain Development in Metal Matrix Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Geandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Vautrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Matthieu Salib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mickaël Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Aeby-Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 996, pp.944 - 950. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.996.944⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 996, pp.936 - 943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.996.936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653235v1</w:t>
+                <w:t xml:space="preserve">hal-01653210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural Evolution and Strain Development in Metal Matrix Composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Internal Stresses in Metal Matrix Composites in Relation with Matrix Phase Transformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Vautrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Geandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Aeby-Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 996, pp.936 - 943. </w:t>
+              <w:t xml:space="preserve">, 2014, 996, pp.944 - 950. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.996.936⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.996.944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01653210v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase Transformations of TIMETAL-18 as a New Titanium Alloy with Bimodal Microstructure</w:t>
               </w:r>
@@ -2803,51 +2803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4082,407 +4082,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of α Precipitation at β/β Grain Boundaries on α Microtexture in a β-Metastable Titanium Alloy with and without Previous Deformation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Salib</w:t>
+                <w:t xml:space="preserve">Simulation of coupled temperature, microstructure and internal stresses evolutions during quenching of a beta-metastable titanium alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Denand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Aeby-Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mien Teixeira</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 13th World Conference on Titanium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2015, San Diego, CA, United States. pp.405-414, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, May 2015, San Diego, United States. pp.677-682</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513081v1</w:t>
+                <w:t xml:space="preserve">hal-01633923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of coupled temperature, microstructure and internal stresses evolutions during quenching of a beta-metastable titanium alloy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Teixeira</w:t>
+                <w:t xml:space="preserve">Full Stress Tensor Determination during Phase Transformation of a Metal Matrix Composite by in situ High Energy X-Ray Diffraction and Micromechanical Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Geandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Vautrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moukrane Dehmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Aeby-Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 13th World Conference on Titanium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, San Diego, United States. pp.677-682</w:t>
+              <w:t xml:space="preserve">ICRS- Australie-International Conference on Residual Stresses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633923v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full Stress Tensor Determination during Phase Transformation of a Metal Matrix Composite by in situ High Energy X-Ray Diffraction and Micromechanical Simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lilian Vautrot</w:t>
+                <w:t xml:space="preserve">Influence of α Precipitation at β/β Grain Boundaries on α Microtexture in a β-Metastable Titanium Alloy with and without Previous Deformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Salib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mien Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Aeby-Gautier</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRS- Australie-International Conference on Residual Stresses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 13th World Conference on Titanium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, San Diego, CA, United States. pp.405-414, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119296126.ch63⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01653293v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01513081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling Distorins in induction heat treatment processes</w:t>
               </w:r>
@@ -4638,51 +4638,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PORTABLE ANALYSIS KILN FOR RADIATION LINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moukrane Dehmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Aeby-Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5045,51 +5045,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222381v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Nakonechna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Denand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed-Eddine Benrabah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geandier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Germain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.116955" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166105v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Oualid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Masschelein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Denand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c08992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789004v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teixeira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthikeyan Jeyabalan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Dulcy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120065" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160996v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Ayadh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Halkoum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sennour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118930" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737327v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P Van Landeghem" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonnet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101480" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378735v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-E. Benrabah" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Denand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Geandier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.117364" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103320v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhupendra Sharma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Harcuba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Ameyama" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.158483" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172570v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschamps" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.100997" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02985508v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Esin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moukrane Dehmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100664" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02985539v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jeyabalan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Catteau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teixeira" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100582" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02986286v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dirras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032112022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470234v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gader Altinkurt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fevre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.154108" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02955731v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mallick" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dad&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delfosse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2020.110654" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985586v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maury" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Archambeau-Mirguet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delfosse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.04.302" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01987663v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Vautrot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081415" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985979v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Nejezchlebov&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanu&#353; Seiner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Sedl&#225;k" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Landa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana &#352;milauerov&#225;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.05.173" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653316v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Aeby-Gautier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2015.11.010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LC7H70J1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653235v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Mourot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.996.944" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653210v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Salib" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.996.936" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653229v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebrun" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Svec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nowak" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Millet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.922.418" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01078661v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir A. Esin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Bihan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.07.042" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXRFWT7X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293812v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amico Settefrati" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bruneseaux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Appolaire" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.02.046" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5NR0QXGD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347349v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. van Landeghem" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bregeault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Manojlovic" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535421v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Decroocq" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Ksibi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885280v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885271v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516130v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516139v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885223v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574287v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jeyabalan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Teixeira" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Denis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Geandier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dulcy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513081v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mien Teixeira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Germain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119296126.ch63" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01633923v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653293v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01259189v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barlier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sourmail" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Cagny" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courteaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03451741v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Christophe" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G&#233;andier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653694v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222381v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Nakonechna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Denand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed-Eddine Benrabah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geandier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Germain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.116955" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166105v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Oualid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Masschelein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Denand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c08992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789004v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teixeira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthikeyan Jeyabalan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Dulcy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120065" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160996v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Ayadh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Halkoum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sennour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118930" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737327v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P Van Landeghem" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonnet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101480" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378735v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-E. Benrabah" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Denand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Geandier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.117364" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103320v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhupendra Sharma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Harcuba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Ameyama" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.158483" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172570v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschamps" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.100997" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02955731v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Esin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mallick" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dad&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delfosse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2020.110654" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02985508v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moukrane Dehmas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100664" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02985539v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jeyabalan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Catteau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teixeira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100582" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470234v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gader Altinkurt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fevre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.154108" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02986286v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dirras" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032112022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985586v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maury" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Archambeau-Mirguet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delfosse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.04.302" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01987663v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Vautrot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081415" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985979v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Nejezchlebov&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanu&#353; Seiner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Sedl&#225;k" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Landa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana &#352;milauerov&#225;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.05.173" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653316v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Aeby-Gautier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2015.11.010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LC7H70J1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653210v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Salib" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Mourot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.996.936" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653235v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.996.944" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653229v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebrun" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Svec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nowak" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Millet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.922.418" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01078661v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir A. Esin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Bihan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.07.042" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXRFWT7X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293812v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amico Settefrati" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bruneseaux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Appolaire" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.02.046" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5NR0QXGD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347349v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. van Landeghem" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bregeault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Manojlovic" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535421v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Decroocq" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Ksibi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885280v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885271v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516130v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516139v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885223v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574287v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jeyabalan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Teixeira" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Denis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Geandier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dulcy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01633923v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653293v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513081v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mien Teixeira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Germain" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119296126.ch63" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01259189v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barlier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sourmail" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Cagny" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courteaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03451741v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Christophe" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G&#233;andier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653694v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>