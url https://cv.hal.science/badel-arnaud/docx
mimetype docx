--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -180,7856 +180,7856 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (70)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed Manufacturing Design of REBCO Insert and Cooling Performance of 33T Cryogen-Free Superconducting Magnet</w:t>
+                <w:t xml:space="preserve">Test of fully impregnated and insulated REBCO pancake to validate large bore split magnet mechanical design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayato Nezuka</w:t>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatsuro Uto</w:t>
+                <w:t xml:space="preserve">Julien Vialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiroyuki Takewa</w:t>
+                <w:t xml:space="preserve">Jérémie Cicéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Shimonosono</w:t>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
+                <w:t xml:space="preserve">Satoshi Awaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 36 (3), pp.4603205. </w:t>
+              <w:t xml:space="preserve">, 2026, 36 (3), pp.4605504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2025.3641099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2025.3640584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05422815v1</w:t>
+                <w:t xml:space="preserve">hal-05422820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen incorporation in YBa2Cu3O7-δ thin films: surface activation and degradation</w:t>
+                <w:t xml:space="preserve">Detailed Manufacturing Design of REBCO Insert and Cooling Performance of 33T Cryogen-Free Superconducting Magnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Stangl</w:t>
+                <w:t xml:space="preserve">Hayato Nezuka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Obradors</w:t>
+                <w:t xml:space="preserve">Tatsuro Uto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Palau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Hiroyuki Takewa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Shimonosono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (46), pp.23107-23119. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 36 (3), pp.4603205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5tc02998h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2025.3641099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416373v1</w:t>
+                <w:t xml:space="preserve">hal-05422815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test of fully impregnated and insulated REBCO pancake to validate large bore split magnet mechanical design</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating oxides by electrochemical projection of the oxygen off-stoichiometry diagram onto a single sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Vialle</w:t>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Cicéron</w:t>
+                <w:t xml:space="preserve">Alexander Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+                <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satoshi Awaji</w:t>
+                <w:t xml:space="preserve">Martin Krammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Nenning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2025.3640584⟩</w:t>
+              <w:t xml:space="preserve">Small Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 10 (3), pp.e01751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smtd.202501751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05422820v1</w:t>
+                <w:t xml:space="preserve">hal-05422861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress of 33 T Cryogen-Free Superconducting Magnet Project at HFLSM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satoshi Awaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kohki Takahashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatsunori Okada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 35 (5), pp.4300406. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2025.3525608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05416375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Cooling Strategies for CORC Conductors in High-Field Fusion Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Pavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Topin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 36 (3), pp.4200605. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2025.3630113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basic Design of REBCO Insert Coil of 33 T Cryogen-Free Superconducting Magnet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Uto</w:t>
+                <w:t xml:space="preserve">Oxygen incorporation in YBa2Cu3O7-δ thin films: surface activation and degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Tosaka</w:t>
+                <w:t xml:space="preserve">Xavier Obradors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Shitaka</w:t>
+                <w:t xml:space="preserve">Anna Palau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Nezuka</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Teresa Puig</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2024.3524490⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (46), pp.23107-23119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5tc02998h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422805v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05416373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptual Design of a 33 T Cryogen-Free Magnet REBCO Insert: Mechanical Aspects and Protection Against Thermal Runaway</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+                <w:t xml:space="preserve">Basic Design of REBCO Insert Coil of 33 T Cryogen-Free Superconducting Magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Uto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexndre Zampa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tatsunori Okada</w:t>
+                <w:t xml:space="preserve">T. Tosaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuji Tsuchiya</w:t>
+                <w:t xml:space="preserve">T. Shitaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Nezuka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hanai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 34 (5), pp.1-5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2024.3367620⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 35 (5), pp.4601405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2024.3524490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04940053v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A High Performance Insulated REBCO Pancake With Conductive Cooling Capability</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Conceptual Design of a 33 T Cryogen-Free Magnet REBCO Insert: Mechanical Aspects and Protection Against Thermal Runaway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kohki Takahashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexndre Zampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsunori Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuji Tsuchiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 33 (5), pp.4600405. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, 34 (5), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2024.3367620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3242219⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04311894v1</w:t>
+                <w:t xml:space="preserve">hal-04940053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Test of 20-Stacked Two-Tapes-Bundled REBCO Pancake Coils for Upgrading of 25-T Cryogen-Free Superconducting Magnet to 30 T</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">T. Okada</w:t>
+                <w:t xml:space="preserve">A High Performance Insulated REBCO Pancake With Conductive Cooling Capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satoshi Awaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Awaji</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 33 (5), pp.4601405. </w:t>
+              <w:t xml:space="preserve">, 2023, 33 (5), pp.4600405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3252496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3242219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311884v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Validation of Robust REBCO Insert Concept on a Large 20-Pancake Prototype Reaching Up to 25 T</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performance Test of 20-Stacked Two-Tapes-Bundled REBCO Pancake Coils for Upgrading of 25-T Cryogen-Free Superconducting Magnet to 30 T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Takahashi</w:t>
+                <w:t xml:space="preserve">K. Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Zampa</w:t>
+                <w:t xml:space="preserve">A. Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Okada</w:t>
+                <w:t xml:space="preserve">T. Okada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Nishijima</w:t>
+                <w:t xml:space="preserve">S. Awaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 33 (5), pp.4601505. </w:t>
+              <w:t xml:space="preserve">, 2023, 33 (5), pp.4601405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3255178⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3252496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04084081v1</w:t>
+                <w:t xml:space="preserve">hal-04311884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilizers for REBCO Conductors for High Performance SFCL</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Vialle</w:t>
+                <w:t xml:space="preserve">First Validation of Robust REBCO Insert Concept on a Large 20-Pancake Prototype Reaching Up to 25 T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Zampa</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">K Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Zampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Nishijima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 33 (8), pp.1-10. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3312052⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 33 (5), pp.4601505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3255178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311899v1</w:t>
+                <w:t xml:space="preserve">hal-04084081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REBCO Coil With Robust Behavior Against Local Defects Wound Using Two-Tape Bundle</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stabilizers for REBCO Conductors for High Performance SFCL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Awaji</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 32 (6), pp.4603306. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 33 (8), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2023.3312052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3163690⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03875935v1</w:t>
+                <w:t xml:space="preserve">hal-04311899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">12 T Insulated REBCO Magnet Used as 1 MJ SMES: Protection Strategies and Preliminary Assembly Tests</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Vialle</w:t>
+                <w:t xml:space="preserve">Mechanical Properties of Four-Stacked Two Tape Bundled REBCO Pancake Coils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsunori Okada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Satoshi Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Miyazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 32 (6), pp.4702307. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3180979⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 32 (6), pp.8400305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3166469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875431v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Properties of Four-Stacked Two Tape Bundled REBCO Pancake Coils</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hiroshi Miyazaki</w:t>
+                <w:t xml:space="preserve">REBCO Coil With Robust Behavior Against Local Defects Wound Using Two-Tape Bundle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fujita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 32 (6), pp.8400305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3166469⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 32 (6), pp.4603306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3163690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882602v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03875935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current redistribution during inhomogeneous quench of 2G HTS tapes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">12 T Insulated REBCO Magnet Used as 1 MJ SMES: Protection Strategies and Preliminary Assembly Tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6668/ac7c96⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (6), pp.4702307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3180979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04440406v2</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03875431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AC Loss Measurements in an HTS Coil Wound Using Two-Ply Bundle Conductor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kazuhiro Kajikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Fujiwara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miyabi Miezaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satoshi Awaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 32 (4), pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2021.3135483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Local Inhomogeneities in the REBCO Layer on the Mechanism of Quench Onset in 2G HTS Tapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Current redistribution during inhomogeneous quench of 2G HTS tapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sirois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3151950⟩</w:t>
+              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 (9), pp.095003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6668/ac7c96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875956v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440406v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust REBCO Insert Coil for Upgrade of 25 T Cryogen-Free Superconducting Magnet</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Influence of Local Inhomogeneities in the REBCO Layer on the Mechanism of Quench Onset in 2G HTS Tapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Holleis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hiroshi Miyazaki</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3061896⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 32 (3), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2022.3151950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882735v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03875956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Observations of the Hot-Spot Regime On 2G HTS Coated Conductors</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Electromagnetic Characteristics Study of Two-Ply REBCO Tapes Pancake Coils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Miyazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3063662⟩</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3069685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04440401v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and Protection Against Quench/Local Thermal Runaway for a 30 T Cryogen-Free Magnet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effect of the Conductor Length on the Hot-Spot Regime for Resistive-Type Superconducting Fault Current Limiter Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3059604⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 31 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3078818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882745v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Observations of the Hot-Spot Regime On 2G HTS Coated Conductors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 31 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2021.3063662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03651460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Tests of Pancakes From a 12 T REBCO Insulated Solenoid Magnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Cicéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 31 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2021.3057837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03651459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic Characteristics Study of Two-Ply REBCO Tapes Pancake Coils</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Badel</w:t>
+                <w:t xml:space="preserve">Effect of the Conductor Length on the Hot-Spot Regime for Resistive-Type Superconducting Fault Current Limiter Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Awaji</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3069685⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 31 (6), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3078818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03882716v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the Conductor Length on the Hot-Spot Regime for Resistive-Type Superconducting Fault Current Limiter Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Transient voltages and energy balance in REBCO insulated magnet: experimental and numerical studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3078818⟩</w:t>
+              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (11), pp.115012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6668/ac2623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03651458v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the Conductor Length on the Hot-Spot Regime for Resistive-Type Superconducting Fault Current Limiter Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Experimental Observations of the Hot-Spot Regime On 2G HTS Coated Conductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 31 (6), pp.1-11. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3078818⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3063662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04440400v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient voltages and energy balance in REBCO insulated magnet: experimental and numerical studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robust REBCO Insert Coil for Upgrade of 25 T Cryogen-Free Superconducting Magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Satoshi Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsunori Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Miyazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6668/ac2623⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3061896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03651456v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-bandwidth piezoelectric energy harvesting with frequency-tuning synchronized electric charge extraction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Gibus</w:t>
+                <w:t xml:space="preserve">Detection and Protection Against Quench/Local Thermal Runaway for a 30 T Cryogen-Free Magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsunori Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.-S. Yoo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Gasnier</w:t>
+                <w:t xml:space="preserve">Shinji Fujita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Miyazaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2019.111759⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (5), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2021.3059604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348327v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of 'quench' or the occurrence and propagation of dissipative zones in REBCO high temperature superconducting coils</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Blandine Rozier</w:t>
+                <w:t xml:space="preserve">Large-bandwidth piezoelectric energy harvesting with frequency-tuning synchronized electric charge extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Meunier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-S. Yoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science &amp; Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6668/ab181f⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 302, pp.111759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2019.111759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02509494v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Dynamic Current Distribution in REBCO Insulated Coils Using a Volume Integral Formulation for Protection Purpose</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Field Stability Analysis of 25 T Cryogen-Free Superconducting Magnet and Upgrade Plans for 30 T System at HFLSM, IMR, Tohoku University</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satoshi Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuto Imai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsunori Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 29 (5), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 29 (5), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2019.2898699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2019.2903046⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02350897v1</w:t>
+                <w:t xml:space="preserve">hal-03882796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field Stability Analysis of 25 T Cryogen-Free Superconducting Magnet and Upgrade Plans for 30 T System at HFLSM, IMR, Tohoku University</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Calculation of the local current density in high-temperature superconducting insulated rare earth–barium–copper oxide coils using a volume integral formulation and its contribution to coil protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6668/aaff9c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2019.2898699⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03882796v1</w:t>
+                <w:t xml:space="preserve">hal-02509505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calculation of the local current density in high-temperature superconducting insulated rare earth–barium–copper oxide coils using a volume integral formulation and its contribution to coil protection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation of Local Dissipation Phenomena in the REBCO Insert of the 25-T CSM Magnet: Understanding and Preventing Destructive Thermal Runaway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Rozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Takahashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gérard Meunier</w:t>
+                <w:t xml:space="preserve">Satoshi Awaji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6668/aaff9c⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (5), pp.4600605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2019.2894831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02509505v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of Local Dissipation Phenomena in the REBCO Insert of the 25-T CSM Magnet: Understanding and Preventing Destructive Thermal Runaway</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling of Dynamic Current Distribution in REBCO Insulated Coils Using a Volume Integral Formulation for Protection Purpose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Rozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Satoshi Awaji</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badel Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 29 (5), pp.4600605. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2019.2894831⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 29 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2019.2903046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350898v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test in Strong Background Field of a Modular Element of a REBCO 1 MJ High Energy Density SMES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modeling of 'quench' or the occurrence and propagation of dissipative zones in REBCO high temperature superconducting coils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederick Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2018.2820906⟩</w:t>
+              <w:t xml:space="preserve">Superconductor Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (9), pp.094001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6668/ab181f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02020629v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal-as-insulation variant of no-insulation HTS winding technique: pancake tests under high background magnetic field and high current at 4.2 K</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Characterization of HTS Insulated Coil for High Field Insert up to 19 T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Benkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Jacolin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Chaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Fazilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6668/aab4ec⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (3), pp.4601905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2778701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01921370v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of HTS Insulated Coil for High Field Insert up to 19 T</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal-as-insulation variant of no-insulation HTS winding technique: pancake tests under high background magnetic field and high current at 4.2 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Chaud</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">T Lécrevisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Benkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Fazilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2778701⟩</w:t>
+              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (5), pp.055008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6668/aab4ec⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02020276v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EuCARD2 Future Magnets Program for Particle Accelerator High-Field Dipoles: Review of Results and Next Steps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Test in Strong Background Field of a Modular Element of a REBCO 1 MJ High Energy Density SMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Cicéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marta Bajko</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amalia Ballarino</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphael Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederick Forest</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 28 (3), pp.1--10</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 28 (4), pp.5701005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2018.2820906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277830v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operation of an SCFCL at 65 K</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The EuCARD2 Future Magnets Program for Particle Accelerator High-Field Dipoles: Review of Results and Next Steps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucio Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bajas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Bajko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Ballarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 28 (4), pp.5601005. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018, 28 (3), pp.1--10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02020625v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superconducting magnetic energy storage and superconducting self-supplied electromagnetic launcher★</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Operation of an SCFCL at 65 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2017160452⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (4), pp.5601005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2018.2797303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02017489v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REBCO tape performance under high magnetic field</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Preliminary Tests and Margin Estimate for a REBCO Insulated 10 T Insert Under High Magnetic Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Benkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Richel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lecrevisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2017160430⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (4), pp.4602105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2654418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01921380v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary Tests and Margin Estimate for a REBCO Insulated 10 T Insert Under High Magnetic Field</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Lecrevisse</w:t>
+                <w:t xml:space="preserve">Design of a Superconducting Self-Supplied Electromagnetic Launcher Proof of Concept Using HTS REBCO Conductor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ciceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 27 (4), pp.4602105. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2654418⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 27 (4), pp.3601605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2626271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01921392v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a Superconducting Self-Supplied Electromagnetic Launcher Proof of Concept Using HTS REBCO Conductor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Superconducting Fault Current Limiter for Ship Grid Simulation and Demonstration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Auran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Santos Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 27 (4), pp.3601605. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2626271⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 27 (4), pp.5601705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2674964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015714v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superconducting Fault Current Limiter for Ship Grid Simulation and Demonstration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Superconducting magnetic energy storage and superconducting self-supplied electromagnetic launcher★</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Cicéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guilherme Santos Pereira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2674964⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 80 (2), pp.20901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2017160452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015716v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Considerations for High-Energy Density SMES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">REBCO tape performance under high magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tara Benkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuyuki Miyoshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederick Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 79 (3), pp.30601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2017160430⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2655627⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02277829v1</w:t>
+                <w:t xml:space="preserve">hal-01921380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of the constitutive materials of MgB 2 multi-filamentary wires for the development of 3D numerical models</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Design Considerations for High-Energy Density SMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Ciceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederick Forest</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6668/aa56fb⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (4), pp.5700705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2655627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015175v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partially Insulated Twisted Stacked Cable for HTS Insert of a Particle Accelerator</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Experimental characterization of the constitutive materials of MgB 2 multi-filamentary wires for the development of 3D numerical models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Escamez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sirois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tousignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2677470⟩</w:t>
+              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 30 (3), pp.034008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6668/aa56fb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02058672v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Study of a 10-T REBCO Insert Solenoid</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Partially Insulated Twisted Stacked Cable for HTS Insert of a Particle Accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Himbele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 26 (4), pp.4600405. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 27 (4), pp.4004205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2017.2677470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2518810⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01921397v1</w:t>
+                <w:t xml:space="preserve">hal-02058672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The design, fabrication and characterization of fluidic membranes for micro-engines with the aim of frequency lowering</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Numerical Impact of Using Different E–J Relationships for 3-D Simulations of AC Losses in MgB2Superconducting Wires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Escamez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sirois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/26/12/124009⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (3), pp.7402904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2480960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130952v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Status of the Demonstrator Magnets for the EuCARD-2 Future Magnets Project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The design, fabrication and characterization of fluidic membranes for micro-engines with the aim of frequency lowering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ravinder Kumar Chutani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Formosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Kirby</w:t>
+                <w:t xml:space="preserve">Michel Labachelerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rossi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Lanzetta</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2528544⟩</w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (12), pp.124009 - 124016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/26/12/124009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277762v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Impact of Using Different E–J Relationships for 3-D Simulations of AC Losses in MgB2Superconducting Wires</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+                <w:t xml:space="preserve">Status of the Demonstrator Magnets for the EuCARD-2 Future Magnets Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kirby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bajko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ballarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2480960⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (3), pp.4003307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2528544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01950217v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-D Numerical Modeling of AC Losses in Multifilamentary MgB 2 Wires</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
+                <w:t xml:space="preserve">Advances in the Development of a 10-kA Class REBCO Cable for the EuCARD2 Demonstrator Magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ballarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bottura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M. J. Dhalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 26 (3), pp.4701907. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2533024⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 26 (3), pp.4803908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2548938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957728v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in the Development of a 10-kA Class REBCO Cable for the EuCARD2 Demonstrator Magnet</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. M. J. Dhalle</w:t>
+                <w:t xml:space="preserve">3-D Numerical Modeling of AC Losses in Multifilamentary MgB 2 Wires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Escamez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sirois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valtteri Lahtinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antti Stenvall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 26 (3), pp.4803908. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2548938⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 26 (3), pp.4701907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2533024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277754v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HTS Dipole Magnet for a Particle Accelerator Using a Twisted Stacked Cable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John J. Himbele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 26 (3), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2542058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REBCO Performance at High Field With Low Incident Angle and Preliminary Tests for a 10-T Insert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara Benkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasuyuki Miyoshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Escamez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gonzales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 26 (3), pp.4302705. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2540158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REBCO FCL Modelling: Influence of Local Critical Current Non-Uniformities on Overall Behavior for Various Tape Architectures</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Design Study of a 10-T REBCO Insert Solenoid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Borgnolutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Benkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Debray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 25 (3), pp.5600504. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2014.2371926⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 26 (4), pp.4600405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2016.2518810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01859463v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The EuCARD-2 Future Magnets European Collaboration for Accelerator-Quality HTS Magnets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bajko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ballarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bottura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (3), pp.4001007. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/tasc.2014.2364215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superconducting Fault Current Limiter optimized design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">REBCO FCL Modelling: Influence of Local Critical Current Non-Uniformities on Overall Behavior for Various Tape Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Escamez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica C: Superconductivity and its Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physc.2015.06.007⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (3), pp.5600504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2014.2371926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01876133v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance tests of prototype high-field HTS coils in Grenoble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasuyuki Miyoshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara Benkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (3), pp.4600505. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2014.2363883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Modelling of AC Hysteresis Losses in HTS Tubes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Superconducting Fault Current Limiter optimized design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2014.2387116⟩</w:t>
+              <w:t xml:space="preserve">Physica C: Superconductivity and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 518, pp.130 - 133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physc.2015.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01298579v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New nonlinear vibration energy harvesters based on PVDF hybrid fluid diaphragm</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Numerical Modelling of AC Hysteresis Losses in HTS Tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Escamez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (3), pp.8201505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2014.2387116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042879v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01298579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Model of Quench Propagation in Coated Conductors Applied to Fault Current Limiter Design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">New nonlinear vibration energy harvesters based on PVDF hybrid fluid diaphragm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Formosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Abplanalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 557, pp.012088</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2013.2247091⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03881488v1</w:t>
+                <w:t xml:space="preserve">hal-02042879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Way to Measure the Thermal Conductance of the ReBCO/Substrate Interface in Coated Conductors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">Hybrid Model of Quench Propagation in Coated Conductors Applied to Fault Current Limiter Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Antognazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Decroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Abplanalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 23 (3), pp.9000604-9000604. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 23 (3), pp.5603705-5603705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2013.2247091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2012.2235112⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03881494v1</w:t>
+                <w:t xml:space="preserve">hal-03881488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid model of quench propagation in coated conductors for fault current limiters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Badel</w:t>
+                <w:t xml:space="preserve">A New Way to Measure the Thermal Conductance of the ReBCO/Substrate Interface in Coated Conductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Antognazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Antognazza</w:t>
+                <w:t xml:space="preserve">M. Decroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Therasse</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Abplanalp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 25 (9), pp.095015. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (3), pp.9000604-9000604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-2048/25/9/095015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2012.2235112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03881482v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03881494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized use of Superconducting Magnetic Energy Storage for Electromagnetic Launcher powering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 25 (1), pp.014006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8075,64 +8075,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SMES to supply an Electromagnetic Launcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Amiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8186,634 +8186,768 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00982821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test of a twin coil HTS SMES for high power pulse operation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Hybrid model of quench propagation in coated conductors for fault current limiters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Dedié</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louis Antognazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Therasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Abplanalp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Schacherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASC.2010.2090321⟩</w:t>
+              <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (9), pp.095015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-2048/25/9/095015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00789481v1</w:t>
+                <w:t xml:space="preserve">hal-03881482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and preliminary tests of a twin coil HTS SMES for pulse power operation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deleglise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Superconductor Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 24 (5), 055010, 10 p. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-2048/24/5/055010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00574565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-Stage Superconducting XRAM Generator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dedié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Brommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 18 (4), pp.1189-1193. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TDEI.2011.5976114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00789477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quench detection system for twin coils HTS SMES</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Test of a twin coil HTS SMES for high power pulse operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Exshaw</w:t>
+                <w:t xml:space="preserve">P. Dedié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cryogenics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cryogenics.2010.06.015⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (3), pp.1375 - 1378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2010.2090321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00611797v1</w:t>
+                <w:t xml:space="preserve">hal-00789481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quench detection system for twin coils HTS SMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tixador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Simiand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Exshaw</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cryogenics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 50 (10), pp.674-681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cryogenics.2010.06.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00611797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">First tests of a 800 kJ HTS SMES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deleglise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Bellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18 (2), pp. 774-778. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASC.2008.921319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00348398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8823,163 +8957,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AC losses and induced fields in HTS coil wound using two-ply coated conductors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Yokoyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Kajikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Awaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1559 (1), pp.012130, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1559/1/012130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8989,192 +9123,192 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanceur électromagnétique à rails et procédé associé de lancement d'un projectile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Amiet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: brevet FR N°11/00111d/40557. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00796936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détecteurs de transition d'une bobine supra-conductrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tixador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: 1000663. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00611911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9184,382 +9318,264 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superconducting Magnetic Energy Storage Haute Température Critique comme Source Impulsionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Supraconductivité [cond-mat.supr-con]. Institut National Polytechnique de Grenoble - INPG, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00654844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating oxides by electrochemical projection of the oxygen off-stoichiometry diagram onto a single sample</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Fast track to the overdoped regime of superconducting YBa2Cu3O7-δ thin films via electrochemical oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Andreas Nenning</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aiswarya Kethamkuzhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Obradors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...47 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId292"/>
+      <w:footerReference w:type="default" r:id="rId293"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9627,51 +9643,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BA90DD9F"/>
+    <w:nsid w:val="53D443AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9858,51 +9874,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/badel-arnaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5273-2612" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/R-4123-2017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422815v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayato Nezuka" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuro Uto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Takewa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shimonosono" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Badel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3641099" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416373v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Obradors" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Palau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Puig" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5tc02998h" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422820v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vialle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Cic&#233;ron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohki Takahashi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Awaji" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3640584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416375v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zampa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsunori Okada" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3525608" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422801v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pavan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lacroix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Torre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Topin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3630113" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422805v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Uto" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tosaka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shitaka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nezuka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hanai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2024.3524490" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940053v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexndre Zampa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Tsuchiya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2024.3367620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311894v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tixador" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3242219" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Takahashi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zampa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Okada" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Awaji" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3252496" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084081v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Takahashi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zampa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Okada" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Nishijima" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3255178" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311899v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zampa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3312052" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875935v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Abe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fujita" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3163690" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875431v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3180979" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Miyazaki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3166469" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440406v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lacroix" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sirois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/ac7c96" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882674v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Kajikawa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Fujiwara" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyabi Miezaki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3135483" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875956v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Holleis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bernardi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3151950" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882735v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3061896" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440401v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3063662" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882745v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinji Fujita" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3059604" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651460v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651459v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Forest" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3057837" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882716v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Miyazaki" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3069685" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651458v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3078818" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440400v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651456v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rozier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/ac2623" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348327v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-S. Yoo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111759" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509494v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/ab181f" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350897v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badel Arnaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2019.2903046" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882796v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuto Imai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2019.2898699" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509505v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/aaff9c" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350898v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2019.2894831" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020629v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Pasquet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2018.2820906" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921370v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T L&#233;crevisse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Benkel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fazilleau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/aab4ec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020276v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benkel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jacolin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rozier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2778701" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277830v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Rossi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bajas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bajko" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Ballarino" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020625v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vialle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2018.2797303" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017489v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160452" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921380v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Benkel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuyuki Miyoshi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160430" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921392v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lecrevisse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2654418" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015714v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ciceron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pasquet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Voisin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2626271" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015716v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Auran" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Santos Pereira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2674964" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277829v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Ciceron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2655627" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015175v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Escamez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tousignant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Granger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/aa56fb" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058672v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Himbele" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2677470" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921397v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Borgnolutti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Debray" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2518810" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130952v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravinder Kumar Chutani" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Labachelerie" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lanzetta" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/26/12/124009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277762v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kirby" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rossi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bajko" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ballarino" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2528544" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950217v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2480960" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957728v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valtteri Lahtinen" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Stenvall" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2533024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277754v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barth" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bottura" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. J. Dhalle" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2548938" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277759v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John J. Himbele" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2542058" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921395v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonzales" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2540158" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859463v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2014.2371926" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147404v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tasc.2014.2364215" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876133v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physc.2015.06.007" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1FBVH6SM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147401v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vincent" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2014.2363883" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298579v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2014.2387116" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042879v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881488v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Antognazza" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Decroux" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abplanalp" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2013.2247091" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881494v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2012.2235112" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881482v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Antognazza" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Therasse" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Abplanalp" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Schacherer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-2048/25/9/095015" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982811v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-2048/25/1/014006" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-LRWX6P6G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982821v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amiet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brommer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2011.2174549" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789481v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dedi&#233;" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2010.2090321" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574565v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Deleglise" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-2048/24/5/055010" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8F2338EC25CF0EC39C762FE13ABBC55E4101997C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789477v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2011.5976114" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611797v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Simiand" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Exshaw" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryogenics.2010.06.015" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7H8D30PC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348398v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bellin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2008.921319" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882786v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Yokoyama" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zhu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kajikawa" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Awaji" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Badel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1559/1/012130" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796936v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611911v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00654844v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422861v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schmid" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeel Riaz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krammer" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Nenning" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422866v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiswarya Kethamkuzhi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Roussel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Pop" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/badel-arnaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5273-2612" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/R-4123-2017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422820v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Badel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vialle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Cic&#233;ron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohki Takahashi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Awaji" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3640584" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422815v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayato Nezuka" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuro Uto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Takewa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shimonosono" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3641099" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422861v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schmid" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeel Riaz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krammer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Nenning" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202501751" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416375v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zampa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsunori Okada" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3525608" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422801v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pavan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lacroix" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Torre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Topin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2025.3630113" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416373v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Obradors" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Palau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Puig" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5tc02998h" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422805v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Uto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tosaka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shitaka" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nezuka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hanai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2024.3524490" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexndre Zampa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Tsuchiya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2024.3367620" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311894v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tixador" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3242219" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311884v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Takahashi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zampa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Okada" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Awaji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3252496" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084081v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Takahashi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zampa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Okada" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Nishijima" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3255178" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311899v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zampa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2023.3312052" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Miyazaki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3166469" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875935v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Abe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fujita" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3163690" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875431v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3180979" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882674v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Kajikawa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Fujiwara" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyabi Miezaki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3135483" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440406v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lacroix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sirois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/ac7c96" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875956v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Holleis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bernardi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2022.3151950" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882716v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Miyazaki" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3069685" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651458v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3078818" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651460v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3063662" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651459v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Forest" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3057837" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440400v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651456v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rozier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/ac2623" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440401v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882735v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3061896" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882745v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinji Fujita" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2021.3059604" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348327v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-S. Yoo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111759" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882796v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuto Imai" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2019.2898699" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509505v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/aaff9c" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350898v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2019.2894831" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350897v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badel Arnaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2019.2903046" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509494v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/ab181f" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020276v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benkel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jacolin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rozier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2778701" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921370v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T L&#233;crevisse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Benkel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fazilleau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/aab4ec" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020629v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Pasquet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2018.2820906" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277830v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Rossi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bajas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bajko" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Ballarino" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020625v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vialle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2018.2797303" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921392v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lecrevisse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2654418" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015714v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ciceron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pasquet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Voisin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2626271" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015716v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Auran" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Santos Pereira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2674964" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017489v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160452" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921380v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Benkel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuyuki Miyoshi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160430" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277829v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Ciceron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2655627" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015175v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Escamez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tousignant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Granger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6668/aa56fb" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058672v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Himbele" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2017.2677470" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950217v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2480960" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130952v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravinder Kumar Chutani" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Labachelerie" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lanzetta" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/26/12/124009" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277762v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kirby" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rossi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bajko" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ballarino" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2528544" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277754v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barth" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bottura" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. J. Dhalle" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2548938" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957728v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valtteri Lahtinen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Stenvall" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2533024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277759v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John J. Himbele" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2542058" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921395v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonzales" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2540158" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921397v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Borgnolutti" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Debray" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2518810" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147404v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tasc.2014.2364215" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859463v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2014.2371926" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147401v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vincent" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2014.2363883" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876133v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physc.2015.06.007" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1FBVH6SM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298579v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2014.2387116" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042879v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881488v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Antognazza" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Decroux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abplanalp" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2013.2247091" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881494v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2012.2235112" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982811v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-2048/25/1/014006" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-LRWX6P6G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982821v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amiet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brommer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2011.2174549" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881482v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Antognazza" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Therasse" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Abplanalp" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Schacherer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-2048/25/9/095015" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574565v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berger" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Deleglise" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-2048/24/5/055010" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8F2338EC25CF0EC39C762FE13ABBC55E4101997C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789477v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dedi&#233;" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2011.5976114" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789481v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2010.2090321" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611797v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Simiand" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Exshaw" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryogenics.2010.06.015" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7H8D30PC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348398v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bellin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2008.921319" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882786v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Yokoyama" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zhu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kajikawa" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Awaji" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Badel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1559/1/012130" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796936v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611911v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00654844v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422866v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiswarya Kethamkuzhi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Roussel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Pop" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>