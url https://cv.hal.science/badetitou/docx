--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1094,330 +1094,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05136135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Data Serialization Efficiency in REST Services: Migrating from JSON to Protocol Buffers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anas Shatnawi</w:t>
+                <w:t xml:space="preserve">GitProjectHealth: an Extensible Framework for Git Social Platform Mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hlad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Verhaeghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adem Bahri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Verhaeghe</w:t>
+                <w:t xml:space="preserve">Kilian Bauvent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Software Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Bilbao, Spain. pp.193 - 200, </w:t>
+              <w:t xml:space="preserve">2025 IEEE/ACM 22nd International Conference on Mining Software Repositories (MSR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Ottawa, France. pp.596-600, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0013459500003964⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MSR66628.2025.00094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05461802v1</w:t>
+                <w:t xml:space="preserve">hal-05127341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GitProjectHealth: an Extensible Framework for Git Social Platform Mining</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Hlad</w:t>
+                <w:t xml:space="preserve">FASTTypeScript Metamodel Generation Using FAST Traits and Tree-Sitter Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aless Hosry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Verhaeghe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kilian Bauvent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE/ACM 22nd International Conference on Mining Software Repositories (MSR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IWST 2025: International Workshop on Smalltalk Technologies,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Gdansk, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05127341v1</w:t>
+                <w:t xml:space="preserve">hal-05461766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FASTTypeScript Metamodel Generation Using FAST Traits and Tree-Sitter Project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aless Hosry</w:t>
+                <w:t xml:space="preserve">Enhancing Data Serialization Efficiency in REST Services: Migrating from JSON to Protocol Buffers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Shatnawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adem Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubou Thiam Niang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Verhaeghe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWST 2025: International Workshop on Smalltalk Technologies,</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Software Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Bilbao, Spain. pp.193 - 200, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0013459500003964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05461766v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Service Extraction from Object-Oriented Monolithic Systems: Supporting Incremental Migration</w:t>
               </w:r>
@@ -2909,247 +2909,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02019015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migrating GWT to Angular 6 using MDE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Switching of GUI framework: the case from Spec to Spec 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dutriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Verhaeghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Derras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SATToSE 2019 - 12th Seminar on Advanced Techniques &amp; Tools for Software Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bolzano, Italy</w:t>
+              <w:t xml:space="preserve">International Workshop on Smalltalk Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02304301v1</w:t>
+                <w:t xml:space="preserve">hal-02297858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switching of GUI framework: the case from Spec to Spec 2</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Migrating GWT to Angular 6 using MDE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Verhaeghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Anquetil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Seriai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deruelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Smalltalk Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">SATToSE 2019 - 12th Seminar on Advanced Techniques &amp; Tools for Software Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297858v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empirical Study of Programming to an Interface</w:t>
               </w:r>
@@ -3821,51 +3821,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1837B8E"/>
+    <w:nsid w:val="AF399BE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4052,51 +4052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/badetitou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4588-2698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05388914v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louay Khrouf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Shatnawi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rouvoy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Verhaeghe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Thiam Niang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MS.2025.3641504" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050310v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Darbord" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Etien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anquetil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MS.2023.3263019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256021v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Verhaeghe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ducasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Seriai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10515-021-00284-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MS.2021.3101249" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224483v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Boukharouba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02088-8_29" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466051v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ayachi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Fuhrman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136135v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Alili" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hlad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013570300003964" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461802v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Bahri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013459500003964" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127341v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Bauvent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSR66628.2025.00094" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461766v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aless Hosry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951335v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufyane Labsari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Sayar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127336v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GREENS66463.2025.00012" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841805v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461753v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622256v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Vandewaeter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04835513v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Capdepon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak-Djamel Seriai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3691620.3695313" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272047v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219649v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772864v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011338900003266" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02972159v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahugnon H Houekpetodji" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02914750v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Bragagnolo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019015v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deruelle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02304301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297858v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Dutriez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02353681v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Guerrouj" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02304296v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01717343v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Demeyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VST.2018.8327152" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01579106v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blondeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139903.3139909" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03539458v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LILUB014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/badetitou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4588-2698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05388914v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louay Khrouf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Shatnawi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rouvoy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Verhaeghe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Thiam Niang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MS.2025.3641504" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050310v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Darbord" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Etien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anquetil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MS.2023.3263019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256021v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Verhaeghe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ducasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Seriai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10515-021-00284-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MS.2021.3101249" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224483v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Boukharouba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02088-8_29" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466051v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ayachi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Fuhrman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136135v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Alili" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hlad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013570300003964" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127341v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Bauvent" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSR66628.2025.00094" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461766v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aless Hosry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461802v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Bahri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013459500003964" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951335v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufyane Labsari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Sayar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127336v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GREENS66463.2025.00012" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841805v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461753v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622256v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Vandewaeter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04835513v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Capdepon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak-Djamel Seriai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3691620.3695313" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272047v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219649v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772864v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011338900003266" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02972159v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahugnon H Houekpetodji" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02914750v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Bragagnolo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019015v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deruelle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297858v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Dutriez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02304301v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02353681v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Guerrouj" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02304296v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01717343v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Demeyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VST.2018.8327152" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01579106v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blondeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139903.3139909" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03539458v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LILUB014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>