--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1572,265 +1572,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01789216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards surrogate modeling of material microstructures through the processing variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An objective meta-modeling approach for indentation-based material characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balaji Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liang Xia</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xavier Hernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Mauvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 294, pp.157-168. </w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 107, pp.31-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.amc.2016.08.056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2017.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01358149v1</w:t>
+                <w:t xml:space="preserve">hal-01451417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An objective meta-modeling approach for indentation-based material characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liang Meng</w:t>
+                <w:t xml:space="preserve">Towards surrogate modeling of material microstructures through the processing variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 107, pp.31-44. </w:t>
+              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 294, pp.157-168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2017.01.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.amc.2016.08.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01451417v1</w:t>
+                <w:t xml:space="preserve">hal-01358149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined meso-scale modeling and experimental investigation of the effect of mechanical damage on the transport properties of cementitious composites</w:t>
               </w:r>
@@ -2044,278 +2044,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01225594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a realistic morphological model for the meso-scale mechanical and transport behavior of cementitious composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Davood Niknezhad</w:t>
+                <w:t xml:space="preserve">Identification of material properties using indentation test and shape manifold learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Mauvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 81, pp.72-83. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 297, pp.239-257. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2015.06.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2015.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01174842v1</w:t>
+                <w:t xml:space="preserve">hal-01196746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of material properties using indentation test and shape manifold learning approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+                <w:t xml:space="preserve">Towards a realistic morphological model for the meso-scale mechanical and transport behavior of cementitious composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Niknezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siham Kamali-Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 297, pp.239-257. </w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 81, pp.72-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2015.09.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2015.06.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01196746v1</w:t>
+                <w:t xml:space="preserve">hal-01174842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A manifold learning-based reduced order model for springback shape characterization and optimization in sheet metal forming</w:t>
               </w:r>
@@ -2675,647 +2675,647 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00978587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical material representation using proper orthogonal decomposition and diffuse approximation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a space reduction approach for efficient structural shape optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Weihong Zhang</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Tourbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amc.2013.08.052⟩</w:t>
+              <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48 (5), pp.987-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00158-013-0942-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01993134v1</w:t>
+                <w:t xml:space="preserve">hal-01994229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asynchronous evolutionary shape optimization based on high-quality surrogates: application to an air-conditioning duct</w:t>
+                <w:t xml:space="preserve">A bi-level meta-modeling approach for structural optimization using modified POD bases and Diffuse Approximation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Hamdaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manyu Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering with Computers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 127, pp.19-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2012.06.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00366-012-0263-0⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01994233v1</w:t>
+                <w:t xml:space="preserve">hal-00982710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards simultaneous reduction of both input and output spaces for interactive simulation-based structural design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 265, pp.174-185. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cma.2013.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00977903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a space reduction approach for efficient structural shape optimization</w:t>
+                <w:t xml:space="preserve">Asynchronous evolutionary shape optimization based on high-quality surrogates: application to an air-conditioning duct</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering with Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (4), pp.467-476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00366-012-0263-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00158-013-0942-5⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01994229v1</w:t>
+                <w:t xml:space="preserve">hal-01994233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bi-level meta-modeling approach for structural optimization using modified POD bases and Diffuse Approximation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical material representation using proper orthogonal decomposition and diffuse approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Villon</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 127, pp.19-28. </w:t>
+              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 224, pp.450-462. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2012.06.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.amc.2013.08.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00982710v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01993134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POD-morphing, an a posteriori grid parametrization method for shape optimization</w:t>
               </w:r>
@@ -4088,204 +4088,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04403924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a Reduced-Order Modeling strategy for accounting for texture information in the context of polycrystalline plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced-Order Polycrystalline Texture Representation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianqiang Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bingqian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Conference on the Cooperation and Integration of Industry, Education, Research and Application</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Wuhan, China</w:t>
+              <w:t xml:space="preserve">XVII International Conference on Computational Plasticity, COMPLAS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04404368v1</w:t>
+                <w:t xml:space="preserve">hal-04404002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A NEW MODELING STRATEGY ACCOUNTING FOR MATERIAL TEXTURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianqiang Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Mayer Grigoleto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4300,182 +4304,178 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Multi-scale Computational Methods for Solids and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Sarajevo, Bosnia and Herzegovina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04404030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-Order Polycrystalline Texture Representation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using a Reduced-Order Modeling strategy for accounting for texture information in the context of polycrystalline plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bingqian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianqiang Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balaji Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVII International Conference on Computational Plasticity, COMPLAS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">2023 International Conference on the Cooperation and Integration of Industry, Education, Research and Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Wuhan, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04404002v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04404368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un paradigme d'apprentissage de variété pour la caractérisation de l'anisotropie plastique dans des métaux et des alliages métalliques</w:t>
               </w:r>
@@ -4889,51 +4889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
@@ -5176,584 +5176,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01373543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the mechanical and transport coupling in self-compacting concrete Part I: morphological mechanical and boundary conditions modeling at the meso-scale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Davood Niknezhad</w:t>
+                <w:t xml:space="preserve">Vers une approche objective pour l'identification des paramètres mécaniques basée sur l'interpolation d'empreinte.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Mauvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Hernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34èmes Rencontres de l’AUGC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">Colloque Indentation 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d'Indentation Multi Echelle Nord Pas-de-Calais, Oct 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01516739v1</w:t>
+                <w:t xml:space="preserve">hal-01371342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape Optimization in Metal Forming Applications Based on the Shape-Manifold Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
+                <w:t xml:space="preserve">Characterizing the mechanical and transport coupling in self-compacting concrete Part II: comparing damaged permeability calculations with experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Niknezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siham Kamali-Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUMIFORM 2016 - The 12th International Conference on Numerical Methods in Industrial Forming Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Technology of Troyes, Troyes, France, Jul 2016, Troyes, France</w:t>
+              <w:t xml:space="preserve">34èmes Rencontres de l’AUGC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Universitaire du Génie Civil, May 2016, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01382209v1</w:t>
+                <w:t xml:space="preserve">hal-01373540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une approche objective pour l'identification des paramètres mécaniques basée sur l'interpolation d'empreinte.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liang Meng</w:t>
+                <w:t xml:space="preserve">Simulation numérique de la résistance résiduelle, aux essais d'arrachement (Pull-out), de l'interface acier béton aux hautes températures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Taj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinda Hannawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Prince-Agbodjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zenasni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Indentation 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe d'Indentation Multi Echelle Nord Pas-de-Calais, Oct 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">conférence internationale : Les matériaux innovants et leurs applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Oujda, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01371342v1</w:t>
+                <w:t xml:space="preserve">hal-02425666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the mechanical and transport coupling in self-compacting concrete Part II: comparing damaged permeability calculations with experimental results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Davood Niknezhad</w:t>
+                <w:t xml:space="preserve">Shape Optimization in Metal Forming Applications Based on the Shape-Manifold Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Siham Kamali-Bernard</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34èmes Rencontres de l’AUGC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Universitaire du Génie Civil, May 2016, Liège, Belgique</w:t>
+              <w:t xml:space="preserve">NUMIFORM 2016 - The 12th International Conference on Numerical Methods in Industrial Forming Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Technology of Troyes, Troyes, France, Jul 2016, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01373540v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01382209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation numérique de la résistance résiduelle, aux essais d'arrachement (Pull-out), de l'interface acier béton aux hautes températures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kinda Hannawi</w:t>
+                <w:t xml:space="preserve">Characterizing the mechanical and transport coupling in self-compacting concrete Part I: morphological mechanical and boundary conditions modeling at the meso-scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Niknezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Zenasni</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siham Kamali-Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">conférence internationale : Les matériaux innovants et leurs applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Oujda, Morocco</w:t>
+              <w:t xml:space="preserve">34èmes Rencontres de l’AUGC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02425666v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01516739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing the mechanical and transport coupling in self-compacting concrete Part I: morphological mechanical and boundary conditions modeling at the meso-scale.</w:t>
               </w:r>
@@ -5949,492 +5949,488 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01167616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de modèle basée sur l'apprentissage par variété appliquée à l'optimisation du procédé d'emboutissage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guénhaël Le Quilliec</w:t>
+                <w:t xml:space="preserve">Simulation numérique 3D d’un BAP : étude de l’influence de la ségrégation et de la morphologie des granulats sur les comportements en traction et en compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Niknezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siham Kamali-Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AUGC: Association Universitaires de Génie Civil, May 2015, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01516441v1</w:t>
+                <w:t xml:space="preserve">hal-01113089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape Manifold Approach for Reduced Order Modeling in Optimization, Springback Quantification and Inverse Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réduction de modèle basée sur l'apprentissage par variété appliquée à l'optimisation du procédé d'emboutissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénhaël Le Quilliec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balaji Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop: Reduced Basis, POD and PGD Model Reduction Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Cachan, France</w:t>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333196v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01516441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation numérique 3D d’un BAP : étude de l’influence de la ségrégation et de la morphologie des granulats sur les comportements en traction et en compression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Davood Niknezhad</w:t>
+                <w:t xml:space="preserve">Shape Manifold Approach for Reduced Order Modeling in Optimization, Springback Quantification and Inverse Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Siham Kamali-Bernard</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AUGC: Association Universitaires de Génie Civil, May 2015, Pau, France</w:t>
+              <w:t xml:space="preserve">Workshop: Reduced Basis, POD and PGD Model Reduction Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01113089v1</w:t>
+                <w:t xml:space="preserve">hal-01333196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of material properties with indentation test and shape manifold learning approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+                <w:t xml:space="preserve">Simulation de la résistance résiduelle à la compression d’un béton exposé aux hautes températures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Taj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinda Hannawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Prince-Agbodjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Zenasni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+              <w:t xml:space="preserve">12me Congres de Mecanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Société Marocaine des Sciences Mécaniques, Le Réseau Universitaire de Mécanique, Apr 2015, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01515066v1</w:t>
+                <w:t xml:space="preserve">hal-01115155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de modèle basée sur l’apprentissage par variété appliquée à l’optimisation du procédé d’emboutissage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6463,329 +6459,333 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSMA 2015: 12me Colloque National en Calcul des Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2015, Presqu'ile de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01113046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de la résistance résiduelle à la compression d’un béton exposé aux hautes températures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kinda Hannawi</w:t>
+                <w:t xml:space="preserve">Reduced order modeling for design optimization-with applications to metal forming and inverse problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Zenasni</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Villon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12me Congres de Mecanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Société Marocaine des Sciences Mécaniques, Le Réseau Universitaire de Mécanique, Apr 2015, Casablanca, Morocco</w:t>
+              <w:t xml:space="preserve">2015 European Altair Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01115155v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order modeling for design optimization-with applications to metal forming and inverse problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of material properties with indentation test and shape manifold learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Hernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 European Altair Technology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01333185v1</w:t>
+                <w:t xml:space="preserve">hal-01515066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique de la résistance résiduelle à la compression du béton aux hautes températures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Taj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinda Hannawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6901,51 +6901,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
@@ -7082,51 +7082,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A POD/PGD reduction approach for an efficient reparameterization of data-driven material microstructure models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7184,433 +7184,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00984659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical material representation using proper orthogonal decomposition and diffuse approximation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical assessment of springback for the deep drawing process by level set interpolation using shape manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Weihong Zhang</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third International Conference on Material Modelling incorporating the Thirteenth European Mechanics of Materials Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Paris ( France), France. pp.NC</w:t>
+              <w:t xml:space="preserve">3rd African Conference on Computational Mechanics, AfriCOMP'13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Livingstone, Zambia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984762v1</w:t>
+                <w:t xml:space="preserve">hal-00984766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards simultaneous meta-modeling for both the output and input spaces for interactive simulation-based structural design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward parameterization of material microstructure based on a bi-level reduced model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balaji Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Liang Xia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RB-POD-PGD : 2nd International Workshop on Reduced Basis, POD and PGD model</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Blois, France. pp.NC</w:t>
+              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984612v1</w:t>
+                <w:t xml:space="preserve">hal-01717843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical assessment of springback for the deep drawing process by level set interpolation using shape manifolds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards simultaneous meta-modeling for both the output and input spaces for interactive simulation-based structural design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Villon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guenhael Le Quilliec</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Xia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd African Conference on Computational Mechanics, AfriCOMP'13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Livingstone, Zambia</w:t>
+              <w:t xml:space="preserve">RB-POD-PGD : 2nd International Workshop on Reduced Basis, POD and PGD model</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Blois, France. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984766v1</w:t>
+                <w:t xml:space="preserve">hal-00984612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward parameterization of material microstructure based on a bi-level reduced model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Numerical material representation using proper orthogonal decomposition and diffuse approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+              <w:t xml:space="preserve">Third International Conference on Material Modelling incorporating the Thirteenth European Mechanics of Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Paris ( France), France. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01717843v1</w:t>
+                <w:t xml:space="preserve">hal-00984762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springback assessment based on level set interpolation and shape manifolds in deep drawing</w:t>
               </w:r>
@@ -8402,69 +8402,56 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00592955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surrogate models based on constrained POD for optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Programming paradigms for parallel finite element analysis and structural optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8486,80 +8473,93 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM 2010: 4th European Conference on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Paris, France. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00985078v1</w:t>
+                <w:t xml:space="preserve">hal-00985075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programming paradigms for parallel finite element analysis and structural optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surrogate models based on constrained POD for optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manyu Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balaji Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Breitkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8581,51 +8581,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM 2010: 4th European Conference on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Paris, France. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00985075v1</w:t>
+                <w:t xml:space="preserve">hal-00985078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanics of Rotating Wound Rolls</w:t>
               </w:r>
@@ -9223,51 +9223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04445491v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Jin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cauvin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balaji Raghavan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Breitkopf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhrajit Dutta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2024.112834" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810665v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Xiao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Raghavan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-022-00231-x" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464826v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Bouvier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2021.104103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420583v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mukherjee" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dutta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.istruc.2021.09.078" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156201v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sougata Mukherjee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongcheng Lu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-021-09544-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02797074v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manyu Xiao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-020-02570-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02531425v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-019-02485-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884269v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Breitkopf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Mauvoisin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bartier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-018-1436-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797288v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fodil Meraghni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.05.038" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362497v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Meng" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenhael Le Quilliec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-016-9189-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Madra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Trochu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.04.008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Xia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2016.08.056" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451417v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hernot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.01.011" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309703v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Niknezhad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bernard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Kamali-Bernard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2016.04.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01225594v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinda Hannawi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Bian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Prince-Agbodjan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2015.09.059" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2015.06.024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196746v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2015.09.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101335v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2014.11.029" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZ2TFM71-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113010v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongnan Xie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Scalia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Rokni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/734863" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978587v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rassineux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-013-1145-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01993134v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2013.08.052" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZKF3787D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01994233v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00366-012-0263-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RBSX0B4S-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977903v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2013.06.010" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01994229v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tourbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-013-0942-5" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-86S0NLJB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982710v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hamdaoui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2012.06.008" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8VF3P4L-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982746v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.19.671-697" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01994237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17797179.2012.719316" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982735v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Mahdavi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mockensturm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Frecker" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-006-0006-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-34F87QRP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982674v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVD.2005.008472" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982728v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.1897737" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404373v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingqian Li" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04403924v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404368v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404030v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mayer Grigoleto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404002v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Leclerc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717743v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249937v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-9829-6_61" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404361v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922520v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373544v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373543v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516739v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382209v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01371342v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373540v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425666v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taj" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zenasni" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373539v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167616v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516441v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nha&#235;l Le Quilliec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333196v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113089v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515066v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113046v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115155v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Taj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zenasni" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333185v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119303v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Prince" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400448v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162016v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghavan Balaji" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984659v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984762v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984612v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984766v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717843v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984418v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4850079" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717026v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855842v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984768v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985093v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984771v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985085v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592955v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985078v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Knopf-Lenoir" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985075v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113544v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2006-16238" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985114v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113735v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2004-61662" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574457v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-6866-4_1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04445491v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Jin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cauvin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balaji Raghavan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Breitkopf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhrajit Dutta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2024.112834" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810665v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Xiao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Raghavan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-022-00231-x" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464826v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Bouvier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2021.104103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420583v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mukherjee" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dutta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.istruc.2021.09.078" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156201v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sougata Mukherjee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongcheng Lu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-021-09544-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02797074v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manyu Xiao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-020-02570-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02531425v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-019-02485-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884269v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Breitkopf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Mauvoisin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bartier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-018-1436-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797288v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fodil Meraghni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.05.038" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362497v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Meng" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenhael Le Quilliec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-016-9189-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Madra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Trochu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.04.008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451417v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hernot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.01.011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358149v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Xia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2016.08.056" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309703v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Niknezhad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bernard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Kamali-Bernard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2016.04.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01225594v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinda Hannawi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Bian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Prince-Agbodjan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2015.09.059" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196746v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2015.09.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174842v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2015.06.024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101335v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2014.11.029" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZ2TFM71-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113010v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongnan Xie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Scalia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Rokni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/734863" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978587v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rassineux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-013-1145-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01994229v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tourbier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-013-0942-5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-86S0NLJB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982710v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hamdaoui" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2012.06.008" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8VF3P4L-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2013.06.010" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01994233v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00366-012-0263-0" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RBSX0B4S-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01993134v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2013.08.052" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZKF3787D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982746v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.19.671-697" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01994237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17797179.2012.719316" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982735v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Mahdavi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mockensturm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Frecker" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-006-0006-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-34F87QRP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982674v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVD.2005.008472" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982728v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.1897737" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404373v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingqian Li" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04403924v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404002v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Leclerc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404030v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mayer Grigoleto" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404368v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717743v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249937v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-9829-6_61" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04404361v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922520v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373544v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373543v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01371342v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373540v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425666v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taj" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zenasni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382209v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516739v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-rennes.hal.science/hal-01373539v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167616v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113089v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516441v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nha&#235;l Le Quilliec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333196v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115155v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Taj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zenasni" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113046v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333185v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515066v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119303v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Prince" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400448v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162016v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghavan Balaji" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984659v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984766v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717843v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984612v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984762v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984418v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4850079" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717026v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855842v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984768v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985093v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984771v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985085v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592955v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985075v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Knopf-Lenoir" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985078v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113544v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2006-16238" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985114v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113735v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2004-61662" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574457v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-6866-4_1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>