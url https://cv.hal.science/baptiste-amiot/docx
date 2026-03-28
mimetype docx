--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,278 +100,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Soil–Plant–Atmosphere Continuum model coupled to CFD to simulate plant energy and water exchanges in heterogeneous microclimates</w:t>
+                <w:t xml:space="preserve">Boundary-layer parameterization for assessing temperature and evaporation in floating photovoltaics at the utility-scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Vernier</w:t>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Edouard</w:t>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+                <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110906⟩</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 258, pp.124901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2025.124901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371116v1</w:t>
+                <w:t xml:space="preserve">hal-05405880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary-layer parameterization for assessing temperature and evaporation in floating photovoltaics at the utility-scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Soil–Plant–Atmosphere Continuum model coupled to CFD to simulate plant energy and water exchanges in heterogeneous microclimates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Edouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrée Tuzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 258, pp.124901. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 376, pp.110906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2025.124901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05405880v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative method based on CFD to simulate the influence of photovoltaic panels on the microclimate in agrivoltaic conditions</w:t>
               </w:r>
@@ -491,90 +491,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative method for measuring the convective cooling of photovoltaic modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pabiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 274, pp.112531. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -608,77 +608,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of thermal boundary conditions in floating photovoltaic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Photovoltaics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 31 (3), pp.251-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -757,90 +757,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des transferts de chaleur et de masse dans une centrale photovoltaïque flottante : utilisation de la méthode des frontières immergées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thermique, Énergies renouvelables et Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thermique; LOCIE, Jun 2025, Le Bourget du Lac, France. pp.487-494, </w:t>
@@ -891,90 +891,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Heat and Mass Transfer for a Floating Photovoltaic Power Plant using the Immersed Boundary Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Symposium on Boundary Layers and Turbulence (AMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Meteorological Society, Jun 2025, Torino, Italy</w:t>
@@ -1016,77 +1016,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaporation d’un plan d’eau pour différents systèmes photovoltaı̈ques flottants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1141,77 +1141,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaporation of Reservoir for Different Floating Photovoltaic Layouts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1253,90 +1253,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétérogénéité des modes de transferts convectifs au sein des centrales solaires photovoltaïques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le-Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LAMIH; Institut Énergie, May 2022, Valenciennes, France. pp.183-190, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1364,243 +1364,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05209161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualification de la convection des modules photovoltaïques flottants avec leurs environnements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthodologie pour la détermination des pertes thermiques des modules photovoltaïques durant leur fonctionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pabiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationales de l'Energie Solaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Odeillo, France</w:t>
+              <w:t xml:space="preserve">Journée Nationales du Photovoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03633157v1</w:t>
+                <w:t xml:space="preserve">hal-03633142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie pour la détermination des pertes thermiques des modules photovoltaïques durant leur fonctionnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Qualification de la convection des modules photovoltaïques flottants avec leurs environnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pabiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationales du Photovoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Journée Nationales de l'Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Odeillo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03633142v1</w:t>
+                <w:t xml:space="preserve">hal-03633157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1618,51 +1618,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et optimisation du productible de centrales photovoltaïques flottantes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie civil. Université Claude Bernard - Lyon I, 2023. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023LYO10007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1721,90 +1721,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique de la réduction d'évaporation d'un réservoir liée à l'intégration d'une centrale photovoltaïque flottante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Djermoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Nationales de l'Energie Solaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Le Bourget Du Lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1998,51 +1998,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371116v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vernier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Edouard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Amiot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Tuzet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110906" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Berre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Giroux-Julien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.124901" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190319v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernier Joseph" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berlioux Baptiste" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiot Baptiste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Sylvain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrand Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2025.113571" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pabiou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.112531" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369497v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3631" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208141v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Berlioux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-144" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757061v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757657v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209161v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le-Berre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-047" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633157v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04431519v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO10007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168709v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Djermoune" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405880v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Amiot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Berre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Giroux-Julien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.124901" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371116v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vernier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Edouard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Tuzet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110906" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190319v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernier Joseph" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berlioux Baptiste" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiot Baptiste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Sylvain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrand Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2025.113571" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pabiou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.112531" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369497v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3631" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208141v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Berlioux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-144" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757061v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757657v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209161v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le-Berre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-047" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633142v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633157v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04431519v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO10007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168709v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Djermoune" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>