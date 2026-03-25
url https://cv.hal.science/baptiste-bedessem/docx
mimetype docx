--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -308,958 +308,958 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04608988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Data: Recognizing the Democratic Potential of Citizen Science</w:t>
+                <w:t xml:space="preserve">Online data sharing with virtual social interactions favor scientific and educational successes in a biodiversity citizen science project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Roszczyńska-Kurasińska</w:t>
+                <w:t xml:space="preserve">Ana-Cristina Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Domaradzka</w:t>
+                <w:t xml:space="preserve">Nicolas Deguines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael O’grady</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Colin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Technology and Society Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MTS.2023.3344904⟩</w:t>
+              <w:t xml:space="preserve">Journal of Responsible Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23299460.2021.2019970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523566v1</w:t>
+                <w:t xml:space="preserve">hal-04201086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citizen Science for Disaster Risk Governance: Towards a Participative Seismological Monitoring of the Mayotte Volcanic Crisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Retailleau</w:t>
+                <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Sadeski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Citizen Science: Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (1), pp.44. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/cstp.573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online data sharing with virtual social interactions favor scientific and educational successes in a biodiversity citizen science project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana-Cristina Torres</w:t>
+                <w:t xml:space="preserve">Understanding What in Public Understanding of Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Montuschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Colin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Responsible Innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23299460.2021.2019970⟩</w:t>
+              <w:t xml:space="preserve">Perspectives on Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/posc_a_00603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201086v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding What in Public Understanding of Science</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Science knowledge and trust in science in biodiversity citizen science projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dozières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives on Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/posc_a_00603⟩</w:t>
+              <w:t xml:space="preserve">JCOM : Journal of Science Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (01), pp.A05. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22323/2.22010205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201082v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science knowledge and trust in science in biodiversity citizen science projects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is ecology different when studied with citizen scientists? A bibliometric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCOM : Journal of Science Communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22323/2.22010205⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (9), pp.e10488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.10488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201084v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04232688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is ecology different when studied with citizen scientists? A bibliometric analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
+                <w:t xml:space="preserve">Online data sharing with virtual social interactions favor scientific and educational successes in a biodiversity citizen science project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Cristina Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Julliard</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Deguines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.10488⟩</w:t>
+              <w:t xml:space="preserve">Journal of Responsible Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.2019970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23299460.2021.2019970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04232688v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online data sharing with virtual social interactions favor scientific and educational successes in a biodiversity citizen science project</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Citizen science for public deliberation of local environment policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sourdril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Baumstark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Responsible Innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23299460.2021.2019970⟩</w:t>
+              <w:t xml:space="preserve">Etica e Politica/Ethics and Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, XXV (2), pp.105-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13137/1825-5167/35353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03629175v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citizen science for public deliberation of local environment policies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beyond Data: Recognizing the Democratic Potential of Citizen Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Roszczyńska-Kurasińska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Domaradzka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael O’grady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Gonzalez</w:t>
+                <w:t xml:space="preserve">Niccolò Tempini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etica e Politica/Ethics and Politics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, XXV (2), pp.105-127. </w:t>
+              <w:t xml:space="preserve">IEEE Technology and Society Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (4), pp.47-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13137/1825-5167/35353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MTS.2023.3344904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04201081v1</w:t>
+                <w:t xml:space="preserve">hal-04523566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citizen science in environmental and ecological sciences</w:t>
               </w:r>
@@ -1418,64 +1418,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Morère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dozières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Prévot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (13), pp.7715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1522,77 +1522,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science learning in biodiversity citizen science: Inputs from the analysis of online social interactions within a contributory project for pollinators' monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Cristina Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Deguines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 276, pp.109807. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1698,918 +1698,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can citizen science increase trust in research? A case study of delineating Polish metropolitan areas</w:t>
+                <w:t xml:space="preserve">Measuring epistemic success of a biodiversity citizen science program: A citation study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bogna Gawrońska-Nowak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Piotr Lis</w:t>
+                <w:t xml:space="preserve">Eleonora Montuschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contemporary European Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.30950/jcer.v17i2.1185⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0258350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04201092v1</w:t>
+                <w:t xml:space="preserve">hal-03887434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring epistemic success of a biodiversity citizen science program: A citation study</w:t>
+                <w:t xml:space="preserve">Can citizen science increase trust in research? A case study of delineating Polish metropolitan areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Julliard</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogna Gawrońska-Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonora Montuschi</w:t>
+                <w:t xml:space="preserve">Piotr Lis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 16, </w:t>
+              <w:t xml:space="preserve">Journal of Contemporary European Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0258350⟩</w:t>
+                <w:t xml:space="preserve">⟨10.30950/jcer.v17i2.1185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03887434v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring epistemic success of a biodiversity citizen science program: A citation study</w:t>
+                <w:t xml:space="preserve">Sciences participatives : enjeux épistémologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eleonora Montuschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0258350⟩</w:t>
+              <w:t xml:space="preserve">Lato Sensu, revue de la Société de philosophie des sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (1), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20416/LSRSPS.V7I1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609002v1</w:t>
+                <w:t xml:space="preserve">hal-04609004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sciences participatives : enjeux épistémologiques</w:t>
+                <w:t xml:space="preserve">Citizen Science and Scientific Objectivity: Mapping Out Epistemic Risks and Benefits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ruphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lato Sensu, revue de la Société de philosophie des sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Perspectives on Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (5), pp.630-654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/posc_a_00353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20416/LSRSPS.V7I1.1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04609004v1</w:t>
+                <w:t xml:space="preserve">hal-04201078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citizen Science and Scientific Objectivity: Mapping Out Epistemic Risks and Benefits</w:t>
+                <w:t xml:space="preserve">Should we fund research randomly? An epistemological criticism of the lottery model as an alternative to peer review for the funding of science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Ruphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives on Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Research Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (2), pp.150-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/reseval/rvz034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/posc_a_00353⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04201078v1</w:t>
+                <w:t xml:space="preserve">hal-04609011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should we fund research randomly? An epistemological criticism of the lottery model as an alternative to peer review for the funding of science</w:t>
+                <w:t xml:space="preserve">The division of cognitive labor: two missing dimensions of the debate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Evaluation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal for Philosophy of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13194-018-0230-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/reseval/rvz034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04609011v1</w:t>
+                <w:t xml:space="preserve">hal-04201091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The division of cognitive labor: two missing dimensions of the debate</w:t>
+                <w:t xml:space="preserve">L’imprévisibilité de la science : un argument pour la liberté de recherche ? La découverte des ARNi comme étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal for Philosophy of Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lato Sensu, revue de la Société de philosophie des sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (1), pp.37-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20416/lsrsps.v5i1.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13194-018-0230-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04201091v1</w:t>
+                <w:t xml:space="preserve">hal-04201097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’imprévisibilité de la science : un argument pour la liberté de recherche ? La découverte des ARNi comme étude de cas</w:t>
+                <w:t xml:space="preserve">SMT and TOFT Integrable After All: A Reply to Bizzarri and Cucina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stphanie Ruphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lato Sensu, revue de la Société de philosophie des sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (1), pp.81-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10441-016-9286-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20416/lsrsps.v5i1.6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04201097v1</w:t>
+                <w:t xml:space="preserve">hal-04201090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMT and TOFT Integrable After All: A Reply to Bizzarri and Cucina</w:t>
+                <w:t xml:space="preserve">SMT or TOFT? How the Two Main Theories of Carcinogenesis are Made (Artificially) Incompatible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stphanie Ruphy</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ruphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Biotheoretica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 65 (1), pp.81-85. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 63 (3), pp.257-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10441-015-9252-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...108 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2619,147 +2515,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participatory Research in Ecology for Agroecological Transitions: A Case Study in Viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Zappelini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Zappelini</w:t>
+                <w:t xml:space="preserve">Antoine Mathias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Mathias</w:t>
+                <w:t xml:space="preserve">Pierre-Alain Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Alain Maron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Samuel Dequiedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05303971v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2769,95 +2665,95 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de recherche sur les impacts de la participation à Ecovitisol en côtes-de-Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE - Département ACT. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2867,318 +2763,318 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in participants’ online social interactions within a biodiversity citizen science project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches participatives comme accompagnement du changement : penser les collaborations entre chercheurs et société civile au-delà de la coproduction des connaissances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Faury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelle portée scientifique et démocratique des sciences et recherches participatives ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS Démocratie et Participation, Nov 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citizen science for urban environment local policies: two case studies on public lighting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPSAnet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Vienne (AUT), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citizen science: a challenge to scientific objectivity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3188,112 +3084,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing democratic participation in territorial energy planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Bedessem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Action versus inaction facing climate change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Strasbourg, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId100"/>
+      <w:footerReference w:type="default" r:id="rId99"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3440,51 +3336,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05042558v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bedessem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soutjis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025042" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04608988v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Burnel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fontaine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.241.0097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523566v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Roszczy&#324;ska-Kurasi&#324;ska" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Domaradzka" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O&#8217;grady" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Tempini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MTS.2023.3344904" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201079v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Retailleau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Saurel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Sadeski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/cstp.573" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201086v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Cristina Torres" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deguines" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23299460.2021.2019970" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201082v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Montuschi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/posc_a_00603" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201084v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/2.22010205" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232688v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10488" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629175v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201081v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sourdril" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Baumstark" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dos Santos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gonzalez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13137/1825-5167/35353" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201076v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Fraisl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerid Hager" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Gold" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pen-Yuan Hsing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43586-022-00144-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04608998v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mor&#232;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Roblin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14137715" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201085v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109807" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201089v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-019-02479-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201092v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogna Gawro&#324;ska-Nowak" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Lis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30950/jcer.v17i2.1185" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887434v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Montuschi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0258350" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609002v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609004v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20416/LSRSPS.V7I1.1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201078v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ruphy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/posc_a_00353" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609011v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/reseval/rvz034" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201091v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13194-018-0230-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201097v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20416/lsrsps.v5i1.6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201090v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stphanie Ruphy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-016-9286-z" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201095v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-015-9252-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303971v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zappelini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mathias" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dequiedt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624602v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624815v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624648v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Faury" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624794v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624805v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624637v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05042558v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bedessem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soutjis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025042" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04608988v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Burnel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fontaine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.241.0097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201086v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Cristina Torres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deguines" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23299460.2021.2019970" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201079v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Retailleau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Saurel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Sadeski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/cstp.573" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201082v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Montuschi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/posc_a_00603" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201084v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/2.22010205" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232688v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10488" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629175v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201081v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sourdril" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Baumstark" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dos Santos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gonzalez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13137/1825-5167/35353" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523566v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Roszczy&#324;ska-Kurasi&#324;ska" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Domaradzka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O&#8217;grady" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Tempini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MTS.2023.3344904" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201076v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Fraisl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerid Hager" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Gold" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pen-Yuan Hsing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43586-022-00144-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04608998v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mor&#232;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Roblin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14137715" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201085v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109807" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201089v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-019-02479-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887434v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Montuschi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0258350" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201092v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogna Gawro&#324;ska-Nowak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Lis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30950/jcer.v17i2.1185" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609004v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20416/LSRSPS.V7I1.1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201078v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ruphy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/posc_a_00353" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609011v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/reseval/rvz034" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201091v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13194-018-0230-8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201097v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20416/lsrsps.v5i1.6" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201090v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stphanie Ruphy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-016-9286-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201095v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-015-9252-1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303971v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zappelini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mathias" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dequiedt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624602v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624815v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624648v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Faury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624794v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624805v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624637v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>