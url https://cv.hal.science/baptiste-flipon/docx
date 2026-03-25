--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -246,291 +246,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and modeling of continuous dynamic recrystallization (CDRX): Application to 2139 aluminum alloy</w:t>
+                <w:t xml:space="preserve">Influence of Heat Treatment Conditions on the Evolution of the Precipitate Population in VDM Alloy 780</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lahcen Abaray</w:t>
+                <w:t xml:space="preserve">Fernando Pascual Goce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Flipon</w:t>
+                <w:t xml:space="preserve">Masood Hafez Haghighat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malik Durand</w:t>
+                <w:t xml:space="preserve">Bodo Gehrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bayona Carrillo</w:t>
+                <w:t xml:space="preserve">Helena Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 306, pp.121922. </w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, EuroSuperalloys 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2026.121922⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11661-026-08121-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05493662v1</w:t>
+                <w:t xml:space="preserve">hal-05476582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Heat Treatment Conditions on the Evolution of the Precipitate Population in VDM Alloy 780</w:t>
+                <w:t xml:space="preserve">Characterization and modeling of continuous dynamic recrystallization (CDRX): Application to 2139 aluminum alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Pascual Goce</w:t>
+                <w:t xml:space="preserve">Lahcen Abaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masood Hafez Haghighat</w:t>
+                <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bodo Gehrmann</w:t>
+                <w:t xml:space="preserve">Malik Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helena Alves</w:t>
+                <w:t xml:space="preserve">Nicolas Bayona Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, EuroSuperalloys 2026, </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 306, pp.121922. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-026-08121-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2026.121922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05476582v1</w:t>
+                <w:t xml:space="preserve">hal-05493662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ESAFORM benchmark 2023: interlaboratory comparison benchmark for the characterization of microstructural grain growth and dynamic recrystallization kinetics of a single-phase Ni-base superalloy</w:t>
               </w:r>
@@ -542,51 +542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julen Agirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -778,304 +778,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and Modeling of the Influence of Initial Microstructure on Recrystallization of Zircaloy‐4 during Hot Forming</w:t>
+                <w:t xml:space="preserve">Modeling CDRX and MDRX during hot forming of zircaloy-4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASTM special technical publication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.47-73. </w:t>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (8), pp.085008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1520/STP164520220010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-651X/acfe27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04465196v1</w:t>
+                <w:t xml:space="preserve">hal-04353438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling CDRX and MDRX during hot forming of zircaloy-4</w:t>
+                <w:t xml:space="preserve">Characterization and Modeling of the Influence of Initial Microstructure on Recrystallization of Zircaloy‐4 during Hot Forming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 31 (8), pp.085008. </w:t>
+              <w:t xml:space="preserve">ASTM special technical publication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.47-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-651X/acfe27⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1520/STP164520220010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353438v1</w:t>
+                <w:t xml:space="preserve">hal-04465196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Grain-Growth Mean-Field Models Regarding Predicted Grain Size Distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1148,51 +1148,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Level-Set Modeling of Grain Growth in 316L Stainless Steel under Different Assumptions Regarding Grain Boundary Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brayan Murgas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1486,51 +1486,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of Continuous Dynamic Recrystallization Using a Level-Set Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1584,550 +1584,550 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03880161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain size characterization in metallic alloys using different microscopy and post-processing techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexis Nicolaÿ</w:t>
+                <w:t xml:space="preserve">Korngrößenvorhersage beim Freiformschmieden von Inconel 718 mit DIGIMU®</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Brüggemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Quadfasel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen A. Nietsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Teller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">massivUMFORMUNG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (3), pp.50-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03463578v1</w:t>
+                <w:t xml:space="preserve">hal-03463691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Korngrößenvorhersage beim Freiformschmieden von Inconel 718 mit DIGIMU®</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A level set approach to simulate grain growth with an evolving population of second phase particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal de Micheli</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Karen Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Flipon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bernacki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">massivUMFORMUNG</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (3), pp.035009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-651X/abe0a7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463691v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A level set approach to simulate grain growth with an evolving population of second phase particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Dissolution of the Primary γ′ Precipitates and Grain Growth during Solution Treatment of Three Nickel Base Superalloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilusca Janeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-651X/abe0a7⟩</w:t>
+              <w:t xml:space="preserve">Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (12), pp.1921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/met11121921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463482v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution of the Primary γ′ Precipitates and Grain Growth during Solution Treatment of Three Nickel Base Superalloys</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Grain size characterization in metallic alloys using different microscopy and post-processing techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayan Murgas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gaillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Nicolaÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (12), pp.1921. </w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 174, pp.110977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/met11121921⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2021.110977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463805v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A full-field crystal-plasticity analysis of bimodal polycrystals</w:t>
               </w:r>
@@ -2386,329 +2386,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of cobalt content on the grain growth and recrystallization kinetics of alloy VDM780</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fernando Pascual Goce</w:t>
+                <w:t xml:space="preserve">Influence of initial microstructure and niobium content on recrystallization and grain growth during hot forming of Zr-Nb alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gaillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masood Hafez Haghighat</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Baptiste Flipon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madeleine Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Congress and Exhibition on Advanced Materials and Processes (FEMS 2025 Euromat)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Granada, Spain</w:t>
+              <w:t xml:space="preserve">21st International Symposium on Zirconium in the Nuclear Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406100v1</w:t>
+                <w:t xml:space="preserve">hal-05406077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of initial microstructure and niobium content on recrystallization and grain growth during hot forming of Zr-Nb alloy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Victor Grand</w:t>
+                <w:t xml:space="preserve">Influence of cobalt content on the grain growth and recrystallization kinetics of alloy VDM780</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Pascual Goce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Masood Hafez Haghighat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeleine Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bernacki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Symposium on Zirconium in the Nuclear Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">18th European Congress and Exhibition on Advanced Materials and Processes (FEMS 2025 Euromat)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05406077v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of continuous dynamic recrystallization (CDRX): Application to aluminum alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahcen Abaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bayona-Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2753,351 +2753,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving dynamically recrystallized grain size predictions in microstructure evolution modeling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Simulation of zircaloy-4 recrystallization during hot forming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReX &amp; GG 2023 - 8th Conference on Recrystallization and Grain Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353741v1</w:t>
+                <w:t xml:space="preserve">hal-04353724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of zircaloy-4 recrystallization during hot forming</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Improving dynamically recrystallized grain size predictions in microstructure evolution modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexis Gaillac</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReX &amp; GG 2023 - 8th Conference on Recrystallization and Grain Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353724v1</w:t>
+                <w:t xml:space="preserve">hal-04353741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and modeling of the influence of initial microstructure on recrystallization of Zyrcaloy-4 during hot forming</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Predicting grain size distributions in Inconel 718 forgings by mean field modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium on Zirconium in the Nuclear Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">4th European Symposium on Superalloys and their Applications (EuroSuperalloys 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bamberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03876010v1</w:t>
+                <w:t xml:space="preserve">hal-03875923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approach to get around the problem of properly describing nucleation in mean field modelling of recrystallization</w:t>
               </w:r>
@@ -3122,51 +3122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3185,135 +3185,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03875070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting grain size distributions in Inconel 718 forgings by mean field modeling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Characterization and modeling of the influence of initial microstructure on recrystallization of Zyrcaloy-4 during hot forming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gaillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th European Symposium on Superalloys and their Applications (EuroSuperalloys 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bamberg, Germany</w:t>
+              <w:t xml:space="preserve">20th International Symposium on Zirconium in the Nuclear Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03875923v1</w:t>
+                <w:t xml:space="preserve">hal-03876010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic grain growth modeling using a level-set finite element formulation</w:t>
               </w:r>
@@ -3325,51 +3325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brayan Murgas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fausty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3420,51 +3420,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic recrystallization full-field simulations: material parameters identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3528,51 +3528,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for Size Dependence on the meso- or on the Micro-scale in Polycrystalline Plasticity. A Comparative Study for Different Grain Size Distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Calvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3632,51 +3632,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse à champs complets de la plasticité cristalline d’agrégats à distribution bimodale de taille de grains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3766,64 +3766,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fausty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3982,51 +3982,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alliages à distribution bimodale de taille de grain : description numérique et analyses comparatives expérience-modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4220,51 +4220,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructuration of metals via spark plasma sintering using activated powder obtained by ball-milling: Impact on the strain-hardening mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucía García de la Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémént Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4337,51 +4337,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulations of a two roll round bar straightener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lawrjaniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4538,51 +4538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Holíková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Drake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4682,64 +4682,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bozzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fausty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4794,51 +4794,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELLING OF POLYCRYSTALS USING WELL-CONTROLLED VORONOI-TYPE TESSELLATIONS AND ITS APPLICATIONS TO MICROMECHANICAL ANALYSES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Milhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4990,51 +4990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Pino Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bernacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5097,51 +5097,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alliages à grains ultrafins et bimodaux : une approche couplée expérience-modélisation basée sur la microstructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des matériaux [physics.class-ph]. INSA Rouen Normandie, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5168,51 +5168,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alliages à grains ultrafins et bimodaux : approche couplée expérience-modélisation basée sur la microstructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique [physics.med-ph]. Normandie Université, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018NORMIR06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5329,51 +5329,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="60C55C77"/>
+    <w:nsid w:val="CAD5B725"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5560,51 +5560,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/baptiste-flipon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6804-1974" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/232379262" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/http://arxiv.org/a/flipon_b_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493662v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Abaray" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Flipon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Durand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bayona Carrillo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bernacki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2026.121922" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476582v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Pascual Goce" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Hafez Haghighat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodo Gehrmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Alves" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-026-08121-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015171v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Agirre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bernal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-025-01893-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potenciano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nicola&#255;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. da Fonseca Alvarenga" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Danylova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dairon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102361" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465196v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Grand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gaillac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/STP164520220010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353438v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/acfe27" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353410v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Roth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bozzolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16206761" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Murgas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15072434" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598953v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Keller" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calvat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Flipon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barbe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2022.103246" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800550v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bozzolo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101585" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880161v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15238547" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463578v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.110977" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463691v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Quadfasel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen A. Nietsch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Teller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal de Micheli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463482v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Alvarado" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Florez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/abe0a7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463805v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilusca Janeiro" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11121921" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.02.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061657v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de La Cruz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.05.064" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406100v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Bignon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406077v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hahn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406111v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bayona-Carrillo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353741v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353724v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876010v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875070v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875923v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881478v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fausty" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881498v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244675v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Calvat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67090-0_28" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721046v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pagnacco" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02418089v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929368v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serrano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5112699" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465458v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766016v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de la Cruz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008244" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766097v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Garc&#237;a de la Cruz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;m&#233;nt Keller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayerling Martinez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hug" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008239" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720931v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lawrjaniec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Papeleux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ponthot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Habraken" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963516" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353792v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Atzen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hol&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Drake" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02419315v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novapublishers.com/shop/recrystallization-types-techniques-and-applications/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01916848v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Milhem" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446990v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterley Labady" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mesri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pino Munoz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01939691v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01947917v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018NORMIR06" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/baptiste-flipon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6804-1974" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/232379262" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/http://arxiv.org/a/flipon_b_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476582v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Pascual Goce" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Hafez Haghighat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodo Gehrmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Alves" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bernacki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-026-08121-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493662v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Abaray" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Flipon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Durand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bayona Carrillo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2026.121922" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015171v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Agirre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bernal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-025-01893-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potenciano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nicola&#255;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. da Fonseca Alvarenga" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Danylova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dairon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102361" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353438v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Grand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gaillac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/acfe27" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465196v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/STP164520220010" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353410v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Roth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bozzolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16206761" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Murgas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15072434" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598953v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Keller" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calvat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Flipon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barbe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2022.103246" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800550v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bozzolo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2022.101585" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880161v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15238547" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463691v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Quadfasel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen A. Nietsch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Teller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal de Micheli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463482v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Alvarado" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Florez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/abe0a7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463805v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilusca Janeiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11121921" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463578v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.110977" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.02.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061657v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de La Cruz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.05.064" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406077v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hahn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Bignon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406100v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406111v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bayona-Carrillo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353724v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353741v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875923v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875070v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876010v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881478v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fausty" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881498v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244675v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Calvat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67090-0_28" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721046v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pagnacco" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02418089v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929368v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serrano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5112699" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465458v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766016v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de la Cruz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008244" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766097v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Garc&#237;a de la Cruz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;m&#233;nt Keller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayerling Martinez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hug" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008239" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720931v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lawrjaniec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Papeleux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ponthot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Habraken" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963516" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353792v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Atzen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hol&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Drake" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02419315v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novapublishers.com/shop/recrystallization-types-techniques-and-applications/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01916848v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Milhem" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446990v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterley Labady" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mesri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pino Munoz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01939691v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01947917v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018NORMIR06" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>