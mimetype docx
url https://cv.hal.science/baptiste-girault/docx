--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -362,117 +362,237 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le parcellaire au cœur des enjeux des exploitations bovines laitières françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Godoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lavedrine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHYTOS-EXPLORER: supporting data-driven decisionmaking to reduce pesticide use at the territorial scale Session: Farming Practice Diversity in Agroecological Transitions: From Typologies to Analytical Tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Carozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Descout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -487,113 +607,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Farming System Design Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Aug 2025, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHYTOS-EXPLORER: SUPPORTING DATA-DRIVEN DECISION-MAKING TO REDUCE PESTICIDE USE AT THE TERRITORIAL SCALE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Carozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Descout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -608,876 +728,876 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Farming System Design Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Aug 2025, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parcellaire des élevages laitiers Français : état des lieux, impacts, solutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brendan Godoc</w:t>
+                <w:t xml:space="preserve">Combining methods and knowledges for monitoring environmental policies on a territorial scale: spatial disaggregation of pesticides sales through land use data, reglementary information and expert knowledges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Carozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Descout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lungarska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poméon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Idèle et INRAE, Jul 2024, En ligne, France</w:t>
+              <w:t xml:space="preserve">XVIII International Congress of the European Society of Agronomy (ESA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652765v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04673412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining methods and knowledges for monitoring environmental policies on a territorial scale: spatial disaggregation of pesticides sales through land use data, reglementary information and expert knowledges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">État des lieux du parcellaire des élevages laitiers dans le Grand Ouest : quelles conséquences sur l’accessibilité au pâturage, la consommation de carburants et les résultats technico-économiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Carozzi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brendan Godoc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII International Congress of the European Society of Agronomy (ESA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Aug 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Salon de l'Herbe et des fourrages 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pro Field Events, May 2024, Nouvoitou (35), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04673412v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État des lieux du parcellaire des élevages laitiers dans le Grand Ouest : quelles conséquences sur l’accessibilité au pâturage, la consommation de carburants et les résultats technico-économiques ?</w:t>
+                <w:t xml:space="preserve">Parcellaire des fermes laitières : un enjeu de compétitivité et de durabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Godoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salon de l'Herbe et des fourrages 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pro Field Events, May 2024, Nouvoitou (35), France</w:t>
+              <w:t xml:space="preserve">Conférence Grand Angle Lait 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNIEL et CNE, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652778v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parcellaire des fermes laitières : un enjeu de compétitivité et de durabilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parcellaire des élevages laitiers Français : état des lieux, impacts, solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Godoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brendan Godoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Grand Angle Lait 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNIEL et CNE, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Webinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Idèle et INRAE, Jul 2024, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652744v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of crop successions using Land Parcel Identification System (LPIS) data in France from 2007 to 2020</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Land Parcel Exchange : modélisation de l'échange temporaire de parcelles entre exploitations agricoles à l'échelle du territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Carozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick DONGMO ZANGUE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Piskiewicz</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Mapping for a Sustainable Future</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Modélisation de paysages agricoles pour l’analyse et la simulation de processus - PAYOTE 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Oct 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.57745/NPP6YM⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04652539v1</w:t>
+                <w:t xml:space="preserve">hal-04214378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RPG Explorer, une analyse des dynamiques agricoles à fine échelle</w:t>
+                <w:t xml:space="preserve">Construction of crop successions using Land Parcel Identification System (LPIS) data in France from 2007 to 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Piskiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Outils de diagnostic territorial des systèmes agri-alimentaires »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soil Mapping for a Sustainable Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Studium, Feb 2023, Orléans, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/NPP6YM⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04479213v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatialiser des ventes de produits phytosanitaires en prenant en compte les spécificités locales des pratiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RPG Explorer, une analyse des dynamiques agricoles à fine échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modélisation de paysages agricoles pour l’analyse et la simulation de processus - PAYOTE 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Oct 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire « Outils de diagnostic territorial des systèmes agri-alimentaires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04214377v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land Parcel Exchange : modélisation de l'échange temporaire de parcelles entre exploitations agricoles à l'échelle du territoire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Spatialiser des ventes de produits phytosanitaires en prenant en compte les spécificités locales des pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Descout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Carozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lungarska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pomeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation de paysages agricoles pour l’analyse et la simulation de processus - PAYOTE 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04214378v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer les dynamiques agricoles d'un territoire grâce au logiciel RPG Explorer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1493,51 +1613,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire centre de ressource captage : Explorer les dynamiques agricoles d'un territoire grâce au logiciel RPG Explorer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de ressources Captages, Nov 2022, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04479225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1547,91 +1667,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des successions culturales 2015 -2022 en France : état des lieux du niveau de diversification en agriculture conventionnelle et biologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cantelaube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1643,51 +1763,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05249454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1697,154 +1817,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining methods and knowledges for monitoring environmental policies on a territorial scale: Spatial disaggregation of pesticides sales through land use data, reglementary information and expert knowledges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Carozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Descout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lungarska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pomeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of the European Society for Agronom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Rennes, France. , 2023, 18th Congress of the European Society for Agronomy “Synergies for a resilient future: from knowledge to action" Book of Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1854,174 +1974,174 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas sur les réalisations des programmes de développement rural Période de 2014 à 2020 en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Berriet-Solliec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Core</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; ODR. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Educagri éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 119 p., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2168,51 +2288,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242682v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Javourez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Girault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Dedieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2026.111444" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697182v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110907" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230402v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carozzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Descout" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mousset" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230396v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652765v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Godoc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673412v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lungarska" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652778v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652744v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652539v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Piskiewicz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/NPP6YM" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479213v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214377v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pomeon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick DONGMO ZANGUE" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479225v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05249454v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cantelaube" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05073356v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186503v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gambier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Berriet-Solliec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Core" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dupraz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://educagri-editions.fr/accueil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242682v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Javourez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Girault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Dedieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2026.111444" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697182v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110907" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560698v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Godoc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavedrine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230402v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carozzi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Descout" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mousset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230396v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673412v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lungarska" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652778v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652744v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652765v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214378v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick DONGMO ZANGUE" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652539v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Piskiewicz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/NPP6YM" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479213v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pomeon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479225v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05249454v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cantelaube" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05073356v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gambier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Berriet-Solliec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Core" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dupraz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://educagri-editions.fr/accueil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>