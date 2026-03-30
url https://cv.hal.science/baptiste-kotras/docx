--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -132,1823 +132,1823 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La rivière et son réseau.</w:t>
+                <w:t xml:space="preserve">Comment les machines ont pris la terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Guevara</w:t>
+                <w:t xml:space="preserve">Sara Angeli Aguiton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sylvain Brunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Pinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ENS Éditions. 352 p., 2025, Sociétés, espaces, temps, 979-10-362-0855-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282569v1</w:t>
-[...880 lines deleted...]
-                <w:t xml:space="preserve">hal-00873433v1</w:t>
+                <w:t xml:space="preserve">hal-05282411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction à l'ouvrage Comment les machines ont pris la terre</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">STS and the Digital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Boudia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashveen Peerbaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Al Dahdah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Dagiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Pinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comment les machines ont pris la terre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/14q3d⟩</w:t>
+              <w:t xml:space="preserve">Science and Technology in Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Wiley, pp.219-238, 2025, 978-1-789-45191-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781394388516.ch11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400671v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STS and the Digital</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Éric Dagiral</w:t>
+                <w:t xml:space="preserve">Introduction à l'ouvrage Comment les machines ont pris la terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Angeli Aguiton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sylvain Brunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Pinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and Technology in Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9781394388516.ch11⟩</w:t>
+              <w:t xml:space="preserve">Comment les machines ont pris la terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Éditions, pp.7-29, 2025, 979-10-362-0855-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14q3d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198137v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dépannage et la maintenance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Brunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENS Éditions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment les machines ont pris la terre. Enquête sur la mécanisation de l'agriculture et ses conséquences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Sociétés, espaces, temps, 979-10-362-0855-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05282422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">STS et numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Al Dahdah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dagiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Soraya Boudia; Ashveen Peerbaye. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences et techniques en sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Group, pp.227-246, 2024, Sciences - enjeux, themes generaux et methodes de l'histoire des sciences et des techniques, 9781789481914</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancrages et frictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENS Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner par les données. Pour une sociologie politique du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.35-53, 2023, Gouvernement en question(s), 979-10-362-0596-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04237777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">STS et numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Al Dahdah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dagiral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Group. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences, Techniques et Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04237787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les machines ont pris la terre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La rivière et son réseau.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Guevara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(Agri)culture machinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Brunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesser le feu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Boullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du LISIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Noisy-le-Grand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...9 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agricultures machiniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Brunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études "Numériser la nature"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Normale Supérieure, Feb 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...8 lines deleted...]
-            </w:r>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modéliser pour écologiser. Configurations sociotechniques et devenir-algorithme des experts agronomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Pinaud</w:t>
-[...22 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Victoria Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soazig Di Bianco,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e Congrès de l'AFS - 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prototyping as a quasi-laboratory. Interweaving digital tools, expertise and design trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soazig Di Bianco,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EASST-4S 2024 Amsterdam: Making and Doing Transformations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EASST-4S, Jul 2024, Amsterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04543772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimez-nous, on se charge du reste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Dysolab</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">¿Con, contra o más allá de la ciencia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario del Centro de Investigación sobre Comunicación</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, San José, Costa Rica, Costa Rica</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use cases of virtual reality to visualize a database how useful is VR for archaeology researchers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Quinio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boulbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline de Pechpeyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DTUC '20: Digital Tools &amp; Uses Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Virtual Event Tunisia, Tunisia. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3423603.3424001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03110483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recourir à des technologies immersives à des fins de recherche : quand les frictions conduisent à l’appropriation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline de Pechpeyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boulbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Quinio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque sur le marketing digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-05282411v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des opinions qui comptent. Influence, visibilité et hiérarchisation des locuteurs sur le web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Kotras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international sur l'e-réputation : "e-réputation et traces numériques : dimensions instrumentales et enjeux de société"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1979,51 +1979,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban politics of ordinary digital participation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Guevara Víquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 39 (1-2), pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2057,64 +2057,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un hashtag contre l'agribashing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Brunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprendre son temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2, pp.82-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2152,51 +2152,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trained Judgements Artificial Intelligence, Epistemic Tensions and the Production of Scientific Objectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Anichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science, Technology, and Human Values</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2243,51 +2243,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire bloc. La contre-mobilisation agricole face à la critique environnementale dans l'espace public numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brunier Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (2), pp.147-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2312,77 +2312,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indices, algorithmes et chasseurs-cueilleurs. Hybridation et friction des épistémologies dans un dispositif d’archéologie computationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline de Pechpeyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Quinio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 4 (228), pp.61-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2416,64 +2416,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Savoirs incertains. Étudier « complots » et « vérités » à l’ère numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Boullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Siles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2520,51 +2520,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass personalization: Predictive marketing algorithms and the reshaping of consumer knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Big Data &amp; Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2598,51 +2598,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opinions that matter The hybridization of opinion and reputation measurement in social media listening software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Media, Culture and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2676,51 +2676,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Materialidad, formas y contenidos del espacio público en línea: la elección de gonzalo ramírez comentada por los usuarios de facebook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de ciencias sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 160, pp.75-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2754,51 +2754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tout plutôt que ses parties : Le big data et la multiplicité des mesures d'opinion sur le Web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 59 (3), pp.451-474. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2832,51 +2832,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’opinion autorisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9 (3), pp.311-329. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2910,51 +2910,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du bruit au signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 1 (26), pp.127-145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3063,51 +3063,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dagiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en sciences sociales sur Internet/Social science research on the Internet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13, pp.1-13, 2024</w:t>
@@ -3136,64 +3136,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertain knowledge. Studying &amp;quot;conspiracies&amp;quot; and &amp;quot;truth&amp;quot; in the digital age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Boullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Siles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3272,51 +3272,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithme prédictif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dico des big data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3386,90 +3386,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arranger les choses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dagiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashveen Peerbaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Boullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Kotras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
@@ -3581,51 +3581,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8FB6CB55"/>
+    <w:nsid w:val="87A29DD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3812,51 +3812,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/baptiste-kotras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3323-8392" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282569v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Guevara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Kotras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282578v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brunier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282641v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282630v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158840v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Brun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Di Bianco," TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Potier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543772v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282698v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282724v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956435v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pechpeyrou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulbes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quinio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03110483v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423603.3424001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00873433v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400671v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Angeli Aguiton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pessis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pinaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14q3d" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Boudia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashveen Peerbaye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Al Dahdah" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dagiral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394388516.ch11" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282422v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770628v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237777v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237787v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282411v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390532v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Guevara V&#237;quez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1572p" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05266808v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282385v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Anichini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01622439241262854" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04867905v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunier Sylvain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269040v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.228.0061" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259374v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Siles" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.2698" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944537v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2053951720951581" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0163443720939427" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259390v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15517/rcs.v0i160.34808" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259384v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.593.0451" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253927v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.028.0311" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01264349v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716834v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Alcaras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie B&#233;liard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bellon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Borelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581447v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.2419" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237746v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281812v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/baptiste-kotras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3323-8392" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282411v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Angeli Aguiton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brunier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Kotras" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pessis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pinaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198137v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Boudia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashveen Peerbaye" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Al Dahdah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dagiral" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394388516.ch11" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400671v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14q3d" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282422v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770628v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237777v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237787v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282569v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Guevara" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282578v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282641v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282630v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158840v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Brun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Di Bianco," TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Potier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543772v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282698v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282724v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03110483v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quinio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulbes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pechpeyrou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423603.3424001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956435v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00873433v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390532v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Guevara V&#237;quez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1572p" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05266808v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05282385v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Anichini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01622439241262854" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04867905v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunier Sylvain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269040v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.228.0061" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259374v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Siles" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.2698" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944537v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2053951720951581" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0163443720939427" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259390v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15517/rcs.v0i160.34808" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03259384v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.593.0451" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253927v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.028.0311" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01264349v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716834v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Alcaras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie B&#233;liard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bellon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Borelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581447v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.2419" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237746v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281812v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>