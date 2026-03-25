--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,7532 +100,7532 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La dent de Huon l'Archevesque - Édition, traduction et notes d'après le manuscrit BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le segretain moine 1 - Édité d'après le ms. BnF fr. 2168</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lisse 2 (dans Chastoiement d'un pere a son fils) - Édité et traduit d'après le ms. Bodleian Library 86</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain et le folet&amp;quot; de Marie de France - Édition, traduction et notes d'après le manuscrit BnF fr. 1593</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain et le folet&amp;quot; de Marie de France - Édition et notes d'après le manuscrit York, Minster Library, XVI s. K-12 Pt. I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vidua (dans Sept sages de Rome) - Édité et traduit d'après le ms. BnF fr. 1553</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume au faucon - Édité d'après le ms. BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'amant et l'epee 1 (dans les Fables de Pierre Aufort) - Édité et traduit d'après le ms. BnF 12581</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre et le chevalier - Milles d'Amiens - Édité d'après le ms. BnF fr. 12603</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le puis 2 (dans Chastoiement d'un pere a son fils) - Édité et traduit d'après le ms. Bodleian Library 86</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le linceul 2 (dans Chastoiement d'un pere a son fils) - Édité et traduit d'après le ms. Bodleian Library 86</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tentamina (Sept sages de Rome) - Édité d'après le ms. BnF fr. 1553</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le preudome qui rescolt son compere de noier - Édition, traduction et notes d'après le manuscrit BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trubert - Édité d'après le ms. BnF fr. 2188</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus bordeors ribauz (pièce 3 La contrejengle) - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le charme 2 (dans le Chastoiement d'un pere a son fils) - Édité d'après le ms. BnF 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain et la femme felunesse&amp;quot; de Marie de France - Édition et notes d'après le manuscrit British Library Harley 978</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame qui fist batre son mari - Édité et traduit d'après le ms. de Bern Burgerbibliothek 354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois dames qui troverent un vit 2 édité d'après le ms. Harley 2253</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui vit un autre home od sa feme&amp;quot; de Marie de France - Édition, traduction et notes d'après le manuscrit BnF fr. 1593</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain et la femme felunesse&amp;quot; de Marie de France - Édition, traduction et notes d'après le manuscrit BnF fr. 1593</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Hapart - Édition, traduction et notes d'après le manuscrit BnF fr. 12483</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sire Hain et dame Anieuse - Édition, traduction et notes d'après le manuscrit BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre comporté - Édité d'après le ms. BnF fr. 12603</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouglet - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constant du Hamel - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus bordeors ribauz (pièce 1) - Édité et traduit d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vair palefroi - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui od sa fame vit aler son dru&amp;quot; de Marie de France - Édition, traduction et notes d'après le manuscrit BnF fr. 1593</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La housse partie 3 - Édition et traduit d'après le ms. de Princeton, Univ. Library, Taylor Collection 12, Phillipps 25970</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le charme 2 (Chastoiement d'un pere a son fils) - Édité et traduit d'après le ms. Bodleian Library 86</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus bordeors ribauz (pièce 2) - Édité d'après le ms. BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui od sa fame vit aler son dru&amp;quot; de Marie de France - Édition et notes d'après le manuscrit York, Minster Library, XVI s. K-12 Pt. I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui vit un autre home od sa feme&amp;quot; de Marie de France - Édition et notes d'après le manuscrit York, Minster Library, XVI s. K-12 Pt. I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dit de dame Jouenne - Édité et traduit d'après le ms. BnF fr. 24432</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'amant et l'épée 2 (dans le Chastoiement d'un pere a son fils) - édité et traduit d'après le ms. Bodleian Library 86</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puteus (dans Sept sages de Rome) - Édité et traduit d'après le ms. BnF fr. 1553</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La housse partie 1 - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le segretain moine 3 (Le sacristain) - Édité d'après le ms. BnF fr. 1593</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tresces&amp;quot; (version 1) de Garin - Édition, traduction et notes d'après le manuscrit BnF fr. 12581</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...273 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre qui dit la Passion - Bnf fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...513 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre qui manja mores 1 - Guerin - BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le covoteus et l'envieus - Jean Bodel - BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tresses 1 - Garin - Bnf fr. 12581 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...48 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les quatre souhais saint Martin - Bern Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05214349v1</w:t>
-[...722 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1326 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois chanoinesses de Couloigne de Watriquet de Couvin - Paris BnF Arsenal 3525 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contrarieuse - Marie de France - BnF fr. 1593 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La femme qui fist pendre son mari mort - Marie de France - Paris BnF fr. 1593 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le con qui fu fez a la besche - BnF fr. 837- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les braies le priestre - Jean de Condé - Rome biblioteca casanatense 1598 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Contrarieuse - Marie de France - York, Minster Library, XVI s. K-12 Pt. I - Édition numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'epee 1 - Fables Pierre Aufors - BnF fr. 12581- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le meunier et les deus clers - Berne Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le puis 1 - Fables Pierre Aufors - BnF fr. 12581 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre ki abevete - BnF fr. 12603 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le con - Gautier Le Leu - BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le preudome qui rescolt son compere de noier - BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le charme - Fables Pierre Aufors - BnF 12581 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04655227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La femme qui cunquie sen baron - Paris BnF fr. 12603 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La damoisele a la grue 1 - Bern burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...223 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pertris - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...73 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain mire - Berlin Staatsbibliothek Ms. Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...236 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre crucefié - édition, traduction et notes d'après Paris BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...298 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Nonete 2 - Renart le Contrefait - Paris BnF 1630 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les quatre prestres - Haisiau - Berlin Staatsbibliothek Ms. Hamilton 257- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...223 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Male honte 2 - édition, traduction et notes d'après Paris BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame qui fist trois tors entor le moustier - Rutebeuf - Paris BnF fr. 837 - Édition, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...108 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois avugles de Compiegne de Cortebarbe - Paris BnF fr. 12603 - Édition numérique, traduction et notice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Trois dames de Paris de Watriquet de Couvin - Paris Arsenal 3525 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bellon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Saineresse - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le linceul version 1 - Fables Pierre Aufort - BnF fr. 12581 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berangier au long cul 1 - Bern burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La damoisele qui ne pooit oïr parler de foutre 2 - Bern burgerbibliothek 354 - Édition numérique, traduction et notice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Borgoise d'Orliens - Berlin Staatsbibliothek Ms. Hamilton 257- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Sohait desvez - Jean Bodel - Bern Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estormi - Hues Piaucele - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hue Piaucele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gombert et les deus clers - Jean Bodel - Berlin Staatsbibliothek Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/Gombert2ClersBodel_Berlin-257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auberée - Berlin Staatsbibliothek Ms. Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunain la vache au prestre - Jean Bodel - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/BrunainBodel_BnF-837</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barat et Haimet - Jean Bodel - Paris BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/BaratHaimetBodel_BnF-19152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Trois dames qui troverent un vit - Paris BnF fr. 1593- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois aveugles de Compiegne - Édition, traduction et notes d'après le ms BnF fr. 12603</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/catalog/fabliaux/trAveuglesCortebarbe_BnF-837</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La damoisele qui sonjoit - Bern burgerbibliothek 354 - Édition numérique, traduction et notice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estula - Berne Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lachet Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le vilain asnier - Paris BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'epee 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...2027 lines deleted...]
-                <w:t xml:space="preserve">hal-04212902v1</w:t>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chardri, Barlaam et Josaphat, Les Sept Dormants et le Petit Plet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champion, 2024, 238096064X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Roman de Renart (Les Ateliers d'Actes Sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Le Foll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, ‎ 978-2330192419</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie de France, Lais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Mosset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, 2018, 978-2-35030-534-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des fabliaux au milieu des fables: l’intégration du matériau comique dans la Disciplina clericalis et ses traductions et dans les Fables de Marie de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Du nouveau sur le fabliau?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Philippe Haugeard; Silvère Menegaldo, May 2021, Orléans (45), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du tirant empereur au roi chrétien : le pouvoir royal comme autorité religieuse dans Barlaam et Josaphat et Les Sept Dormants du poète anglo-normand Chardri (XIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poésie et politique dans les mondes nordiques et normands médiévaux (IXe-XIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alban Gautier; Marie-Agnès Lucas-Avenel; Laurence Mathey-Maille, Sep 2021, Cerisy La Salle, Centre culturel international de Cerisy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lisse 1 (Fables Pierre Aufort) - Édité d'après le manuscrit BnF fr. 12581</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de France fabuliste: Un art plus ke li deable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne-Marie Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marie de France fabuliste: Un art plus ke li deable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 978-2745362131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884222v1</w:t>
-              </w:r>
-[...523 lines deleted...]
-                <w:t xml:space="preserve">hal-04916034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7637,204 +7637,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La femme dans les fables de l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Fablier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (1), pp.71-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/lefab.2018.1380⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04421742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les fables introuvables du roi Alfred</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romania (Paris)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 136 (543/544 (3/4)), pp.324-349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...76 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « fabliaux avant la lettre » de Marie de France et le récit comique aux XIIe et XIIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fablier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 26, pp.13-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8028,51 +8028,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216362v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pierreville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste La&#239;d" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215917v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214517v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213627v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213673v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915795v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Gr&#252;ber" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213645v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215233v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216387v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915843v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915155v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fritz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216354v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214349v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915851v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215912v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213620v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215975v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214512v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214335v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216381v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915577v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915540v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915779v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915863v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915829v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213670v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213611v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215931v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215226v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215245v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215981v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915820v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214325v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213650v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215229v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915823v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915873v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676589v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655227v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665100v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676581v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675863v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655276v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655100v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655097v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Eug&#232;ne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655274v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665103v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655233v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655224v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655275v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655157v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675791v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676594v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675860v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655235v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279621v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachet Claude" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212856v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914470v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675768v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212852v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212869v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bellon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212843v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212900v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212899v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328315v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212859v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279652v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212877v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212794v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279645v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279602v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212849v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212786v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212901v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212863v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hue Piaucele" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328234v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212873v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329049v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328260v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212808v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914579v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot-Barbance" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212902v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884222v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Boivin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884196v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Le Foll" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884171v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521626v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mosset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884400v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884281v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916034v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440166v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/lefab.2018.1380" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952050v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915155v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pierreville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fritz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste La&#239;d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216354v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214349v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915847v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915851v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214677v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215912v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213620v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215975v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214512v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214335v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216381v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Gr&#252;ber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216387v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215233v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213645v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915843v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213670v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213611v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915863v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915829v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915540v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915779v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215981v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215931v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215245v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215226v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216395v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915820v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214325v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213650v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215229v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915823v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915873v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213673v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213627v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214517v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216362v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915795v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675863v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655276v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676655v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655100v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655097v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Eug&#232;ne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655274v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665103v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655233v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655224v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655275v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655157v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675791v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676594v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675860v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655235v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676589v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655227v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665100v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212899v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328315v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212859v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279652v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212877v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212794v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279645v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279602v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212849v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212869v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bellon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212843v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675768v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212900v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212852v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212786v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212863v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hue Piaucele" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328234v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212873v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329049v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328260v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212808v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914579v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot-Barbance" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212902v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279621v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachet Claude" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212856v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914470v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884171v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884196v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Le Foll" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521626v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mosset" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884400v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884281v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916034v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884222v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Boivin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421742v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/lefab.2018.1380" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440166v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952050v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>