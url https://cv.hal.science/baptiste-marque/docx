--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -589,400 +589,469 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04660553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des discours contradictoires. Le conflit des modèles éducatifs de la parole aux Ve-IVe siècles a.C</w:t>
+                <w:t xml:space="preserve">Quand le genre fait parole. Pour une archéologie de l'éducation féminine antique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le conflit dans l'Antiquité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Julie Hébert; Charles Comminges, Feb 2026, Paris Sorbonne, France</w:t>
+              <w:t xml:space="preserve">Genre et Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Claire Barat; Yves Junot; Baptiste Marque; Armelle Masse; Emmanuelle Santinelli, Mar 2026, Valenciennes (Nord) - Bavay (Nord), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506000v1</w:t>
+                <w:t xml:space="preserve">hal-05552713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alcibiade transpose ! De l'épistémologie à la pratique en situation-classe.</w:t>
+                <w:t xml:space="preserve">Des discours contradictoires. Le conflit des modèles éducatifs de la parole aux Ve-IVe siècles a.C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transpositions didactiques. De l'université à la salle de classe.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Baptiste Marque, Nov 2025, Valenciennes (Nord), France</w:t>
+              <w:t xml:space="preserve">Le conflit dans l'Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julie Hébert; Charles Comminges, Feb 2026, Paris Sorbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05373189v1</w:t>
+                <w:t xml:space="preserve">hal-05506000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« À quel verbiage vous amusez-vous depuis si longtemps Socrate ? ». Le dialogue antique comme instrument pédagogique et ses héritages contemporains.</w:t>
+                <w:t xml:space="preserve">Alcibiade transpose ! De l'épistémologie à la pratique en situation-classe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Goût de l'Antique ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France, Mar 2025, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">Transpositions didactiques. De l'université à la salle de classe.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Baptiste Marque, Nov 2025, Valenciennes (Nord), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04982253v1</w:t>
+                <w:t xml:space="preserve">hal-05373189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand Socrate enseigne au XXIe siècle. Application d’un examen peirastique ou la compréhension par l’interaction en situation-classe.</w:t>
+                <w:t xml:space="preserve">« À quel verbiage vous amusez-vous depuis si longtemps Socrate ? ». Le dialogue antique comme instrument pédagogique et ses héritages contemporains.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs et des Jeunes Chercheuses - DÉCOUVRIR ET PARTAGER LE COMPARATISME EN DIDACTIQUE(S)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lucie Gomes; Élise Guenoux; Catherine Huchet; Association pour des Recherches Comparatistes en Didactique (ARCD), Oct 2025, Nantes, France</w:t>
+              <w:t xml:space="preserve">Le Goût de l'Antique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France, Mar 2025, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316100v1</w:t>
+                <w:t xml:space="preserve">hal-04982253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand Socrate enseigne au XXIe siècle. Application d’un examen peirastique ou la compréhension par l’interaction en situation-classe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs et des Jeunes Chercheuses - DÉCOUVRIR ET PARTAGER LE COMPARATISME EN DIDACTIQUE(S)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lucie Gomes; Élise Guenoux; Catherine Huchet; Association pour des Recherches Comparatistes en Didactique (ARCD), Oct 2025, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Socrate dans la cité. Discuter pour apprendre à Athènes aux Ve-IVe siècles AEC.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e Rendez-Vous de l'Histoire de Blois - La Ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Rendez-Vous de l'Histoire, Oct 2024, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -992,424 +1061,424 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignement Moral et Civique. 5e. Fichier d'activités.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">lelivrescolaire.fr. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lelivrescolaire.fr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.96, 2024, Fichier EMC 5e, Florian Besson, 9791040007067</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire Géographie EMC. 6e.</w:t>
+                <w:t xml:space="preserve">Histoire Géographie EMC. 6e. Cahier d'exercices.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">lelivrescolaire.fr. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lelivrescolaire.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.336, 2022, Collection 2022., Florian Besson; Céline Massal, 9791040001799</w:t>
+              <w:t xml:space="preserve">, pp.112, 2022, Cahier d'exercices. 2022, Florian Besson; Céline Massal, 9791040001805</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670114v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire Géographie EMC. 6e. Cahier d'exercices.</w:t>
+                <w:t xml:space="preserve">Histoire Géographie EMC. 6e.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">lelivrescolaire.fr. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lelivrescolaire.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.112, 2022, Cahier d'exercices. 2022, Florian Besson; Céline Massal, 9791040001805</w:t>
+              <w:t xml:space="preserve">, pp.336, 2022, Collection 2022., Florian Besson; Céline Massal, 9791040001799</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670112v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire Géographie EMC. 3e. Cahier d'activités.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">lelivrescolaire.fr. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lelivrescolaire.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.112, 2021, Cahier d'activités. 2021., Aurélie Trinkwell; Céline Massal, 9782377609208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire Géographie EMC. 3e.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">lelivrescolaire.fr. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lelivrescolaire.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.448, 2021, Collection 2021., Anne-Claire Paillard; Céline Massal, 9782377609192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1419,188 +1488,188 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde au temps de Charles Quint et Soliman le Magnifique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Humensis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire Géographie Enseignement Moral et Civique. Cycle 4. 5e. Édition 2024.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belin Education</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Mondes d'hier et d'aujourd'hui, 9791035836757</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05286852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde au temps de Charles Quint et Soliman le Magnifique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Humensis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire Géographie Enseignement Moral et Civique. Cycle 4. 5e</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Belin Education, pp.106-123, 2022, Mondes d'hier et d'aujourd'hui, 9791035822774</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1610,215 +1679,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passeurs de mémoire.</w:t>
+                <w:t xml:space="preserve">Passeurs de mémoire. Supports numériques pédagogiques sur la mémoire de la Shoah.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, https://pedagogie.ac-lille.fr/histoire-geographie/2025/07/01/projet-le-nord-terre-de-memoire-vivante-college-jean-mace-bruay-sur-lescaut/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05162751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coups d'œil pédagogiques au Forum antique de Bavay.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05081972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expédition par delà les mers.</w:t>
+                <w:t xml:space="preserve">Expédition par delà les mers. Support numérique pédagogique différencié pour aborder les Grandes Découvertes des XVe-XVIe siècles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1828,91 +1897,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The line of Kypselos of Corinth VIIe-VIe centuries BC.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05293343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1922,229 +1991,229 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Situation of Roman Gauls and the city of Bagacum under Augustus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures of education at Athens intra muros on the 5th century B.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05089147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Places of education in the suburbs of Athens at the 4th century B.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05089143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2212,51 +2281,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EDE9478A"/>
+    <w:nsid w:val="2664D93E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2360,51 +2429,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="97CC44BA"/>
+    <w:nsid w:val="8238596E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2508,51 +2577,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="BBF8BB2B"/>
+    <w:nsid w:val="D9657245"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2656,51 +2725,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="F966B43C"/>
+    <w:nsid w:val="9E5B9ABF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2804,51 +2873,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="9A31CFB8"/>
+    <w:nsid w:val="6F4B88FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2952,51 +3021,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="F37B783D"/>
+    <w:nsid w:val="2D40C653"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3198,51 +3267,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/baptiste-marque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-7937-5727" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252692v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Marque" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660553v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506000v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373189v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982253v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316100v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744761v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670111v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lelivrescolaire.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670114v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670112v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670113v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670116v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286852v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-education.com/manuel-histoire-geographie-emc-5e-2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666014v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081972v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087637v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293343v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487168v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089147v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089143v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/baptiste-marque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-7937-5727" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252692v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Marque" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660553v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552713v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506000v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373189v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982253v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316100v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670111v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lelivrescolaire.fr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670112v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670114v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670113v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670116v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286852v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-education.com/manuel-histoire-geographie-emc-5e-2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666014v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162751v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081972v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087637v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293343v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487168v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089147v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089143v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>