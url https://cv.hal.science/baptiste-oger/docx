--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,2481 +234,2494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards estimating the proportion of dead and missing vines at the field level</w:t>
+                <w:t xml:space="preserve">Vineyard Design, Vine Age, and Floor Management Practices Affect Sentinel-2 NDVI Time Series Analysis of California Vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Laurent</w:t>
+                <w:t xml:space="preserve">Mahyar Aboutalebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vismara</w:t>
+                <w:t xml:space="preserve">Nick Dokoozlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+                <w:t xml:space="preserve">Luis Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mar Alsina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.1.8061⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (2), pp.0760023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5344/ajev.2025.25010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038423v1</w:t>
+                <w:t xml:space="preserve">hal-05527440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A collaborative and low cost acquisition chain for collecting spatialized observations in agriculture</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards estimating the proportion of dead and missing vines at the field level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vismara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2025.111113⟩</w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (1), pp.8061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.1.8061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05326640v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to better estimate bunch number at field level?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A collaborative and low cost acquisition chain for collecting spatialized observations in agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Moinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Crestey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.8212⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 239, pp.111113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2025.111113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05527425v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05326640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leafiness-LiDAR index and NDVI for identification of temporal patterns in super-intensive almond orchards as response to different management strategies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to better estimate bunch number at field level?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vismara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.8212⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2024.127278⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04872820v1</w:t>
+                <w:t xml:space="preserve">hal-05527425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High spatial resolution dataset of grapevine yield components at the within-field level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Leafiness-LiDAR index and NDVI for identification of temporal patterns in super-intensive almond orchards as response to different management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sandonís-Pozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Gras</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Valloo</w:t>
+                <w:t xml:space="preserve">J. Llorens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Faure</w:t>
+                <w:t xml:space="preserve">A. Escolà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 50, pp.109580. </w:t>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 159, pp.127278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2023.109580⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2024.127278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04270065v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to better estimate bunch number at vineyard level?</w:t>
+                <w:t xml:space="preserve">High spatial resolution dataset of grapevine yield components at the within-field level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Valloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2023.57.3.7404⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50, pp.109580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2023.109580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04178436v1</w:t>
+                <w:t xml:space="preserve">hal-04270065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new criterion based on estimator variance for model sampling in precision agriculture</w:t>
+                <w:t xml:space="preserve">How to better estimate bunch number at vineyard level?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vismara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2022.107184⟩</w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (3), pp.27 - 39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2023.57.3.7404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03744279v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04178436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining target sampling with within field route-optimization to optimise on field yield estimation in viticulture</w:t>
+                <w:t xml:space="preserve">A new criterion based on estimator variance for model sampling in precision agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Le Moguédec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vismara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11119-020-09744-0⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 200, pp.107184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2022.107184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971329v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which routes for optimal yield sampling in viticulture?</w:t>
+                <w:t xml:space="preserve">Combining target sampling with within field route-optimization to optimise on field yield estimation in viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vismara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2021.4893⟩</w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.432-451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-020-09744-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05051980v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the optimal strategy to decide on sampling route always the same from field to field using the same sampling method to estimate yield?</w:t>
+                <w:t xml:space="preserve">Which routes for optimal yield sampling in viticulture?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vismara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2021.55.1.3334⟩</w:t>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.4893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2021.4893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03138583v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Is the optimal strategy to decide on sampling route always the same from field to field using the same sampling method to estimate yield?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vismara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (1), pp.133-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2021.55.1.3334⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03138583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A review of the issues, methods and perspectives for yield estimation, prediction and forecasting in viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Arnold Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Scholasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Métay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 130, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eja.2021.126339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale monitoring of California vineyards with Sentinel-2 time-series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahyar Aboutalebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brent Sams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Dokoozlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Mar Alsina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Precision Agriculture (ECPA 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Barcelona, Spain. pp.775-782, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/9789004725232_102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approach for field sampling optimization incorporating a generic operational cost constraint</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+                <w:t xml:space="preserve">Introducing Bayesian priors to semi-variogram parameter estimation using fewer observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.539-545, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_68⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.651-658, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_82⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569654v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04158719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">92. A statistical test to evaluate the relevance of auxiliary time series to predict another time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Hilgert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DISTAL, Jul 2023, Bologna, Italy. pp.731-738, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_92⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04217719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statistical test to evaluate the relevance of auxiliary time series to predict another time series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A novel approach for field sampling optimization incorporating a generic operational cost constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Taugourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Boukcim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.731-738, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_92⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.539-545, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_68⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158741v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing Bayesian priors to semi-variogram parameter estimation using fewer observations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">James Taylor</w:t>
+                <w:t xml:space="preserve">PICA: an ‘agri-game’ on yield sampling to inform winegrowers of the value of spatial data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Valloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Crestey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_82⟩</w:t>
+              <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_93⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158719v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PICA: an ‘agri-game’ on yield sampling to inform winegrowers of the value of spatial data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Model and auxiliary data for an accurate estimate of mean field yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Le Moguédec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_93⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.669-676, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_80⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837333v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model and auxiliary data for an accurate estimate of mean field yield</w:t>
+                <w:t xml:space="preserve">Combining target sampling with route-optimization to optimise yield estimation in viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vismara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_80⟩</w:t>
+              <w:t xml:space="preserve">ECPA 2019 - 12th European Conference on Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montpellier, France. pp.173-179, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-888-9_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03833247v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining target sampling with route-optimization to optimise yield estimation in viticulture</w:t>
+                <w:t xml:space="preserve">Échantillonnage sous contraintes en viticulture de précision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vismara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées Francophones de Programmation par Contraintes (JFPC 2018 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Amiens, France. pp.119-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01924365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2718,130 +2731,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model and auxiliary data for an accurate estimate of the field mean: Appendix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Le Moguedec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03099451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2851,114 +2864,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du parcours intra-parcellaire pour l'échantillonnage en production végétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie des procédés. Institut national d'enseignement supérieur pour l'agriculture, l'alimentation et l'environnement, 2020. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2020AGRO0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04075935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId86"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3105,51 +3118,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157570v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ducanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Brunel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Oger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Moinard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pichon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-025-10259-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038423v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laurent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vismara" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tisseyre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.1.8061" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326640v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crestey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.111113" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527425v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8212" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872820v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sandon&#237;s-Pozo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Llorens" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escol&#224;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127278" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270065v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Valloo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Faure" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109580" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178436v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.3.7404" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744279v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Mogu&#233;dec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2022.107184" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02971329v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-020-09744-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051980v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2021.4893" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138583v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Laurent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2021.55.1.3334" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03324094v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Arnold Taylor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Scholasch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie M&#233;tay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126339" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283492v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahyar Aboutalebi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Sams" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Dokoozlian" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mar Alsina" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_102" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569654v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dumont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taugourdeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boukcim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_68" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217719v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_92" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158741v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158719v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taylor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_82" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837333v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Valloo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Leroux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_93" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03833247v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_80" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609782v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_20" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01924365v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099451v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Moguedec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04075935v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020AGRO0018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157570v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ducanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Brunel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Oger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Moinard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pichon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-025-10259-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527440v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahyar Aboutalebi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Dokoozlian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Sanchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mar Alsina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5344/ajev.2025.25010" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038423v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laurent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vismara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tisseyre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.1.8061" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326640v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crestey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.111113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527425v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8212" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872820v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sandon&#237;s-Pozo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Llorens" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escol&#224;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127278" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270065v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gras" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Valloo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Faure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109580" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178436v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.3.7404" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744279v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Mogu&#233;dec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2022.107184" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02971329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-020-09744-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051980v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2021.4893" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138583v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Laurent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2021.55.1.3334" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03324094v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Arnold Taylor" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Scholasch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie M&#233;tay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126339" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283492v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Sams" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_102" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158719v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taylor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_82" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217719v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_92" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569654v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dumont" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taugourdeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boukcim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_68" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837333v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Valloo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Leroux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_93" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03833247v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_80" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609782v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_20" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01924365v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099451v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Moguedec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04075935v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020AGRO0018" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>