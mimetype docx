--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -1222,261 +1222,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04602076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation expérimentale des transferts de chaleur dans un canal d'eau avec changement de phase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supercooled large droplet (SLD) impact on ice at high velocity : splashing characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berthoumieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Reulet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Davide Zuzio</w:t>
+                <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Congrès Français de Thermique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25855/SFT2022-035⟩</w:t>
+              <w:t xml:space="preserve">AIAA Aviation 2022 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-4116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03745404v1</w:t>
+                <w:t xml:space="preserve">hal-04039717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercooled large droplet (SLD) impact on ice at high velocity : splashing characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Alary</w:t>
+                <w:t xml:space="preserve">Caractérisation expérimentale des transferts de chaleur dans un canal d'eau avec changement de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Reulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berthoumieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Trontin</w:t>
+                <w:t xml:space="preserve">Davide Zuzio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA Aviation 2022 Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Chicago, United States. </w:t>
+              <w:t xml:space="preserve">30ème Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valenciennes, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2022-4116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25855/SFT2022-035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04039717v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ONERA Research Icing Wind Tunnel</w:t>
               </w:r>
@@ -2086,51 +2086,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ledent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste D&#233;jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouzaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Bedoya-Vel&#225;squez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.563691" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277827v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio da Cunha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mizzi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouzineau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.06.058" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04996667v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Kawas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2021.03.019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446980v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginel Bodoc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthoumieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-021-09900-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482203v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jacob" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laborie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cabassud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2019.117587" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118598v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2020.05.006" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306336v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blacqui&#232;res" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701333v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alary" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Duchayne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2023-01-1408" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Hirsch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fdida" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Irimiea" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745404v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reulet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Zuzio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-035" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039717v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trontin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-4116" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740165v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3611" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01058399v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D&#233;jean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthoumieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gajan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755241v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tra My Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Camp&#233;ri-Ginestet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01297314v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ledent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste D&#233;jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouzaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Bedoya-Vel&#225;squez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.563691" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277827v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio da Cunha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mizzi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouzineau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.06.058" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04996667v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Kawas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2021.03.019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446980v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginel Bodoc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthoumieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-021-09900-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482203v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jacob" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laborie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cabassud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2019.117587" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118598v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2020.05.006" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306336v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blacqui&#232;res" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701333v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alary" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Duchayne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2023-01-1408" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Hirsch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fdida" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Irimiea" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039717v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trontin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-4116" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745404v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reulet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Zuzio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-035" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740165v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3611" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01058399v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D&#233;jean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthoumieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gajan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755241v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tra My Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Camp&#233;ri-Ginestet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01297314v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>