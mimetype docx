--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -225,286 +225,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The slow slip events cycle along the Izmit segment of the North Anatolian Fault</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring an unsupervised data mining approach to extract aseismic slip events along the Izmit section of the North Anatolian Fault, based on FLATSIM time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Pothier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Neyrinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Doubre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Doin</w:t>
+                <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th Symposium on Measurement of Earth surface Deformations with Earth Observation (MDIS'24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Orléans, France. pp.2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04725718v1</w:t>
+                <w:t xml:space="preserve">hal-04808572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring an unsupervised data mining approach to extract aseismic slip events along the Izmit section of the North Anatolian Fault, based on FLATSIM time series</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The slow slip events cycle along the Izmit segment of the North Anatolian Fault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Neyrinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doubre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rigotti</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Doin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Symposium on Measurement of Earth surface Deformations with Earth Observation (MDIS'24)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808572v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04725718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">15-year acceleration along the Japan trench and the Salami trough</w:t>
               </w:r>
@@ -915,51 +915,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Neyrinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doubre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3459,51 +3459,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Neyrinck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannrath Ros" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Rousset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lasserre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725718v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doubre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17305" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04808572v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigotti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587704v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Marill" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Socquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385083v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saillard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Avouac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chlieh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780991v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB029342" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778410v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rivera" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2024.119104" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699221v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaccaria El Yousfi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Husker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Kazachkina" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118340" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781458v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rousset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campillo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shapiro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Walpersdorf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Titkov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL101856" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362262v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixiao Sheng" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korbinian Sager" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bou&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL098509" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021226" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781397v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuning Fu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Bartlow" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland B&#252;rgmann" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018724" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928032v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav3274" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781384v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018037" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155571v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Frank" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aat0661" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02860768v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Kano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naofumi Aso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takanori Matsuzawa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ide" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Annoura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180021" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781279v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014448" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524436v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016TC004156" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Simons" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Riel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL068250" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03579978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B. Frank" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola&#239; M. Shapiro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen L. Husker" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063685" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781163v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Graham" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Demets" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Cabral-Cano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Kostoglodov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-015-1211-x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477612v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadaya Cubas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-015-1215-6" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781020v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barbot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Avouac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#8208;ju Hsu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JB009571" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561788v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAU039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Neyrinck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannrath Ros" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Rousset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lasserre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04808572v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigotti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725718v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doubre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17305" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587704v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Marill" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Socquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385083v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saillard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Avouac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chlieh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780991v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB029342" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778410v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rivera" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2024.119104" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699221v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaccaria El Yousfi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Husker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Kazachkina" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118340" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781458v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rousset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campillo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shapiro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Walpersdorf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Titkov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL101856" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362262v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixiao Sheng" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korbinian Sager" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bou&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL098509" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021226" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781397v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuning Fu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Bartlow" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland B&#252;rgmann" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018724" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928032v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav3274" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781384v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018037" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155571v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Frank" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aat0661" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02860768v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Kano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naofumi Aso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takanori Matsuzawa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ide" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Annoura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180021" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781279v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014448" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524436v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016TC004156" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Simons" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Riel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL068250" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03579978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B. Frank" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola&#239; M. Shapiro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen L. Husker" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063685" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781163v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Graham" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Demets" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Cabral-Cano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Kostoglodov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-015-1211-x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477612v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadaya Cubas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-015-1215-6" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781020v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barbot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Avouac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#8208;ju Hsu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JB009571" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561788v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAU039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>