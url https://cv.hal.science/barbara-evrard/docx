--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -636,339 +636,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02555401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Champ-de-Mars, un « haut lieu » sportif ?</w:t>
+                <w:t xml:space="preserve">Quand la ville décide de soutenir les événements sportifs commerciaux et compétitifs : les déterminants de l’action concertée à Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charrier Dominique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mappemonde.780⟩</w:t>
+              <w:t xml:space="preserve">Politiques et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/pmp.36.2019.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555299v1</w:t>
+                <w:t xml:space="preserve">hal-02555343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les enfants veulent jouer au football, pas être exploités! » Coupe du monde de football 2014 et implications sur le tourisme sexuel infantile dans la ville d’accueil de Recife, Brésil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">César Teixeira Castilho</w:t>
+                <w:t xml:space="preserve">Le Champ-de-Mars, un « haut lieu » sportif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Charrier</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charrier Dominique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07053436.2019.1625648⟩</w:t>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 125 (Varia), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mappemonde.780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02401571v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02555299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la ville décide de soutenir les événements sportifs commerciaux et compétitifs : les déterminants de l’action concertée à Paris</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">« Les enfants veulent jouer au football, pas être exploités! » Coupe du monde de football 2014 et implications sur le tourisme sexuel infantile dans la ville d’accueil de Recife, Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Teixeira Castilho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et Management public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 36 (3), </w:t>
+              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42 (2), pp.226-243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/pmp.36.2019.0015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/07053436.2019.1625648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02555343v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouvernance des clubs de football professionnels</w:t>
               </w:r>
@@ -1058,64 +1058,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupe du Monde 2014 au Brésil : deux facettes de la prostitution (Belo Horizonte et Recife)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Teixeira Castilho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1162,90 +1162,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turismo sexual infanto-juvenil em xeque no contexto da Copa do Mundo de 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Teixeira Castilho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Turchi Pacheco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estudos Feministas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 26 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1842,77 +1842,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2014 FIFA World Cup in Brazil: Gentrification of Brazilian Football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Teixeira Castilho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociology and Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 5 (9), pp.703-712. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2035,217 +2035,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02555428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Seine des loisirs nautiques : jeux d'eau, terrains de jeu et conscience du milieu</w:t>
+                <w:t xml:space="preserve">Une Armada de signes. Mise en scène et publics des grands voiliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Féménias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sirost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+              <w:t xml:space="preserve">Études normandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01849634v1</w:t>
+                <w:t xml:space="preserve">hal-01849639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une Armada de signes. Mise en scène et publics des grands voiliers</w:t>
+                <w:t xml:space="preserve">La Seine des loisirs nautiques : jeux d'eau, terrains de jeu et conscience du milieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Féménias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sirost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études normandes</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01849639v1</w:t>
+                <w:t xml:space="preserve">hal-01849634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bases de plein air et de loisir en Haute Normandie, un ersatz de bord de mer ?</w:t>
               </w:r>
@@ -2579,51 +2579,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compréhension de l'impact territorial des événements sportifs : pour que l'acteur public s'implique en pleine connaissance des effets induits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babara Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2687,51 +2687,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOURNEES INTERNATIONALES DE MANAGEMENT DU SPORT, DU TOURISME SPORTIF ET DES LOISIRS ACTIFS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté sciences du sport Dijon, May 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2782,51 +2782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « La ville et le sport »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe recherche interdisciplinaire sur les territoires du sport, Apr 2017, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2864,51 +2864,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POROSITE PUBLIC / PRIVE, LA NORME DE L'EVENEMENTIEL SPORTIF PARISIEN ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3852,51 +3852,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00565235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HDR (1)</w:t>
+        <w:t xml:space="preserve">HDR (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3930,53 +3930,115 @@
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Normandie Université, Université de Rouen, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03924284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyser et comprendre les espaces de pratiques sportives de loisirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gestion et management. Université de Rouen Normandie, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05507357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4044,51 +4106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0105D618"/>
+    <w:nsid w:val="AE236071"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4275,51 +4337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/barbara-evrard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7943-5565" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374721v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barbier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Evrard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dermit-Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.147.0055" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318023v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594837v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jallat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03133671v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sirost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555401v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charrier Dominique" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074090ar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555299v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.780" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02401571v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Teixeira Castilho" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2019.1625648" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555343v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.36.2019.0015" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365679v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scelles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2019.00315" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03660319v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17851/2526-4494.2.2.29-54" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03660322v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Turchi Pacheco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1806-9584-2018v26n246056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376536v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lepill&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bussi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F&#233;m&#233;nias" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18312" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365773v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376551v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2017.1282029" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555324v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376494v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14927713.2017.1339363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03660331v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13189/sa.2017.050902" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555428v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849634v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849639v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849641v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377926v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2011.10707817" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848615v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042228v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babara Evrard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042169v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042177v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.080.0115" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365744v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-01138664v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975085v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.115460" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02926665v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48709-6_10" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376748v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377870v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cm Moumaneix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849591v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.9963" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00565235v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03924284v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/barbara-evrard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7943-5565" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374721v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barbier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Evrard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dermit-Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.147.0055" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318023v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594837v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jallat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03133671v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sirost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555401v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charrier Dominique" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074090ar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charrier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.36.2019.0015" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555299v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.780" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02401571v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Teixeira Castilho" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2019.1625648" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365679v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scelles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2019.00315" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03660319v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17851/2526-4494.2.2.29-54" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03660322v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Turchi Pacheco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1806-9584-2018v26n246056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376536v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lepill&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bussi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F&#233;m&#233;nias" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18312" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365773v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376551v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2017.1282029" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555324v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376494v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14927713.2017.1339363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03660331v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13189/sa.2017.050902" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555428v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849639v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849634v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849641v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377926v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2011.10707817" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848615v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042228v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babara Evrard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042169v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042177v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.080.0115" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365744v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-01138664v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975085v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.115460" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02926665v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48709-6_10" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376748v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377870v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cm Moumaneix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01849591v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.9963" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00565235v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03924284v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05507357v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>