--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -153,3301 +153,3379 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le gaspillage alimentaire dans les villes : une approche par le métabolisme urbain pour éclairer les politiques</w:t>
+                <w:t xml:space="preserve">Minimizing then Closing Material Cycles: The Ignored Potential of Food Waste Reduction to Transform the Urban Food Metabolism of the Paris Metropolitan Area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+                <w:t xml:space="preserve">Barbara Redlingshöfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Circular Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55845/joce-2025-3365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472178v1</w:t>
+                <w:t xml:space="preserve">hal-05503719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing farm sustainability: the IDEA4 method, a conceptual framework combining dimensions and properties of sustainability</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le gaspillage alimentaire dans les villes : une approche par le métabolisme urbain pour éclairer les politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Alonso Ugaglia</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1/2 - 2024, pp.49-67</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04524607v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métabolisme associé aux systèmes agri-alimentaires : enjeux et diversité d’approches dans la communauté de recherche française</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing farm sustainability: the IDEA4 method, a conceptual framework combining dimensions and properties of sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Alonso Ugaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Carayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie S. Madelrieux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernard Del’homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Agricultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 32, pp.8. </w:t>
+              <w:t xml:space="preserve">, 2024, 33 (10), 11 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/cagri/2023001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2024001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04004014v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04524607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la conception à la conversion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Métabolisme associé aux systèmes agri-alimentaires : enjeux et diversité d’approches dans la communauté de recherche française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Madelrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’autre Cuisine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2023001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03955839v1</w:t>
+                <w:t xml:space="preserve">hal-04004014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le métabolisme urbain : une approche de la dimension matérielle des systèmes alimentaires des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sesame : Sciences et sociétés, alimentation, mondes agricoles et environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Novembre (12), pp.57-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are waste hierarchies effective in reducing environmental impacts from food waste? A systematic review for OECD countries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">De la conception à la conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Helga Weisz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L’autre Cuisine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24, pp.18-29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02468527v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IDEA4 : une méthode de diagnostic pour une évaluation clinique de la durabilité en agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Zahm</w:t>
+                <w:t xml:space="preserve">Are waste hierarchies effective in reducing environmental impacts from food waste? A systematic review for OECD countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Barles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Barbier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Helga Weisz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 156, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2020.104723⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02511774v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluer la durabilité des exploitations agricoles : La méthode IDEA v4, un cadre conceptuel combinant dimensions et propriétés de la durabilité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">IDEA4 : une méthode de diagnostic pour une évaluation clinique de la durabilité en agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Alonso Ugaglia</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">H. Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Del'Homme</w:t>
+                <w:t xml:space="preserve">Sydney Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.39-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267338v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02511774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État des lieux des pertes alimentaires et potentiel d'utilisation des sous-produits animaux par les filières animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+                <w:t xml:space="preserve">Évaluer la durabilité des exploitations agricoles : La méthode IDEA v4, un cadre conceptuel combinant dimensions et propriétés de la durabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Alonso Ugaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Coudurier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Del'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2019.32.1.2454⟩</w:t>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (5), 10 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2019004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622647v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaspillage alimentaire - La prévention, un défi de politique publique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">État des lieux des pertes alimentaires et potentiel d'utilisation des sous-produits animaux par les filières animales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coudurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sesame : Sciences et sociétés, alimentation, mondes agricoles et environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (1), pp.67-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2019.32.1.2454⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02787473v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying food loss during primary production and processing in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Gaspillage alimentaire - La prévention, un défi de politique publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Georget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sesame : Sciences et sociétés, alimentation, mondes agricoles et environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Sésame - Sciences et société, alimentation, mondes agricoles et environnement (2554-7011)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2017.06.173⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01605142v1</w:t>
+                <w:t xml:space="preserve">hal-02787473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food security, food systems, and environmental change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantifying food loss during primary production and processing in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coudurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Ingram</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martine Georget</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solutions </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 164, pp.703-714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2017.06.173⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01604380v1</w:t>
+                <w:t xml:space="preserve">hal-01605142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture et exploitation agricole durables : état de l’art et proposition de définitions revisitées à l’aune des valeurs, des propriétés et des frontières de la durabilité en agriculture</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adeline Alonso Ugaglia</w:t>
+                <w:t xml:space="preserve">Food security, food systems, and environmental change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Ingram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dyball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Howden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Boureau</w:t>
+                <w:t xml:space="preserve">Sonja Vermeulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Del'Homme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Marc J. M. Barbier</w:t>
+                <w:t xml:space="preserve">Tara Garnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solutions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (3), pp.63-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02637332v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat des lieux et leviers pour réduire les pertes alimentaires dans les filières françaises</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Agriculture et exploitation agricole durables : état de l’art et proposition de définitions revisitées à l’aune des valeurs, des propriétés et des frontières de la durabilité en agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Alonso Ugaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Boureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Del'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc J. M. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 48, pp.23-57. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/1.462270509589515E12⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 46, pp.105-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.462267509242779E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636281v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pertes alimentaires dans la filière poulet de chair</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Etat des lieux et leviers pour réduire les pertes alimentaires dans les filières françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Coudurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Georget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 48, pp.161-175. </w:t>
+              <w:t xml:space="preserve">, 2015, 48, pp.23-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/1.4622743460346223E12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/1.462270509589515E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04671101v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthodologie utilisée dans l’étude INRA pour l’analyse des pertes alimentaires dans les filières</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les pertes alimentaires dans la filière poulet de chair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Malher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coudurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 48, pp.11-22. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/1.4622704219926074E12⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 48, pp.161-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.4622743460346223E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634690v1</w:t>
+                <w:t xml:space="preserve">hal-04671101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pertes alimentaires en filière laitière</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La méthodologie utilisée dans l’étude INRA pour l’analyse des pertes alimentaires dans les filières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 48, pp.143-160. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/1.4622711884167021E12⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 48, pp.11-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.4622704219926074E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635036v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pertes alimentaires dans la filière oléagineuse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les pertes alimentaires en filière laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Gésan-Guiziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coudurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Fine</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Baptiste Randriamampita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 48, pp.97-114. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/1.4622709266161074E12⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 48, pp.143-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.4622711884167021E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629820v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food losses and waste in the French oilcrops sector</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pertes alimentaires dans la filière oléagineuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Chardigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Fine</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Michel Renard</w:t>
+                <w:t xml:space="preserve">Michel M. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2015012⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48, pp.97-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.4622709266161074E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01506633v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexité, risques incertains, précaution et débat public</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Food losses and waste in the French oilcrops sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Chardigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Métais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Anrdé</w:t>
+                <w:t xml:space="preserve">Michel Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ers.2014.0697⟩</w:t>
+              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (3), pp.A302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2015012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02630661v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01506633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un, deux, trois tours et hop? Débattre autrement?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">La démocratie à l‘épreuve du débat public Cigeo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Andre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 64, pp.119-131</w:t>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 224, pp.2-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633872v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démocratie à l‘épreuve du débat public Cigeo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Complexité, risques incertains, précaution et débat public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Métais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Anrdé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13 (3), pp.222-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ers.2014.0697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634800v1</w:t>
+                <w:t xml:space="preserve">hal-02630661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un, deux, trois tours et hop ? Débattre autrement ? Leçons du débat public CIGÉO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Un, deux, trois tours et hop? Débattre autrement?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Métais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude André</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Andre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 64, pp.119-132</w:t>
+              <w:t xml:space="preserve">, 2014, 64, pp.119-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01222617v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouveaux enjeux liés à la durabilité des systèmes alimentaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Esnouf</w:t>
+                <w:t xml:space="preserve">Un, deux, trois tours et hop ? Débattre autrement ? Leçons du débat public CIGÉO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Métais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien S. Jean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+                <w:t xml:space="preserve">Jean-Claude André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 64, pp.119-132</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001329v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01222617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bibliographie - &amp;quot;Le Bio : qu’y a-t-il (vraiment) dans votre assiette ? Idées reçues sur l’agriculture biologiques&amp;quot; de Michel Guglielmi et Christophe David</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les nouveaux enjeux liés à la durabilité des systèmes alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien S. Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24, pp.121-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/pej7-wp69⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01214340v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there a relation between the nutritional adequacy of diets and their greenhouse gas emissions?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Bibliographie - &amp;quot;Le Bio : qu’y a-t-il (vraiment) dans votre assiette ? Idées reçues sur l’agriculture biologiques&amp;quot; de Michel Guglielmi et Christophe David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 58 (Suppl. 3), pp.150</w:t>
+              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 61 (61), pp.134-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643478v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LCA Food 2010 [VIIe Conférence internationale « Analyses de cycle de vie dans l’alimentation »]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Is there a relation between the nutritional adequacy of diets and their greenhouse gas emissions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Vieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Georges Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marketa Supkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Russel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 60 (60), pp.103-108</w:t>
+              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 58 (Suppl. 3), pp.150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196916v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultures des laits du monde</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">LCA Food 2010 [VIIe Conférence internationale « Analyses de cycle de vie dans l’alimentation »]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annie Soyeux</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Vergez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 59 (59), pp.93-96</w:t>
+              <w:t xml:space="preserve">, 2011, 60 (60), pp.103-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211502v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoi de neuf du côté des analyses de cycle de vie dans l'agriculture et l'alimentation ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Cultures des laits du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Soyeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 57, pp.147-150</w:t>
+              <w:t xml:space="preserve">, 2010, 59 (59), pp.93-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653507v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoi de neuf du côté des analyses de cycle de vie dans l’agriculture et l’alimentation ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Quoi de neuf du côté des analyses de cycle de vie dans l'agriculture et l'alimentation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 57 (57), pp.147-150</w:t>
+              <w:t xml:space="preserve">, 2009, 57, pp.147-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01197090v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une alimentation durable ? Ce qu'enseigne la littérature scientifique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Quoi de neuf du côté des analyses de cycle de vie dans l’agriculture et l’alimentation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 53 (53), pp.83-102</w:t>
+              <w:t xml:space="preserve">, 2009, 57 (57), pp.147-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01199229v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une alimentation durable ? Ce qu'enseigne la littérature scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 53, pp.83-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02669080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les IIèmes travaux pratiques de la charte de l’Environnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Vers une alimentation durable ? Ce qu'enseigne la littérature scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 53 (53), pp.83-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01199229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les IIèmes travaux pratiques de la charte de l’Environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2006, 53 (53), pp.143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01212838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3457,3714 +3535,3714 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-national comparison of French and US school food policy and implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Stapleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Sanz Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 ASFS | AFHVS Conference - Food Cultures and Social Justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Association for the Study of Food and Society (ASFS) and the Agriculture, Food &amp; Human Values Society (AFHVS), Jun 2025, Corvallis OR, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exemple du Parcours Newlink (BETTER) : nouveau maillon de la collecte et de la redistribution d’invendus en ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Minh Hoang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Métaprogrammes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des rebuts et invendus de pain - Exemple d'instrument d'une circularité territoriale existante mais fragile</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Using the urban metabolism to combine circular approaches with food system sustainability : The example of food waste in the Paris metropolitan area (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lynda Aissani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Congrès Interdisciplinaire sur l’Economie Circulaire CIEC-2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France. 8 p</w:t>
+              <w:t xml:space="preserve">Urban October 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIZ - Deutsche Gesellschaft für Internationale Zusammenarbeit, Oct 2024, Le Caire, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969381v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the urban metabolism to combine circular approaches with food system sustainability : The example of food waste in the Paris metropolitan area (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Valorisation des rebuts et invendus de pain - Exemple d'instrument d'une circularité territoriale existante mais fragile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Aissani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban October 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIZ - Deutsche Gesellschaft für Internationale Zusammenarbeit, Oct 2024, Le Caire, Egypt</w:t>
+              <w:t xml:space="preserve">1. Congrès Interdisciplinaire sur l’Economie Circulaire CIEC-2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244179v1</w:t>
+                <w:t xml:space="preserve">hal-04969381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collecting and redistributing surplus meals from institutional catering to associations: characterizing and assessing the new link</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Minh Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Gaurichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actionable Science for Urban Sustainability (AScUS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AScUS - Actionable Science for Urban Sustainability, Mar 2024, Troyes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04520804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des excédents de repas de la restauration collective : quels rôles aux nouveaux intermédiaires?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Minh Hoang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique : Webinaire du GOS3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE Département ACT, Feb 2024, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégrer la dimension socio-économique par l’approche territoriale : gestion et valorisation des rebuts et invendus de pain (RIP) aux étapes de la production et adéquation avec le cadre règlementaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Aissani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Lucas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'échange sur « Métabolisme des systèmes agri-alimentaires. Flux, organisations, territoires »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adopter une approche par le métabolisme urbain pour éclairer les politiques : le cas des pertes et gaspillages alimentaires à Paris et la Petite Couronne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'échange sur « Métabolisme des systèmes agri-alimentaires. Flux, organisations, territoires »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing food loss and waste in the global food system: trade-offs and policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International CLAND workshop « intersectoral complexity of the global food systems”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POP-EXTEND, Population qui mange et métabolisme agri-alimentaire : Outil pour l’analyse de la population qui mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion de la Commission municipal PAT de Fontenay-sous-bois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Fontenay-sous-Bois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse illustrée de la méthode IDEA4 (indicateurs de durabilité des exploitations agricoles version 4)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sydney Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Alonso Ugaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire POLIDEA (POLitiques publiques et Indicateurs de Durabilité en Agriculture)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04100543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le gaspillage alimentaire dans les villes :une approche de métabolisme urbain pour éclairer les politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'ASTEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Scientifique et Techinque pour l'Eau et l'Environnement, Jun 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and analysis of the redistribution of unsold meals from collective catering to associations: role of new operators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Minh Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Gaurichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Industrial Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Industrial Ecology, Jul 2023, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The eating population: Addressing food consumption in urban metabolism studies. Presented at: Transforming socio-economic metabolism in times of multiple crises</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A policy perspective on food waste in the Paris Île-de-France food metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Conference of the Socio-Economic Section of the International Society for Industrial Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Industrial Ecology, Sep 2022, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique Sciences sociales et alimentation (Solal)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03819364v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A policy perspective on food waste in the Paris Île-de-France food metabolism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The eating population: Addressing food consumption in urban metabolism studies. Presented at: Transforming socio-economic metabolism in times of multiple crises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique Sciences sociales et alimentation (Solal)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">14. Conference of the Socio-Economic Section of the International Society for Industrial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Industrial Ecology, Sep 2022, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244218v1</w:t>
+                <w:t xml:space="preserve">hal-03819364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food waste in cities: an urban metabolism approach applied to Paris and Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de la FIRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FIRE - Fédération de Recherche sur l'Environnement, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food waste in France : Magnitude, policy, and the role of green and digital technologies in consumer food waste reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food loss and Food Waste : Situation, measures, private sector action, and research supporting food loss and waste reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels enseignements d'une quantification des pertes et gaspillages alimentaires par l'approche métabolique, à l'échelle d'une ville (métropole) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association Française de l'Economie Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03669832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing food consumption in urban metabolism studies by using the notion of the eating population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Actionable Science for Urban Sustainability Unconference (AScUS 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actionable Science for Urban Sustainability Society, Jun 2021, On Line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04402719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation du gaspillage alimentaire en restauration scolaire par analyse des flux de matière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Escudié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Soulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes alimentaires et villes: interactions, innovations et leviers pour la durabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Juvignac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02156971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying food flows within cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helga Weisz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Conference of the Socio-Economic Section of the International Society for Industrial Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Industrial Ecology (ISIE). INT., May 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02156969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the food waste hierarchy misleading to sustainable use of food ? Learnings from a literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RGS-IBG Annual International conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03669837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating sustainability of farms: introducing a new conceptual framework based on three dimensions and five key properties relating to the sustainability of agriculture. The IDEA method version 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Alonso Ugaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard del 'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European IFSA Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Chania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851634v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaspillage alimentaire et action publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire 4 PAC, alimentation et nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Paris, France. 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduire les pertes et gaspillages d’aliments dans un monde de plus en plus urbanisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01531755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment mieux tenir compte des contraintes au stade de la production pour prévenir les pertes et gaspillages alimentaires? Participation à la Table ronde n°1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Glanage contre gaspillage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, France Nature Environnement (FNE). FRA., Oct 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01531754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue forum consume with care: food waste and the sustainable development goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jump-starting the SDGs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Institute for Sustainable Development., May 2016, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01531753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouveau cadre conceptuel d’évaluation de la durabilité en agriculture basé sur les propriétés et les objectifs de la durabilité. La méthode IDEA - version 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Alonso Ugaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Alonso Ugaglia</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">H. Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Del'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire RMT Erytage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France. pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zero waste sustainable food systems: Scenarios for the cities of the future -2035</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. IUFOST conference, Food Security Panel - Influencing the demand for food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Unions of Food Science and Technology (IUFoST)., Aug 2016, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenging food waste reduction in urban settings – learnings from INRA’s foresight study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. meeting of the OECD Food chain analysis network on reducing food loss and waste in retail and processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Food Chain Analysis Network - OCDE., Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New paradigms on how to achieve zero food waste in future cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gracieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAMIRAN 2015 16. International Conference Rural-Urban Symbiosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. 197 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food losses and waste in the poultry production chain: from farm to retail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Coudurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. European Symposium on the Quality of Eggs and Egg Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food loss and waste reduction in a context of growing urbanization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gracieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29. EFFoST International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFFoST, The European Federation of Food Science &amp; Technology., Nov 2015, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the whole picture - Contribution from Inra to close knowledge gaps on food losses and waste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Food waste in the European Food Supply Chain:Challenges and Opportunities Strategic Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., May 2014, Athène, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban food systems: socio-technological innovation for cities to tackle the zero waste challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gracieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Conference on Global Food Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, New York, United States. 59 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pertes alimentaires dans la filière laitière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Gésan-Guiziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Coudurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Randriamampita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'Innovation Agronomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pertes et gaspillages alimentaires, un phénomène aux multiples facettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Rencontres de la Fondation Louis Bonduelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Louis Bonduelle. FRA., May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging innovations for a significant reduction of food losses and waste: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IARU Sustainability science congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Copenhagen = Københavns Universitet (KU). DNK.; International Unions of Food Science and Technology (IUFoST)., Oct 2014, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réduction des pertes et gaspillages alimentaires : une nécessité face au changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">séminaire Alimentation et Changement Climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DIM R2DS et DIM Astréa., Dec 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food losses and wastage as a sustainability indicator of food and farming systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Soyeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10.European IFSA Symposium : Producing and reproducing farming systems. New modes of organisation for sustainable food systems of tomorrow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Aarhus, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix de consommation alimentaire, quel impact sur l'effet de serre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international, scientifique et professionnel "agriculture biologique et changement climatique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Clermont-Ferrand, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle, la place et les enjeux futurs de l'énergie dans la chaîne alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Académie d'Agriculture de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alimentation et énergie demain : du champ à la table du consommateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Paris, France. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7174,413 +7252,413 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food waste in cities: An urban metabolism approach to inform and assess policy. Presented at : Transforming socio-economic metabolism in times of multiple crises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Conference of the Socio-Economic Section of the International Society for Industrial Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Vienne, Austria. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03819370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are waste herarchies an adequate tool for sustainable use of food?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helga Weisz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes alimentaires et villes: interactions, innovations et leviers pour la durabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Juvignac, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La méthode IDEA version 4 (Indicateurs de Durabilité des Exploitations Agricoles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Alonso Ugaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jm. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Del'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Enseigner et Apprendre l'Agroécologie et référencement des outils pédagogiques sur agreen U</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse-Auzeville, France. pp.1, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02610213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-actor organization for urban food systems : short but collaborative supply chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Traversac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guillaume Messmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European IFSA Symposium: Farming systems facing global challenges: Capacities and strategies.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Berlin, Germany. , 2014, Farming systems facing global challenges: Capacities and strategies</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01198240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7590,783 +7668,783 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the sustainability of agricultural systems: the example of the Idea4 method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sydney Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Del'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inês Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dangles, Olivier; Sabrié, Marie-Lise; Fréour, Claire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability science: understand, co-construct, transform</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IRD Éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.142-145, 2024, 978-2-7099-3041-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04851944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluer la durabilité des systèmes agricoles : l’exemple de la méthode IDEA4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sydney Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Del'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inês Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dangles, Olivier; Sabrié, Marie-Lise; Fréour, Claire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science de la durabilité : comprendre, co-construire, transformer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, IRD Editions, pp.142-145, 2024, 978-2-7099-3039-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04851925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les services écosystémiques rendus par les agricultures urbaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Stella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Clerino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les agricultures urbaines en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Savoir faire, 9782759235636</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03855568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encadré 6.1. Les analyses de bassin alimentaire: entre évaluation de la dépendance et de la capacité d'autonomie alimentaire des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">QUAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les agricultures urbaines en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.117-118, 2022, 9782759235636</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03987889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact carbone et qualité nutritionnelle des régimes alimentaires en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole N. Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Georges Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Champenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une alimentation durable. Réflexion stratégique DuALIne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Matière à Débattre et Décider, 978-2-7592-1670-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pertes et gaspillages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Soyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Perchec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Champenois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une alimentation durable. Réflexion stratégique duALIne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Matière à Débattre et Décider, 978-2-7592-1670-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8376,244 +8454,244 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orchestrer les flux de matières organiques urbaines: Une réflexion à partir du cas de la Ville de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Bognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Giacche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Lehec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How can we optimize the new link in the fight against food waste?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Minh Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lochet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.14643.85285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8623,832 +8701,832 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recueil de projets d'expertise internationale à INRAE. Tome 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Chekhurska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Almerinda Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Desbureaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Soubeyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04619907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing consumer food waste using green and digital technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bolwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Nygaard Tanner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Riemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United Nations Environment Programme; United Nations Environment Programme Technical University of Denmark Partnership. 2021, 96 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enabling food waste reduction in potential urban environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gracieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] INRA. 2016, 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimates of European food waste levels. Project report FUSIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Quested</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham Moates</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Buksti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balázs Cseh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contract] 31032016, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes alimentaires urbains : comment réduire les pertes et gaspillages ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gracieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut National de la Recherche Agronomique. 2016, 88 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01743979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FUSIONS Definitional framework for food waste - full report. Project report FUSIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Gustavsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilke Bos-Brouwers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toine Timmermans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ole-Jørgen Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanne Møller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contract] 03072014, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standard approach on quantitative techniques to be used to estimate food waste levels. Project report FUSIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanne Møller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ole-Jørgen Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Svanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Hartikainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsi Silvennoinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contract] 31072014, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9458,100 +9536,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food waste in cities: an urban metabolism approach applied to Paris and Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Humanities and Social Sciences. Humboldt-Universität, 2022. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03819502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9561,315 +9639,315 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimizing then closing material cycles: the ignored potential of food waste reduction to achieve urban sustainability in the Paris metropolitan area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A standardized population-based approach for food consumption analysis and socio-metabolic research: insights from its application to France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Fardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysing and supporting territorial dynamics of agri-food systems: insights into the benefits and challenges of circular frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bonaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Wallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Niang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (working paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04350998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId246"/>
+      <w:footerReference w:type="default" r:id="rId249"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9937,51 +10015,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="56D82B3C"/>
+    <w:nsid w:val="B2ED1A43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10168,51 +10246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/barbara-redlingshofer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5564-3228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04472178v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingshofer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524607v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zahm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Alonso Ugaglia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Barbier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Del&#8217;homme" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2024001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004014v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Madelrieux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2023001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03955839v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03894156v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468527v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga Weisz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104723" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511774v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Barbier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cohen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boureau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Girard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alonso Ugaglia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Del'Homme" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2019004" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622647v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coudurier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.1.2454" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787473v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605142v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Georget" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.06.173" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604380v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ingram" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dyball" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Howden" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Vermeulen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Garnett" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637332v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Boureau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Del'Homme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Barbier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.462267509242779E12" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.462270509589515E12" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671101v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Malher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622743460346223E12" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634690v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622704219926074E12" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635036v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G&#233;san-Guiziou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Randriamampita" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622711884167021E12" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629820v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Lucas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chardigny" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Renard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622709266161074E12" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506633v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lucas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2015012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630661v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane M&#233;tais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Anrd&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2014.0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633872v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Andre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634800v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222617v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Andr&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001329v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Esnouf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Jean" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/pej7-wp69" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214340v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643478v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Vieux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketa Supkova" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Russel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Vergez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211502v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Soyeux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653507v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197090v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199229v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669080v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212838v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024043v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Stapleton" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Sanz Sanz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244191v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Minh Hoang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969381v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Lucas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aissani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244179v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520804v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gaurichon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244243v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244228v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tiriet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244235v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244138v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04100543v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164242v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164252v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819364v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Andr&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Deschamps" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244218v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244149v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244147v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669832v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04402719v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156971v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bigue" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Escudi&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soulard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilbert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156969v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669837v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851634v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard del 'Homme" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791287v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mourad" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531755v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531754v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531753v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605620v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506549v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533945v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837450v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fuentes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gracieux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738847v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506498v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602171v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837451v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739999v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602090v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506548v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602091v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745544v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823351v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824924v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Acad&#233;mie d'Agriculture de France" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819370v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788054v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610213v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Barbier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bourreau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198240v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Traversac" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillaume Messmer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851944v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#234;s Rodrigues" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr/produit/726/9782709930413/sustainability-science" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851925v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855568v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stella" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Clerino" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1752/9782759235643/les-agricultures-urbaines-en-france" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03987889v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811088v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole N. Darmon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Champenois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Martin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mousset" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/l_institut/prospective/rapport_dualine" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808804v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Perchec" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617331v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lehec" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04726133v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lochet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14643.85285" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04619907v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Chekhurska" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almerinda Pinto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martinez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Desbureaux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Soubeyran" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164221v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bolwig" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nygaard Tanner" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Riemann" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801419v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801611v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Jensen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Quested" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Moates" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Buksti" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs Cseh" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743979v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800861v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Gustavsson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilke Bos-Brouwers" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toine Timmermans" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole-J&#248;rgen Hansen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne M&#248;ller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799764v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Svanes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Hartikainen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsi Silvennoinen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03819502v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244280v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087124v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Fardet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04350998v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Niang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth R&#233;my" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/barbara-redlingshofer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5564-3228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05503719v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingsh&#246;fer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55845/joce-2025-3365" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04472178v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingshofer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524607v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zahm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Alonso Ugaglia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Barbier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Del&#8217;homme" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2024001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004014v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Madelrieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2023001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03894156v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03955839v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468527v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga Weisz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104723" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511774v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Barbier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cohen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boureau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Girard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267338v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alonso Ugaglia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Del'Homme" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2019004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622647v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coudurier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.1.2454" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787473v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605142v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Georget" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.06.173" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604380v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ingram" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dyball" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Howden" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Vermeulen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Garnett" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637332v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Boureau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Del'Homme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Barbier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.462267509242779E12" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636281v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.462270509589515E12" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671101v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Malher" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622743460346223E12" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634690v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622704219926074E12" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635036v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G&#233;san-Guiziou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Randriamampita" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622711884167021E12" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629820v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Lucas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chardigny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Renard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622709266161074E12" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506633v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lucas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2015012" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634800v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane M&#233;tais" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Andre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630661v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Anrd&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2014.0697" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633872v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222617v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Andr&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001329v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Esnouf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Jean" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/pej7-wp69" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214340v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643478v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Vieux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketa Supkova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Russel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196916v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Vergez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211502v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Soyeux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653507v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197090v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669080v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199229v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212838v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024043v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Stapleton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Sanz Sanz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244191v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Minh Hoang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969381v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Lucas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aissani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520804v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gaurichon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244243v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244228v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tiriet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244235v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244138v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244256v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04100543v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164242v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164252v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244218v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819364v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Andr&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Deschamps" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244149v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244147v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669832v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04402719v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156971v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bigue" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Escudi&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soulard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilbert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156969v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669837v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851634v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard del 'Homme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791287v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mourad" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531755v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531754v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531753v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605620v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506549v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533945v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837450v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fuentes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gracieux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738847v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506498v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602171v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837451v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739999v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602090v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506548v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602091v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745544v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823351v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824924v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Acad&#233;mie d'Agriculture de France" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819370v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788054v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610213v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Barbier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bourreau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198240v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Traversac" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillaume Messmer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851944v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#234;s Rodrigues" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr/produit/726/9782709930413/sustainability-science" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851925v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855568v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stella" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Clerino" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1752/9782759235643/les-agricultures-urbaines-en-france" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03987889v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811088v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole N. Darmon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Champenois" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Martin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mousset" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/l_institut/prospective/rapport_dualine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808804v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Perchec" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617331v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lehec" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04726133v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lochet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14643.85285" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04619907v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Chekhurska" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almerinda Pinto" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martinez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Desbureaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Soubeyran" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164221v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bolwig" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nygaard Tanner" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Riemann" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801419v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801611v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Jensen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Quested" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Moates" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Buksti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs Cseh" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743979v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800861v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Gustavsson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilke Bos-Brouwers" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toine Timmermans" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole-J&#248;rgen Hansen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne M&#248;ller" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799764v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Svanes" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Hartikainen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsi Silvennoinen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03819502v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244280v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087124v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Fardet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04350998v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Niang" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth R&#233;my" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>