--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1053,738 +1053,972 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00881421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densité de demi-horocycles sur une surface hyperbolique géométriquement infinie</w:t>
+                <w:t xml:space="preserve">Le théorème de Cartan-Hadamard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60868/sjvw-q749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00572881v1</w:t>
+                <w:t xml:space="preserve">hal-05547237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counterexamples in nonpositive curvature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Densité de demi-horocycles sur une surface hyperbolique géométriquement infinie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (4), pp.1162-1177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/dcds.2011.30.1095⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00477532v1</w:t>
+                <w:t xml:space="preserve">hal-00572881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DENSITY AND EQUIDISTRIBUTION OF ONE-SIDED HOROCYCLES OF A GEOMETRICALLY FINITE HYPERBOLIC SURFACE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Counterexamples in nonpositive curvature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Coudène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the London Mathematical Society</w:t>
+              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1112/jlms/jdr012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/dcds.2011.30.1095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00418793v1</w:t>
+                <w:t xml:space="preserve">hal-00477532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic measures for hyperbolic flows on non compact spaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DENSITY AND EQUIDISTRIBUTION OF ONE-SIDED HOROCYCLES OF A GEOMETRICALLY FINITE HYPERBOLIC SURFACE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Israel Journal of Mathematics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 179, pp.157-172. </w:t>
+              <w:t xml:space="preserve">Journal of the London Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11856-010-0076-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1112/jlms/jdr012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00163451v1</w:t>
+                <w:t xml:space="preserve">hal-00418793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The generic points for the horocycle flow on a class of hyperbolic surfaces with infinite genus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Débuter dans le métier d’enseignant-chercheur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/imrn/rnn086⟩</w:t>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60868/z03k-mr32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00263806v1</w:t>
+                <w:t xml:space="preserve">hal-05563031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equidistribution des horocycles d'une surface géométriquement finie</w:t>
+                <w:t xml:space="preserve">Mathématicienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60868/xzp2-ey17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00113250v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On quasi-invariant transverse measures for the horospherical foliation of a negatively curved manifold</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generic measures for hyperbolic flows on non compact spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Coudène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Israel Journal of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 179, pp.157-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11856-010-0076-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00113248v1</w:t>
+                <w:t xml:space="preserve">hal-00163451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lemme de l'Ombre et non divergence des horosphères d'une variété géométriquement finie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The generic points for the horocycle flow on a class of hyperbolic surfaces with infinite genus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omri Sarig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/imrn/rnn086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00113249v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00263806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Equidistribution des horocycles d'une surface géométriquement finie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Schapira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 40, pp.2447-2471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00113250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On quasi-invariant transverse measures for the horospherical foliation of a negatively curved manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Schapira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 24, pp.227-255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00113248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemme de l'Ombre et non divergence des horosphères d'une variété géométriquement finie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Schapira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 54, pp.939-989</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00113249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures quasi-invariantes pour un feuilletage et limites de moyennes longitudinales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 336 (4), pp.349-352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S1631-073X(03)00038-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1794,121 +2028,121 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measure of maximal entropy for H-flows on non-compact manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Florio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vaugon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1918,130 +2152,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troisième journée parité en mathématiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Burel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Texier-Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2051,107 +2285,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Geodesic and Horocyclic Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergodic Theory and Negative Curvature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2164, pp.129-155, 2017, Lecture notes in mathematics, 978-3-319-43058-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-43059-1_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2161,235 +2395,235 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium states in negative curvature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Paulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Pollicott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SMF, 373, pp.viii+281, 2015, Astérisque, 978-2-85629-818-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00758114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théorèmes ergodiques des actions de groupes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anantharaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Anker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Babillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bonami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Enseignement Mathématique. 41, 2010, Monographies de L'Enseignement Mathématiques, 978-2-940264-08-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2399,114 +2633,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés ergodiques du feuilletage horosphérique d'une variété à courbure négative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques [math]. Université d'Orléans, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00163420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId73"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2653,51 +2887,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881897v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Dougall" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schapira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tapie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1539" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901142v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gou&#235;zel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Riquelme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2007.08816" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708495v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1802.04991" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/624" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455739v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maucourant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00127094-2018-0050" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378893v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144393v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/cml.29" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933903v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coud&#232;ne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.14" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690104v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881421v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Gelfert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/27/7/1575" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572881v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477532v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2011.30.1095" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418793v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/jlms/jdr012" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163451v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-010-0076-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263806v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omri Sarig" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnn086" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113250v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113248v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163762v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-073X(03)00038-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X0HJ36B-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396739v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Florio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaugon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01631278v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Burel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leblond" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Texier-Picard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882452v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43059-1_3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758114v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pollicott" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464094v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Anantharaman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Anker" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Babillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonami" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Demange" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00163420v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881897v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Dougall" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schapira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tapie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1539" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901142v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gou&#235;zel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Riquelme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2007.08816" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708495v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1802.04991" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/624" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455739v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maucourant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00127094-2018-0050" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378893v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144393v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/cml.29" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933903v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coud&#232;ne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.14" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690104v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881421v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Gelfert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/27/7/1575" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547237v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/sjvw-q749" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572881v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477532v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2011.30.1095" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418793v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/jlms/jdr012" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563031v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/z03k-mr32" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563016v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/xzp2-ey17" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163451v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-010-0076-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263806v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omri Sarig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnn086" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113250v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113248v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113249v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163762v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-073X(03)00038-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X0HJ36B-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396739v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Florio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaugon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01631278v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Burel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leblond" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Texier-Picard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882452v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43059-1_3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758114v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paulin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pollicott" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464094v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Anantharaman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Anker" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Babillot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonami" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Demange" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00163420v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>