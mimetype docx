--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -805,307 +805,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging link between oxidative stress handling and autophagy in post-mortem maturation of mice skeletal muscle</w:t>
+                <w:t xml:space="preserve">Modulation of skeletal muscle function by gut Microbiota Dysbiosis and reseeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rim Nassar</w:t>
+                <w:t xml:space="preserve">Kevin Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Jollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Casas</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congrès du club français Autophagie CFATG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">European College of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948484v1</w:t>
+                <w:t xml:space="preserve">hal-03753298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of skeletal muscle function by gut Microbiota Dysbiosis and reseeding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emerging link between oxidative stress handling and autophagy in post-mortem maturation of mice skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Nassar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Vernus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Goustard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Nay</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Bonnieu</w:t>
+                <w:t xml:space="preserve">François Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European College of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">8. Congrès du club français Autophagie CFATG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03753298v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of skeletal muscle function by gut microbiota dysbiosis and reseeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Jollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1363,51 +1363,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JED Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Marseille, France. 1 p</w:t>
@@ -2495,51 +2495,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myostatin gene inactivation increases post-mortem calpain-dependent muscle proteolysis in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2642,51 +2642,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Physical Inactivity Induce Significant Changes in Human Gut Microbiota? New Answers Using the Dry Immersion Hypoactivity Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Jollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Chopard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3165,77 +3165,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gut bacteria are critical for optimal muscle functiona potential link with glucose homeostasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Jollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjes Baati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3351,51 +3351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 516, pp.89-95. </w:t>
@@ -3619,51 +3619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1862 (10 - part A), pp.1044-1055. </w:t>
@@ -3963,295 +3963,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of hyperplasia in Gasp-1 overexpressing mice is dependent on myostatin up-regulation</w:t>
+                <w:t xml:space="preserve">Myostatin Gene Inactivation Prevents Skeletal Muscle Wasting in Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Brun</w:t>
+                <w:t xml:space="preserve">Yann S. Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luce Périé</w:t>
+                <w:t xml:space="preserve">Anne-Cécile Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Castells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne F. Baraige</w:t>
+                <w:t xml:space="preserve">Marine M. Desgeorges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 34 (4), pp.1241-1259. </w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 74 (24), pp.7344-7356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000366335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.can-14-0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01123375v1</w:t>
+                <w:t xml:space="preserve">hal-01837578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myostatin Gene Inactivation Prevents Skeletal Muscle Wasting in Cancer</w:t>
+                <w:t xml:space="preserve">Absence of hyperplasia in Gasp-1 overexpressing mice is dependent on myostatin up-regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann S. Gallot</w:t>
+                <w:t xml:space="preserve">Caroline Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Cécile Durieux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Josiane Castells</w:t>
+                <w:t xml:space="preserve">Luce Périé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine M. Desgeorges</w:t>
+                <w:t xml:space="preserve">Fabienne F. Baraige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 74 (24), pp.7344-7356. </w:t>
+              <w:t xml:space="preserve">Cellular Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34 (4), pp.1241-1259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.can-14-0057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000366335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837578v1</w:t>
+                <w:t xml:space="preserve">hal-01123375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REDD1 deletion prevents dexamethasone-induced skeletal muscle atrophy</w:t>
               </w:r>
@@ -5185,350 +5185,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myostatin inactivation increases myotube size through regulation of translational initiation machinery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wnt4 activates the canonical beta-catenin pathway and regulates negatively myostatin: functional implication in myogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Rodriguez</w:t>
+                <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lionel Tintignac</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcb.23280⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 300 (5), pp.C1122-C1138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpcell.00214.2010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02645542v1</w:t>
+                <w:t xml:space="preserve">hal-02651868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wnt4 activates the canonical beta-catenin pathway and regulates negatively myostatin: functional implication in myogenesis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Fedon</w:t>
+                <w:t xml:space="preserve">Myostatin inactivation increases myotube size through regulation of translational initiation machinery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Bonnieu</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Toubiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Jublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Tintignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 112 (12), pp.3531-3542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcb.23280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpcell.00214.2010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02651868v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myostatin up-regulation is associated with the skeletal muscle response to hypoxic stimuli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Hayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5698,312 +5698,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Notch signaling induces myotube hypertrophy by recruiting a subpopulation of reserve cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Myostatin: Biology and Clinical Relevance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Carnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Kitzmann</w:t>
+                <w:t xml:space="preserve">Stéphanie Ricaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcp.20688⟩</w:t>
+              <w:t xml:space="preserve">Current Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (7), pp.765-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/138955706777698642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660408v1</w:t>
+                <w:t xml:space="preserve">hal-02664880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myostatin: Biology and Clinical Relevance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Carnac</w:t>
+                <w:t xml:space="preserve">Inhibition of Notch signaling induces myotube hypertrophy by recruiting a subpopulation of reserve cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Kitzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonnieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Ricaud</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marietta Barro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 6 (7), pp.765-770. </w:t>
+              <w:t xml:space="preserve">Journal of Cellular Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 208 (3), pp.538-548. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/138955706777698642⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcp.20688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02664880v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of human rhabdomyosarcoma cell lines to retinoic acid: relationship with induction of differentiation and retinoic acid sensitivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6371,51 +6371,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Delobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6483,51 +6483,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de muscle squelettique in vitro en 3 dimensions (3D)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Jublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6589,661 +6589,661 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04819158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du microbiote dans la relation entre activité physique, santé et bien-être</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benedicte Goustard</w:t>
+                <w:t xml:space="preserve">Bases cellulaires du défaut musculaire dégénératif (white-striping) chez le poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Carnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifiques du Département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Poitiers, France. 317, pp.E158 - E171</w:t>
+              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804882v1</w:t>
+                <w:t xml:space="preserve">hal-04818943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Butyrylcholinesterase and Ghrelin in the Myostatin knock-out mouse. Impact on stress, aggressivity and behavior</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rôle du microbiote dans la relation entre activité physique, santé et bien-être</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Goustard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christelle Bertrand-Gaday</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Meeting on Cholinesterases / 8. Conference on Paraoxonase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifiques du Département PHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Poitiers, France. 317, pp.E158 - E171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04816235v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction Ghréline-Myostatine-Butyrylcholinestérase dans le métabolisme musculaire et le comportement.</w:t>
+                <w:t xml:space="preserve">Butyrylcholinesterase and Ghrelin in the Myostatin knock-out mouse. Impact on stress, aggressivity and behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Ducornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Bertrand-Gaday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifiques du Département PHASE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
+              <w:t xml:space="preserve">14. International Meeting on Cholinesterases / 8. Conference on Paraoxonase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04818883v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des changements transitoires du métabolisme du zygote chez la souris influencent le phénotype musculaire à l'âge adulte</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interaction Ghréline-Myostatine-Butyrylcholinestérase dans le métabolisme musculaire et le comportement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Vernus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Goustard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Ducornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Bertrand-Gaday</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifiques du Département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Poitiers, France. 21, 2020, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04816250v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bases cellulaires du défaut musculaire dégénératif (white-striping) chez le poulet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Praud</w:t>
+                <w:t xml:space="preserve">Des changements transitoires du métabolisme du zygote chez la souris influencent le phénotype musculaire à l'âge adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bertrand-Gaday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Letheule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Py</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifiques du Département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, May 2022, Poitiers, France. 21, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21197203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04818943v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gut microbiota and skeletal muscle crosstalk : lessons from muscle remarkable phenotypes.</w:t>
               </w:r>
@@ -7354,77 +7354,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gut bacteria are critical for optimal muscle function: a potential link with glucose homeostasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Jollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7531,51 +7531,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angele Chopard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Congress of Myology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Bordeaux, France</w:t>
@@ -7643,51 +7643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjes Baati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7729,51 +7729,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de l’apoptose et de l’autophagie aux mécanismes de transformation post-mortem du muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7781,51 +7781,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique Phase 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France. , 1p., 2018</w:t>
@@ -7854,103 +7854,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the proteolytic events by the Myostatin in the post-mortem skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Journée CBS2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Montpellier, France. 2018</w:t>
@@ -7979,103 +7979,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for autophagy attenuation during post-mortem maturation of hypertrophied muscle in myostatin deficient mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème congrès du club français Autophagie CFATG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France. , 2017</w:t>
@@ -8143,51 +8143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8886,90 +8886,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into myostatin function in muscle protein homeostasis highlight a link with the regulation of translation ght</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Vernus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Jublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Tintignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonnieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9336,51 +9336,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Vernus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Goustard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Chabi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bertrand-Gaday" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hillary Maillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2025.111813" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157584v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Praud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04936608v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233589v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Colomb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tuifua" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pessemesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940121v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fouret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736948v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Jollet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonnieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948484v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Nassar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Goustard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753298v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753288v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Baati" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fanca-Berthon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Campredon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Py" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Descossy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tran van Ba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837644v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Feillet Coudray" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837628v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837613v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Britto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Begue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Rossano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Docquier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837595v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamroeun Sar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746242v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann F&#233;don" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803745v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pauly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matecki" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand Favier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258847v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarniguet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hugon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cubedo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118397" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383411v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollendorff" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2023.10.010" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616889v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Martin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Castells" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Allibert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Emerit" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Zolotoff" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12939" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503780v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carnac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2021.108726" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03415988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Chopard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bareille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13113865" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973322v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanchet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197203" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023074v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roumanille" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brioche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. van Ba" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12970-020-00390-5" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291837v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saint" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vitou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lo Cicero" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nissan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2019.103565" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02152871v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00521.2018" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268413v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Coudray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2019.06.014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607493v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina El Hadad" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Notarnicola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Evano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Khatib" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-016-2445-1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605145v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2017.06.017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01804186v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pauly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carillon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01759577v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frankie Vanterpool" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123375v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Baraige" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000366335" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837578v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann S. Gallot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Durieux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine M. Desgeorges" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-14-0057" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01635920v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian A Britto" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Begue" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00234.2014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205103v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodriguez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Chelh" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-014-1689-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837558v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Douillard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galbes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0057141" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645801v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1440-1681.2012.05677.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F1V8T083-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644146v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ploquin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00652.2011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939577v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina El Haddad" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Jean" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Turki" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Hugon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.115220" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649674v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/Y10-114" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645542v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rodriguez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Toubiana" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jublanc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tintignac" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.23280" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LTNB091D-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651868v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fedon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00214.2010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654970v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2010.09.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654025v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660408v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Kitzmann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Duret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marietta Barro" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.20688" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664880v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ricaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138955706777698642" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671198v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2005.09.011" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679134v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ritvos" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675798v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Joulia" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garandel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rabenoelina" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310612v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebru Asikan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04819158v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Koechlin-Ramonatxo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04804882v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816235v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Migeon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ducornet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818883v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04816250v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818943v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ibrahim" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829963v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nay" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chopard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735731v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Lefeuvre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539058v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angele Chopard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753297v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941438v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940229v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940597v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837654v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837627v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bertrand" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Banrezes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804341v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ramonatxo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813436v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753727v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754065v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837591v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=46623" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811454v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bacou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/skeletal-muscle-from-myogenesis-to-clinical-relations" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/48330" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Vernus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Goustard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Chabi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bertrand-Gaday" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hillary Maillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2025.111813" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157584v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Praud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04936608v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233589v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Colomb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tuifua" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pessemesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940121v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fouret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736948v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Jollet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonnieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753298v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948484v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Nassar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Goustard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753288v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Baati" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fanca-Berthon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Campredon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Py" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Descossy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tran van Ba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837644v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Feillet Coudray" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837628v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837613v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Britto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Begue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Rossano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Docquier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837595v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamroeun Sar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746242v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann F&#233;don" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803745v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pauly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matecki" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand Favier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258847v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarniguet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hugon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cubedo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118397" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383411v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollendorff" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2023.10.010" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616889v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Martin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Castells" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Allibert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Emerit" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Zolotoff" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12939" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503780v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carnac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2021.108726" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03415988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Chopard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bareille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13113865" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973322v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanchet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197203" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023074v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roumanille" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brioche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. van Ba" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12970-020-00390-5" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291837v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saint" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vitou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Lo Cicero" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nissan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2019.103565" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02152871v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00521.2018" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268413v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Coudray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2019.06.014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607493v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina El Hadad" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Notarnicola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Evano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Khatib" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-016-2445-1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605145v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2017.06.017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01804186v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pauly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carillon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01759577v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frankie Vanterpool" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837578v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann S. Gallot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Durieux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine M. Desgeorges" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-14-0057" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123375v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Baraige" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000366335" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01635920v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian A Britto" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Begue" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00234.2014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205103v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodriguez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Chelh" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-014-1689-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837558v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Douillard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galbes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0057141" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645801v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1440-1681.2012.05677.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F1V8T083-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644146v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ploquin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00652.2011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939577v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina El Haddad" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Jean" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Turki" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Hugon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.115220" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649674v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/Y10-114" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651868v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fedon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00214.2010" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645542v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rodriguez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Toubiana" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jublanc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tintignac" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.23280" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LTNB091D-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654970v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2010.09.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654025v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664880v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ricaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138955706777698642" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660408v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Kitzmann" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Duret" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marietta Barro" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.20688" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671198v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2005.09.011" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679134v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ritvos" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675798v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Joulia" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garandel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rabenoelina" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310612v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebru Asikan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04819158v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Koechlin-Ramonatxo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818943v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ibrahim" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04804882v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816235v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Migeon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ducornet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818883v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04816250v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829963v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nay" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chopard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735731v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Lefeuvre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539058v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angele Chopard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753297v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941438v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940229v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940597v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837654v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837627v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bertrand" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Banrezes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804341v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ramonatxo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813436v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753727v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754065v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837591v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=46623" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811454v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bacou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/skeletal-muscle-from-myogenesis-to-clinical-relations" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/48330" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>