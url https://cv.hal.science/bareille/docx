--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -72,11225 +72,11225 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude expérimentale et numérique de la capacité d’actionneurs piézoélectriques minces intégrés à cœur de composite à générer des ondes de Lamb : réponse fréquentielle et paramètres influents sur la transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ribay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gaverina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Saffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse et modélisation multi-physique du phénomène de « Spring-Back » pour des structures composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Salvia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Berthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05312892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation du rayonnement acoustique de plaques raidies contrastées à partir d'un modèle homogénéisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algebraic k-space identification 2D technique for the automatic extraction of complex k-space of 2D structures in presence of uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuefeng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31st International Conference on Noise and Vibration Engineering, ISMA 2024 and 10th International Conference on Uncertainty in Structural Dynamics, USD 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Louvain, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude expérimentale d'un système de contrôle santé intégré dans un composite aéronautique pour la détection de défauts par ondes guidées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gavérina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ribay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Saffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beauchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COFREND 2023 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HYBRID NATURAL-FIBRE COMPOSITE SANDWICH PANEL WITH NANOCOMPOSITE REINFORCEMENT FOR FLATWISE COMPRESSION AND VIBROACOUSTIC APPLICATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Palumbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Scarpa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23rd International Conference on Composite Materials, ICCM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Belfast, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental and Numerical Study of Lamb Waves Generation Efficiency by Lead Zirconate Titanate Transducers Embedded in a Composite Laminate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ribay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gavérina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Saffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beauchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th European Workshop on Structural Health Monitoring (EWSHM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Palerme, Italy. pp.513-522, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-07254-3_52⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligence artificielle et Objets Cyber-physiques : convergence pour la ville intelligente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Mouël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TERINT 2023 : 2ième rencontres scientifiques sur les territoires intelligents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Ajaccio, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04140704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damage evaluation and tracking using kriging approaches on wave-guide dispersion curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyes Nechak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmalek Zine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eighth International Conference on Structural Engineering, Mechanics and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cape Town, South Africa. pp.1759-1763, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9781003348443-288⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04590047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of various gear blank geometry patterns on the dynamic response of a transmission system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Bejar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th International Conference on Noise and Vibration Engineering, ISMA 2022 and 9th International Conference on Uncertainty in Structural Dynamics, USD 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, KU LEUVEN, Sep 2022, LEUVEN, Belgium. pp.4202 - 4216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of a Structural Health Monitoring systems integration in laminated composite cured in autoclave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gavérina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ribay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Saffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beauchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IWSHM 2021 - 13th International Workshop on Structural Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Stanford, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12783/shm2021/36271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude d’un système de contrôle santé intégré dans un composite à fibres de carbone pour la détection de défauts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gavérina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ribay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Saffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beauchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème Edition des Doctoriales de la COFREND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France. pp.19-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VIBRO3 (Vibro-supply, Vibro-Communication and Vibro-Inspection): a Global Multifunctional System for Wireless Supply, Communication and Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ndoga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IWPMA 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, online, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04612385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actuation and measurement of nondispersive near-cut-on guided resonances in a sandwich structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the International Conference on Noise and Vibration Engineering, ISMA2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leuven, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03160050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the effect of distributed embedded resonators in curved sandwich panels loaded by turbulent boundary layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Errico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Smart Structures and Materials, SMART 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, PARIS, France. pp.1124 - 1135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential microphone array: Design for acoustic localization within aircraft cabins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Meriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Derré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Juvé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th International Congress on Sound and Vibration, ICSV 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montreal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decoupling of energy transmission between subsystems of a complex structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Mazzeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Petrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Smart Structures and Materials, SMART 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Center for Numerical Methods in Engineering, Jul 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04094164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parametric study on the efficiency of an inverse energetic approach to identify the boundary acoustic sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Samet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Ben Souf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Fakhfakh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second International Conference on Acoustics and Vibration (ICAV2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Hammamet, Tunisia. pp.166-175, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-94616-0_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04092907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PARAMETRIC ANALYSIS OF A TRIPLE CORE PERIODIC UNIT CELL INCLUDING A MIDDLE RANDOM CORE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Guenfoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Deckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IX ECCOMAS Thematic Conference on Smart Structures and Materials - SMART 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Initial curing monitoring of composite civil-engineering repairs and life-time embedded wave-based surveillance network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Salvia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Structural Engineering, Mechanics and Computation, 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Cape Town, South Africa. pp.2053-2056, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9780429426506-353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04092899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the structural characterization through k-space methods: assessments and validations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Tufano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmalek Zine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Smart Structures and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Centre for NumericalMethods in Engineering (CIMNE), Jul 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Embedded sensing micro-components for fibre reinforced composite material systhesis and monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaopeng Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Salvia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surveillance, Vishno and AVE conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA-Lyon, Université de Lyon, Jul 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A multi-scale reinforced sandwich panel for vibroacoustic applications: Shear transition effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Palumbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Scarpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Smart Structures and Materials, SMART 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Center for Numerical Methods in Engineering, Jul 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04094569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uncertainties in wave characteristic of one-dimensional periodic media using the fuzzy wave finite element method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. P. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Smart Structures and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France. pp.1169-1182</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural health monitoring using piezo-based sensors and embedded distributed systems (Plenary)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Salvia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second International Conference on Acoustics and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Hammamet, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02389768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wavenumber identification technique for axial-symmetric structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Tufano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-M Zine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Pluymers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Noise and Vibration Engineering and USD 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, KU Leuven, Sep 2018, Leuven, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling and experimental measurements of the sound transmission loss for multi-layer core topology systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Guenfoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Pluymers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of ISMA 2018 - International Conference on Noise and Vibration Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Leuven, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A study of structured uncertainties in wave characteristic of one-dimensional periodic structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. P. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of ISMA2018 International Conference on Noise and Vibration Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Leuven, Belgium. pp.4731-4740</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inverse characterization of sandwich structures using single-shot wave speed measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics MEDYNA2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Sevilla, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A transition frequency-based in-situ characterization technique of sandwich composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Zergoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Composite Structures ICCS20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autonomous Wireless Sensor Network for Distributed Active Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateusz Zielinski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VPPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Belfort, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8330909⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02074232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A literature review for the analysis of structured and unstructured uncertainty effects on vibroacoustic.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. P. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDYNA 2017: 2nd Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Seville, Spain. pp.170-174</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atténuation dans un guide d’onde hétérogène : Étude de sensibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Christen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Français d’Acoustique – Vibrations, Shocks and Noise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medium frequency phenomena on heavy vehicles: experimental analysis and numerical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Rita Tufano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Laligant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Braguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of a low power wireless sensor network node for distributed active vibration control system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zielinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 10th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Grenoble, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRIME.2014.6872743⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02074393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A low power Wireless Sensor Node with Vibration Sensing and Energy Harvesting capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateusz Zieliński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 Federated Conference on Computer Science and Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Warsaw, Poland. pp.1065-1071, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15439/2014F246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02074382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception et réalisation d'un nœud sans fil pour un système distribué de contrôle actif des vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateusz Zielinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque du GDR SOC-SIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamics of stochastic and periodic structures in mid-frequency range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Ben Souf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Bouhaddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Haddar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics (MEDYNA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, France. pp.1 - 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00993404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A reduced global semi-active vibroacoustic control strategy, statement and preliminary validations:</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thamina Loukil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A wave-based approach to estimate porous material properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Chettah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche énergétique pour des guides d'ondes stochastiques : formulation et validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Ben Souf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faker Bouchoucha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Haddar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception et développement d'un système d'inspection par ondes guidées pour la détection des défauts dans les tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kharrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjin Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energitically efficient active vibration control of flexible structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Loukil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Haddar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An inverse mid-high frequency energy method: Formulation and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chabchoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Besset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Le Caire, Egypt. pp.1240-1247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01011800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative prognostic methodology for pipe defect detection leveraging acoustic emissions analysis and computational modeling integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Braydi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Ardabilian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Ocean Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 158 (4), pp.104521. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apor.2025.104521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new hybrid data and model-centric predictive approach dedicated to industrial pipe maintenance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Braydi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Fossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Casaburo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Zwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 153 (3), pp.110821. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.engappai.2025.110821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algebraic K-Space Identification 2D technique for the automatic extraction of complex k-space of 2D structures in presence of uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefeng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Fossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 223, pp.111892. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2024.111892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental application of Pseudo-Equivalent Deterministic Excitation method through an impact test</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+                <w:t xml:space="preserve">Integrating Model-Centric and Data-Centric Techniques for Pipe System Prognostics and Health Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Braydi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Casaburo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victore Pernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Zwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2024.118372⟩</w:t>
+              <w:t xml:space="preserve">e-Journal of Nondestructive Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 29 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58286/29631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04938011v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating Model-Centric and Data-Centric Techniques for Pipe System Prognostics and Health Management</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cyril Zwick</w:t>
+                <w:t xml:space="preserve">Experimental application of Pseudo-Equivalent Deterministic Excitation method through an impact test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Mazzeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Petrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-Journal of Nondestructive Testing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58286/29631⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 579, pp.118372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2024.118372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05421108v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progressive failure analysis on composite structures using a wave based method</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mn Ichchou</w:t>
+                <w:t xml:space="preserve">Kriging metamodeling approach for predicting the dispersion curves for wave propagating in complex waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boyao Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Fakhfakh</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lyes Nechak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/00219983231220762⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 551, pp.117595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809260v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04590037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where business model innovation comes from and where it goes: A bibliometric review</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Progressive failure analysis on composite structures using a wave based method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Mallouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ma Ben Souf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mn Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Fakhfakh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creativity and Innovation Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/caim.12558⟩</w:t>
+              <w:t xml:space="preserve">Journal of Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 58 (2), pp.167-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/00219983231220762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04096394v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Bending Model Describing the Generation of Negative Stiffness by Buckled Beams: Qualitative Analysis and Experimental Verification</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Where business model innovation comes from and where it goes: A bibliometric review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Antonialli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mira Bonnardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app13169458⟩</w:t>
+              <w:t xml:space="preserve">Creativity and Innovation Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/caim.12558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04590024v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04096394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kriging metamodeling approach for predicting the dispersion curves for wave propagating in complex waveguide</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dynamic Bending Model Describing the Generation of Negative Stiffness by Buckled Beams: Qualitative Analysis and Experimental Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madhurima Kothakota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117595⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (16), pp.9458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app13169458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04590037v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04590024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the acoustic radiation of contrasted orthogonally stiffened plates from homogenized model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Fossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 562, pp.117831. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04588846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of partial differential equations in structural mechanics theory through k-space analysis and design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Fossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmalek Zine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 304 (part 2), pp.116297. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compstruct.2022.116297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lead Zirconate Titanate Transducers Embedded in Composite Laminates: The Influence of the Integration Method on Ultrasound Transduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Kergosien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gavéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Ribay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Saffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Beauchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (8), pp.3057. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ma16083057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04066756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental pseudo-equivalent deterministic excitation method extension for low frequency domain applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Mazzeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio de Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 154 (6), pp.3507-3520. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0022375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical model of the dynamic behavior of a vibrating mesh nebulizer for optimal atomization efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 343, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2022.113646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First models for structural energy transmission decoupling in the high frequency regime under aerodynamic excitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mazzeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 236 (3), pp.1307-1321. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/09544062211020041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudo-equivalent deterministic excitation method application for experimental reproduction of a structural response to a turbulent boundary layer excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mazzeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 152 (3), pp.1498-1514. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0013424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the multi-scale vibroacoustic behavior of multi-layer rectangular core topology systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Guenfoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. N Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Deckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 143, pp.106629. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.106629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global sensitivity analysis of static characteristics of tilting-pad journal bearing to manufacturing tolerances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingyang Lou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenqi Chai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 149, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.triboint.2019.04.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04084606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schemes for the sound transmission of flat, curved and axisymmetric structures excited by aerodynamic and acoustic sources</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical investigation on the performance of fluid pivot journal bearing in one-sided floating state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingyang Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Xu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2019.05.041⟩</w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 138, pp.353-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2019.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419343v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04084655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of damage detection in plate-like structure using combined energetic approaches</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Cure and damage monitoring of flax fiber-reinforced epoxy composite repairs for civil engineering structures using embedded piezo micro-patches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingfa Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Salvia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0954406218771102⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 225, pp.196 - 203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.07.179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04084679v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03487229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations about periodic design for broadband increased sound transmission loss of sandwich panels using 3D-printed models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Experimental investigation of damage detection in plate-like structure using combined energetic approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Samet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Hui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Ben Souf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106432⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 233 (4), pp.1193-1203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0954406218771102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392115v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04084679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data on full wave-field measurement of transient guided resonance pulses propagating in a composite structure</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Investigations about periodic design for broadband increased sound transmission loss of sandwich panels using 3D-printed models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Errico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2019.104481⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.106432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03373031v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cure and damage monitoring of flax fiber-reinforced epoxy composite repairs for civil engineering structures using embedded piezo micro-patches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Data on full wave-field measurement of transient guided resonance pulses propagating in a composite structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michelle Salvia</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.07.179⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26, pp.104481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2019.104481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03487229v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation on the performance of fluid pivot journal bearing in one-sided floating state</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Schemes for the sound transmission of flat, curved and axisymmetric structures excited by aerodynamic and acoustic sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Errico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2019.06.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 456, pp.221-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2019.05.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04084655v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of long-range, near-cut-on guided resonances in composite panels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed N Ichchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 125 (17), pp.175109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.5079963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separable finite viscoelasticity: integral-based models vs. experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nidhal Jridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makrem Arfaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Salvia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Time-Dependent Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (3), pp.295-325. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11043-018-9383-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04084662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic wave finite element quadratic formulation for periodic media: 1D and 2D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. P. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 136, pp.106431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage detection on composite beam under transverse impact using the Wave Finite Element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mallouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Ben Souf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Acoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 147, pp.23 - 31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apacoust.2018.03.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03486652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion curves of infinite laminate panels through a modal analysis of finite cylinders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S de Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wave Motion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 83, pp.80-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02419351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composite beam identification using a variant of the inhomogeneous wave correlation method in presence of uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzi Lajili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lamjed Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Bouhaddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Computations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 35 (6), pp.2126-2164. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/EC-03-2017-0072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave Electromechanical Coupling Factor for the Guided Waves in Piezoelectric Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (8), pp.1406. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ma11081406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02383243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave-based SHM of sandwich structures using cross-sectional waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed N Ichchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural Control and Health Monitoring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 25 (2), pp.e2085. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/stc.2085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A WFE and Hybrid FE/WFE technique for the Forced Response of Stiffened Cylinders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S de Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Franco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Aircraft and Spacecraft Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12989/aas.2018.5.1.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The modelling of the flow-induced vibrations of periodic flat and axial-symmetric structures with a wave-based method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S de Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Franco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2018.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Distributed Active Vibration Control System Based on the Wireless Sensor Network for Automotive Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zielinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Intelligent Systems and Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 461, pp.235-253. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-44354-6_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01947049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new procedure for the determination of structural characteristics of sandwich plates in medium frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed N Ichchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 112, pp.103-111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesb.2016.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small perforations in corrugated sandwich panel significantly enhance low frequency sound absorption and transmission loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Annick Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. X. Xin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 182, pp.1-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compstruct.2017.08.103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01724952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibro-acoustic optimisation of sandwich panels using the wave/finite element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Zergoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boukadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. N Ichchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 156, pp.108-114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compstruct.2016.01.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global sensitivity analysis of analytical vibroacoustic transmission models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Christen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Troclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morvan Ouisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 368, pp.121-124. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of random coupled structures through the wave finite element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amine Souf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Bouhaddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Haddar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Computations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 32 (7), pp.2020-2045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/EC-08-2014-0173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic performance analysis of bionic coupling multi-layer structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.H. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.C. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Q. Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Annick Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mechanics and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 461, pp.22-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.461.22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00971622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sound absorption of a new bionic multi-layer absorber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yonghua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chengchun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luquan Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Annick Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 108, pp.400-408. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compstruct.2013.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01136642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal wave propagation in smart composite structures with shunted piezoelectric patches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianli Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morvan Ouisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 24, pp.1155--1175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1045389X13480571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00993369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences of rice hull in polyurethane foam on its sound absorption characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yonghua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chengchun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luquan Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Annick Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 34 (11), pp.1847-1855. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pc.22590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00931503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-modal wave propagation in smart structures with shunted piezoelectric patches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianli Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morvan Ouisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 52, pp.721--739. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00466-013-0844-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00993372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traveling wave control in thin-walled structures through shunted piezoelectric patches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianli Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morvan Ouisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 39 (1-2), pp.59 - 79. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2012.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00993396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy predictions of turbulent boundary layer induced mid-high frequency structural vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Wind Engineering and Industrial Aerodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 97, pp.63-76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jweia.2008.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01011722v1</w:t>
-              </w:r>
-[...5217 lines deleted...]
-                <w:t xml:space="preserve">hal-01011800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId297"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -11445,51 +11445,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419101v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Braydi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fossat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Ardabilian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bareille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2025.104521" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419053v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Casaburo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zwick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.110821" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791250v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brion" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefeng Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ichchou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2024.111892" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938011v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mazzeo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Petrone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio de Rosa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Franco" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118372" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421108v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victore Pernet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/29631" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mallouli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Ben Souf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bareille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Ichchou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fakhfakh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983231220762" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04096394v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Antonialli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mira Bonnardel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/caim.12558" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590024v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhurima Kothakota" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13169458" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590037v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyao Zhu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Nechak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117595" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588846v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117831" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830418v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Zine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2022.116297" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066756v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kergosien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gav&#233;ri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Ribay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Saffar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beauch&#234;ne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16083057" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590032v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0022375" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081510v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fossat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2022.113646" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083032v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mazzeo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Franco" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Petrone" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544062211020041" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081507v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Rosa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0013424" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373048v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guenfoud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Droz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. N Ichchou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bareille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deckers" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.106629" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084606v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Lou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenqi Chai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Chen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2019.04.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419343v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Errico" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Franco" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S de Rosa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.05.041" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084679v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Samet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Hui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Ben Souf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406218771102" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392115v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Errico" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106432" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373031v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Droz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104481" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487229v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingfa Zhang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Salvia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.07.179" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084655v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Xu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2019.06.003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373022v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed N Ichchou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5079963" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084662v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Jridi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makrem Arfaoui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Hamdi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11043-018-9383-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416261v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Singh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106431" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486652v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallouli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Ben Souf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ichchou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fakhfakh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2018.03.022" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419351v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131365v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Lajili" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamjed Bouazizi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Bouhaddi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2017-0072" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383243v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Fan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Collet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Li" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081406" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372990v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lain&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stc.2085" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090701v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Errico" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/aas.2018.5.1.001" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090712v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.03.012" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947049v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zielinski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mieyeville" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44354-6_14" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373007v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2016.12.023" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724952v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meng" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Galland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Xin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2017.08.103" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372973v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zergoune" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boukadia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2016.01.025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480125v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Christen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Troclet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Ouisse" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.01.009" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163592v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Souf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-08-2014-0173" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971622v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Wang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Zhang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Q. Ren" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.461.22" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136642v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonghua Wang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengchun Zhang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luquan Ren" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.09.029" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993369v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianli Huang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X13480571" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931503v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.22590" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M4HCV9VH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993372v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0844-9" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FDE5FE8C6A8EFF406D47611FFDC96BC91E62564E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993396v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2012.06.014" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011722v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacques" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2008.11.001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366125v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gaverina" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312892v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mar&#233;chal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berthel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365369v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971429v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814943v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Palumbo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Scarpa" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772312v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gav&#233;rina" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-07254-3_52" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299560v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140704v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonneau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945794v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Bejar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret-Liaudet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Fontana" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590047v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003348443-288" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772212v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/shm2021/36271" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745481v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612385v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lallart" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ndoga" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160050v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Droz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ichchou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Desmet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415839v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guenfoud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Deckers" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094164v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092907v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-94616-0_17" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092899v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhang" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429426506-353" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851967v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Meriot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Derr&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Juv&#233;" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945854v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Rosa" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393191v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tufano" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189227v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Zhang" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaopeng Cui" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094569v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Palumbo" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ivanov" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Scarpa" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415808v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393153v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M Zine" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pluymers" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415829v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389768v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415901v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405465v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Zergoune" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405494v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416026v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074232v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zielinski" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330909" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405508v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446526v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Tufano" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Laligant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Braguy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074393v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872743" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074382v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zieli&#324;ski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15439/2014F246" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489861v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993404v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811369v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamina Loukil" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811374v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chettah" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421422v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faker Bouchoucha" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421215v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kharrat" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjin Zhou" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421250v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Loukil" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haddar" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011800v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chabchoub" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besset" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366125v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bareille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kergosien" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Ribay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gaverina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Saffar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312892v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mar&#233;chal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ichchou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Salvia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berthel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fossat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365369v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971429v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefeng Li" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299560v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gav&#233;rina" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beauch&#234;ne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814943v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Palumbo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Droz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Scarpa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772312v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-07254-3_52" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140704v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mieyeville" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590047v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Nechak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Zine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003348443-288" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945794v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Bejar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret-Liaudet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Fontana" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772212v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/shm2021/36271" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745481v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612385v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lallart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ndoga" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160050v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Droz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ichchou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bareille" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Desmet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945854v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Errico" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Rosa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Franco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851967v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Meriot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Derr&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Juv&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094164v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mazzeo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Petrone" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092907v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Ben Souf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fakhfakh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-94616-0_17" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415839v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guenfoud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bareille" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Deckers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092899v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429426506-353" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393191v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tufano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189227v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Zhang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaopeng Cui" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094569v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Palumbo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ivanov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Scarpa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415808v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Singh" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Franco" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Rosa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389768v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Collet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393153v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M Zine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pluymers" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415829v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415901v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Droz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405494v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405465v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Zergoune" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074232v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zielinski" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330909" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416026v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405508v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Christen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446526v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Tufano" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Laligant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Braguy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074393v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zielinski" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872743" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074382v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zieli&#324;ski" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15439/2014F246" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489861v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993404v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Ben Souf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Bouhaddi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811369v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamina Loukil" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811374v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chettah" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421422v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faker Bouchoucha" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421215v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kharrat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjin Zhou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421250v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Loukil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haddar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011800v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chabchoub" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besset" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419101v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Braydi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Ardabilian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2025.104521" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419053v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Casaburo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pernet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zwick" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.110821" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791250v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2024.111892" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421108v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victore Pernet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/29631" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938011v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mazzeo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio de Rosa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118372" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590037v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyao Zhu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117595" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809260v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mallouli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Ben Souf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Ichchou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fakhfakh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983231220762" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04096394v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Zhang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Antonialli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mira Bonnardel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/caim.12558" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590024v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhurima Kothakota" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13169458" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588846v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117831" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830418v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2022.116297" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066756v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gav&#233;ri" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16083057" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590032v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0022375" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081510v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fossat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2022.113646" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083032v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Petrone" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544062211020041" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081507v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0013424" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373048v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guenfoud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. N Ichchou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deckers" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.106629" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084606v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Lou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenqi Chai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Chen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2019.04.018" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084655v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Xu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2019.06.003" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487229v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingfa Zhang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.07.179" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084679v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Samet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Hui" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406218771102" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392115v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Errico" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106432" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373031v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104481" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419343v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Errico" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Franco" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S de Rosa" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.05.041" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373022v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed N Ichchou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5079963" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084662v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Jridi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makrem Arfaoui" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Hamdi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11043-018-9383-2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416261v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106431" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486652v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallouli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ichchou" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2018.03.022" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419351v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.007" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131365v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Lajili" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamjed Bouazizi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2017-0072" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383243v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Fan" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Li" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081406" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372990v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lain&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stc.2085" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090701v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/aas.2018.5.1.001" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090712v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.03.012" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947049v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44354-6_14" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373007v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2016.12.023" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724952v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meng" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Galland" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Xin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2017.08.103" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372973v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zergoune" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boukadia" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2016.01.025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480125v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Troclet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Ouisse" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.01.009" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163592v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Souf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-08-2014-0173" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971622v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Wang" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Zhang" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Q. Ren" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.461.22" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136642v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonghua Wang" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengchun Zhang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luquan Ren" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.09.029" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993369v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianli Huang" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X13480571" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931503v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.22590" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M4HCV9VH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993372v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0844-9" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FDE5FE8C6A8EFF406D47611FFDC96BC91E62564E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993396v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2012.06.014" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011722v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacques" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2008.11.001" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>