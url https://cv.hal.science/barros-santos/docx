--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -75,1306 +75,1431 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (10)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a dual-extraction method to profile hydrophilic and lipophilic molecules in processed fruit products</w:t>
+                <w:t xml:space="preserve">What happens to phytochemicals throughout fruit and vegetable processing and gastrointestinal digestion?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yona Faure</w:t>
+                <w:t xml:space="preserve">Beatrice Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ginies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claire Dufour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes journées scientifiques du RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">metabolomics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Prague (République Tchèque), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158767v1</w:t>
+                <w:t xml:space="preserve">hal-05158782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What happens to phytochemicals throughout fruit and vegetable processing and gastrointestinal digestion?</w:t>
+                <w:t xml:space="preserve">Development of a dual-extraction method to profile hydrophilic and lipophilic molecules in processed fruit products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Gleize</w:t>
+                <w:t xml:space="preserve">Yona Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ginies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claire Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">metabolomics 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Prague (République Tchèque), Czech Republic</w:t>
+              <w:t xml:space="preserve">17èmes journées scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158782v1</w:t>
+                <w:t xml:space="preserve">hal-05158767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MetaboHUB – Bordeaux Metabolome Facility</w:t>
+                <w:t xml:space="preserve">Memory of drought stress on performance trade-off in grape: evaluation of priming on metabolite accumulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Rouveyrol</w:t>
+                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot M J Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Cabasson</w:t>
+                <w:t xml:space="preserve">Pierre Pétriacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th Annual conference of the Metabolomics society, METABOLOMICS2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Osaka, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05194981v1</w:t>
+                <w:t xml:space="preserve">hal-05526208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the Impact of Biostimulant Application on Tomato Metabolism through a metabolomics strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MetaboHUB – Bordeaux Metabolome Facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Rouveyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
+                <w:t xml:space="preserve">David Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Guibert</w:t>
+                <w:t xml:space="preserve">Yohann Boutté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Théo Poucet</w:t>
+                <w:t xml:space="preserve">Cecile Cabasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème journées scientifiques du RFMF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Metabolomics 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Osaka, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.5572412770331912E12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04677506v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tutti frutti: Metabolomics Meets Machine Learning for Juicy Discoveries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling the Impact of Biostimulant Application on Tomato Metabolism through a metabolomics strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Prigent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Melandri</w:t>
+                <w:t xml:space="preserve">Adam Rochepeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Randriafanomezantsoa Radohery</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Cassan</w:t>
+                <w:t xml:space="preserve">Théo Poucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2024 - Journées ouvertes en Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">16ème journées scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Saint malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04677398v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using metabolomics and predictive metabolomic to study the physiology of an old rustic oilseed plant.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tutti frutti: Metabolomics Meets Machine Learning for Juicy Discoveries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malo Le Boulch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+                <w:t xml:space="preserve">Giovanni Melandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susana Silvestre</w:t>
+                <w:t xml:space="preserve">Georges Randriafanomezantsoa Radohery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominik Grosskinsky</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anaïs da Costa</w:t>
+                <w:t xml:space="preserve">Cédric Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Niagara falls, Canada</w:t>
+              <w:t xml:space="preserve">JOBIM 2024 - Journées ouvertes en Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396004v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemistry at the service of Plant Science to decipher Plant Metabolism</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Detailed characterization of the responses and adaptation of a green microalga to heavy meta-induced stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahikari Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Deogratias</w:t>
+                <w:t xml:space="preserve">Millena Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Beaulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ravanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Chemistry Biology Interface Day (CBID)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Pessac, France</w:t>
+              <w:t xml:space="preserve">15èmes journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05194945v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed characterization of the responses and adaptation of a green microalga to heavy meta-induced stress</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Chemistry at the service of Plant Science to decipher Plant Metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Cabasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Beaulier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ravanel</w:t>
+                <w:t xml:space="preserve">Jean-Marc Deogratias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
+              <w:t xml:space="preserve">1st Chemistry Biology Interface Day (CBID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04926963v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipidomics of rice bran reveals complex mixture of bioactive lipids and may modify the lipid metabolism in hypercholesteremic children</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+                <w:t xml:space="preserve">Using metabolomics and predictive metabolomic to study the physiology of an old rustic oilseed plant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malo Le Boulch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Barouh</w:t>
+                <w:t xml:space="preserve">Susana Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
+                <w:t xml:space="preserve">Dominik Grosskinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Micard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Villeneuve</w:t>
+                <w:t xml:space="preserve">Anaïs da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14 SLACA - Latin American Symposium on Food Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Online, Brazil</w:t>
+              <w:t xml:space="preserve">Metabolomics 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Niagara falls, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04142661v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lipidomics of rice bran reveals complex mixture of bioactive lipids and may modify the lipid metabolism in hypercholesteremic children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Barouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Micard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14 SLACA - Latin American Symposium on Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Online, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Changes in metabolomic profile and antioxidant activity during sorghum grain growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina d'Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Mameri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Simpósio Latino Americano de Ciência de Alimentos (SLACA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Campinas, Brazil. , Anais do Simpósio Latino Americano de Ciências de Alimentos, 4 (114817), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1384,297 +1509,297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-throughput Plant Metabolomics and Predictive Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dussarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High-Throughput Plant Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CABI, pp.38-66, 2025, CABI Biotechnology Series, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/9781800626911.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMPARAÇÃO DE DOIS MÉTODOS DE ESPECTROMETRIA DE MASSAS APLICADOS PARA MELHOR CARACTERIZAÇÃO DAS PROTEÍNAS DO TRIGO: HDMSE X UDMSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verônica Victorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina d'Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Macedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrição em foco: uma abordagem holística</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Editora Conhecimento Livre, pp.410-438, 2020, 9786586072396. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37423/200601222⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1684,3025 +1809,3025 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhizochemistry and soil bacterial community are tailored to natural stress gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dussarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Latorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constanza Aguado-Norese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 202, pp.109662. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.soilbio.2024.109662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04806040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the Metabolite Composition and Antioxidant Capacity of Seven Major and Minor Cereal Crops and Their Milling Fractions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Green banana (Musa ssp.) mixed pulp and peel flour: A new ingredient with interesting bioactive, nutritional, and technological properties for food applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonara Martins Viana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiana Silva Rocha Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda dos Santos Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Harumi Nabeshima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.4c01312⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 451, pp.139506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.139506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125902v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05125920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green banana (Musa ssp.) mixed pulp and peel flour: A new ingredient with interesting bioactive, nutritional, and technological properties for food applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Overview of the Metabolite Composition and Antioxidant Capacity of Seven Major and Minor Cereal Crops and Their Milling Fractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Wender P. Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Álvaro Fernández-Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Simões Larraz Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.139506⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 72 (34), pp.19197-19218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.4c01312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125920v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05125902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling-up metabolomics: Current state and perspectives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence A Castelli</w:t>
+                <w:t xml:space="preserve">Whole wheat flour replaced by sprouted wheat improves phenolic compounds profile, rheological and bread-making properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Cauduro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina T.S. d'Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bárbara Biduski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trac.2023.117225⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 114, pp.103778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcs.2023.103778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04188505v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omics data reveals the phenolic fingerprint of Brazilian whole wheat flours of different technological qualities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rice Bran Lipidome Identifies Novel Phospholipids, Glycolipids, and Oxylipins with Roles in Lipid Metabolism of Hypercholesterolemic Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Barouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carolina Thomaz dos Santos D’almeida</w:t>
+                <w:t xml:space="preserve">Valérie Micard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luiz Carlos Gutkoski</w:t>
+                <w:t xml:space="preserve">Pierre Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13197-023-05665-8⟩</w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 67 (6), pp.2200111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.202200111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412448v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04033025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rice Bran Lipidome Identifies Novel Phospholipids, Glycolipids, and Oxylipins with Roles in Lipid Metabolism of Hypercholesterolemic Children</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Omics data reveals the phenolic fingerprint of Brazilian whole wheat flours of different technological qualities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Villeneuve</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Thomaz dos Santos D’almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Carlos Gutkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mnfr.202200111⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 60 (2), pp.783-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13197-023-05665-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04033025v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of short germination and milling on physical properties, amino acid and metabolomic profiles of high amylose rice fractions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renata Marenda Ferreira</w:t>
+                <w:t xml:space="preserve">Scaling-up metabolomics: Current state and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghina Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence A Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 167 (20), pp.117225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trac.2023.117225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.113556⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05414950v1</w:t>
+                <w:t xml:space="preserve">hal-04188505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole wheat flour replaced by sprouted wheat improves phenolic compounds profile, rheological and bread-making properties</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Dos Santos</w:t>
+                <w:t xml:space="preserve">Role of short germination and milling on physical properties, amino acid and metabolomic profiles of high amylose rice fractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Eugenia Araujo Silva Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalia Ferrari Fonseca de Sales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renata Marenda Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 174, pp.113556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.113556⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcs.2023.103778⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05414952v1</w:t>
+                <w:t xml:space="preserve">hal-05414950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active packaging films containing antioxidant extracts from green coffee oil by-products to prevent lipid oxidation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Barea</w:t>
+                <w:t xml:space="preserve">Metabolomic analysis and ecofriendly enrichment of sunflower meal extract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talita Pimenta Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Campos Ladeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda de Sousa Bezerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thaiza Serrano Pinheiro de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110744⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 103 (3), pp.1161-1171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.12210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03336139v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the antioxidant capacity, volatile composition and phenolic content of hybrid Vitis vinifera L. varieties sweet sapphire and sweet surprise</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Untargeted metabolomics analysis reveals improved phenolic profile in whole wheat bread with yerba mate and the effects of the bread-making process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gustavo Bernardes Fanaro</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Barouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Baréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélina Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.130644⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 159 (2), pp.111635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.111635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414962v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untargeted metabolomics analysis reveals improved phenolic profile in whole wheat bread with yerba mate and the effects of the bread-making process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the antioxidant capacity, volatile composition and phenolic content of hybrid Vitis vinifera L. varieties sweet sapphire and sweet surprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela de Freitas Laiber Pascoal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Angela de Almeida Sousa Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Pimentel de Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mélina Robert</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Bernardes Fanaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.111635⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 366, pp.130644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.130644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412450v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foodomics in wheat flour reveals phenolic profile of different genotypes and technological qualities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Active packaging films containing antioxidant extracts from green coffee oil by-products to prevent lipid oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Lombo Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Paula Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Franceschi Andrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2021.112519⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 312, pp.110744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03407975v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic analysis and ecofriendly enrichment of sunflower meal extract</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thaiza Serrano Pinheiro de Souza</w:t>
+                <w:t xml:space="preserve">Foodomics in wheat flour reveals phenolic profile of different genotypes and technological qualities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Thomaz dos Santos d'Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verônica Cristina Mayrinck Victorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jsfa.12210⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 153, pp.112519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2021.112519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412446v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profile of phenolic compounds in jabuticaba ( Myrciaria sp.) a potential functional ingredient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mônica Cristine Pereira dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa D’avila Costa Cavalcanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Pulmar Seljan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Product Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 36 (14), pp.3717-3720. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786419.2020.1868459⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial, antioxidant, volatile and phenolic profiles of cabbage-stalk and pineapple-crown flour revealed by GC-MS and UPLC-MSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.B.N. Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. R.S. Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.F. A. Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.C. Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 339, pp.127882. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.127882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolite Profiling by UPLC-MSE, NMR, and Antioxidant Properties of Amazonian Fruits: Mamey Apple (Mammea Americana), Camapu (Physalis Angulata), and Uxi (Endopleura Uchi)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Effects of cooking on the phytochemical profile of breadfruit as revealed by high‐resolution UPLC–MS E</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talita Pimenta Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Pimentel de Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Lengruber Gonçalves Teixeira de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márcia Barreto da Silva Feijó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100 (5), pp.1962-1970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.10209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules25020342⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05412453v1</w:t>
+                <w:t xml:space="preserve">hal-05412454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of cooking on the phytochemical profile of breadfruit as revealed by high‐resolution UPLC–MS E</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Metabolite Profiling by UPLC-MSE, NMR, and Antioxidant Properties of Amazonian Fruits: Mamey Apple (Mammea Americana), Camapu (Physalis Angulata), and Uxi (Endopleura Uchi)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larissa Gabrielly Barbosa Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Montenegro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Pimentel De Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talita Pimenta Do Nascimento</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Márcia Barreto da Silva Feijó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (2), pp.342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules25020342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jsfa.10209⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05412454v1</w:t>
+                <w:t xml:space="preserve">hal-05412453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capsicum pubescens as a functional ingredient: Microencapsulation and phenolic profilling by UPLC-MSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathânia de Sá Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro P.S. Coimbra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana S.L. Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 135, pp.109292. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and action of phenolic compounds of Jatobá-do-cerrado (Hymenaea stignocarpa Mart.) on α-amylase and α-glucosidase activities and flour effect on glycemic response and nutritional quality of breads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cintia Pereira Da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosana Aparecida Manólio Soares-Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geni Rodrigues Sampaio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talita Pimenta Do Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116, pp.1076-1083. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2018.09.050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of pepper (Capsicum baccatum) - A potential functional ingredient</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mariana S.L. Ferreira</w:t>
+                <w:t xml:space="preserve">Metabolomic approach for characterization of phenolic compounds in different wheat genotypes during grain development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiana Ramos Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talita Pimenta Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2019.05.107⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (2), pp.118-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2018.08.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412457v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic approach for characterization of phenolic compounds in different wheat genotypes during grain development</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
+                <w:t xml:space="preserve">Characterization of pepper (Capsicum baccatum) - A potential functional ingredient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathânia de Sá Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mônica C.P. Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Cameron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana S.L. Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2018.08.034⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 112, pp.108209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2019.05.107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412444v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential expression of albumins and globulins of wheat flours of different technological qualities revealed by nanoUPLC-UDMSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verônica Cristina Mayrinck Victorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo H.M.F. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Rodríguez Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.C. Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 239, pp.1027-1036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2017.07.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4712,913 +4837,913 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INSIGHTS INTO PEARL MILLET (PENNISETUM GLAUCUM (L.) R. BR.) PHENOTYPIC DIVERSITY BY PREDICTIVE METABOLOMICS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Unraveling Brassica napus leaf metabolic diversity: leveraging machine learning for agronomic trait prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mariana Simões Larraz Ferreira</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gibon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VI Simpósio de Alimentos e Nutrição</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16émes journées scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Saint Malo (FR), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414975v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling Brassica napus leaf metabolic diversity: leveraging machine learning for agronomic trait prediction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">INSIGHTS INTO PEARL MILLET (PENNISETUM GLAUCUM (L.) R. BR.) PHENOTYPIC DIVERSITY BY PREDICTIVE METABOLOMICS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Pinheiro Costa Pimentel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martins Abdao Dos Passos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Simões Larraz Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16émes journées scientifiques du RFMF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VI Simpósio de Alimentos e Nutrição</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Rio de Janeiro, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29327/simposio-alimentos-nutricao.809611⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412488v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnalisation enzymatique et caractérisation métabolomique des composés phénoliques de blé et de riz obtenus par extraction classique ou solvant eutectique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Lipidomics of rice bran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Barouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cecile Barron</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Micard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHLOEME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, arvalis, Jan 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Chevreul 2020 : les lipides au coeur d'enjeux de transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04142401v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipidomics of rice bran</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Fonctionnalisation enzymatique et caractérisation métabolomique des composés phénoliques de blé et de riz obtenus par extraction classique ou solvant eutectique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Chevreul 2020 : les lipides au coeur d'enjeux de transition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
+              <w:t xml:space="preserve">PHLOEME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, arvalis, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161287v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physicochemical characterization of rice bran from different locations by classical and omics analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYM 20 - Valorization of Rice Bran. Mini-symposium on 4th International Conference on Global Food Security 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03161289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic profile of phenolic compounds in sorghum during grain growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Thomaz Santoz d'Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Araújo da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena Cristina Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Claudio Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Simpósio de Alimentos e Nutrição (SIAN 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rio de Janeiro, Brazil. pp.R074</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic approach for characterization of phenolic compounds in different Brazilian wheat varieties during grain development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Ribeiro da Silva Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabiana Ramos Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thais Oliveira Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz-Claudio Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12 SLACA - Latin American Symposium of Food Science - Food Science and its impact on a changing world.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Campinas (Brazil), Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5628,114 +5753,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Untargeted metabolomics for the characterization of wheat, rice and some of their coproducts applying conventional, deep eutectic solvents and in situ biotransformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millena C. Barros Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Food engineering. Universidade Federal do Estado do Rio de Janeiro (UNIRIO), 2021. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04868445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId197"/>
+      <w:footerReference w:type="default" r:id="rId201"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5882,51 +6007,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158767v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C. Barros Santos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona Faure" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginies" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158782v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gleize" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194981v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Rouveyrol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Boutt&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cabasson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572412770331912E12" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677506v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena Cristina Barros Santos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Rochepeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Poucet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677398v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Melandri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Randriafanomezantsoa Radohery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04396004v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Le Boulch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Silvestre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Grosskinsky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s da Costa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194945v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deogratias" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926963v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahikari Prevost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena Barros Santos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beaulier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ravanel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142661v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barouh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villeneuve" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02939422v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina d'Almeida" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Ribeiro da Silva Lima" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Claudio Cameron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191959v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dussarrat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781800626911.0003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412475v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#244;nica Victorio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Macedo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Souza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37423/200601222" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806040v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Latorre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Aguado-Norese" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109662" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125902v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C Barros Santos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Wender P. Gomes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Fern&#225;ndez-Ochoa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Sim&#245;es Larraz Ferreira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c01312" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125920v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonara Martins Viana" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Silva Rocha Rodrigues" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda dos Santos Lima" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Harumi Nabeshima" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.139506" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188505v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence A Castelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2023.117225" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412448v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz dos Santos D&#8217;almeida" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Carlos Gutkoski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-023-05665-8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033025v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.202200111" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414950v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eugenia Araujo Silva Oliveira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Ferrari Fonseca de Sales" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Marenda Ferreira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113556" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414952v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Cauduro" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina T.S. d'Almeida" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Biduski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Dos Santos" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2023.103778" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336139v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Lombo Vidal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Batista" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Franceschi Andrigo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110744" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414962v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela de Freitas Laiber Pascoal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Angela de Almeida Sousa Cruz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pimentel de Abreu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Bernardes Fanaro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130644" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412450v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Durand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bar&#233;a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Robert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111635" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03407975v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz dos Santos d'Almeida" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#244;nica Cristina Mayrinck Victorio" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.112519" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412446v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Pimenta Do Nascimento" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Campos Ladeira" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Sousa Bezerra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaiza Serrano Pinheiro de Souza" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.12210" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412452v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Cristine Pereira dos Santos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa D&#8217;avila Costa Cavalcanti" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Pulmar Seljan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786419.2020.1868459" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412451v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.B.N. Brito" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. R.S. Lima" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. A. Moreira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Cameron" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127882" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412453v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Gabrielly Barbosa Lima" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Montenegro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pimentel De Abreu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25020342" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412454v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Lengruber Gon&#231;alves Teixeira de Almeida" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia Barreto da Silva Feij&#243;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10209" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412455v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#226;nia de S&#225; Mendes" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P.S. Coimbra" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Cameron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana S.L. Ferreira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109292" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412461v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Pereira Da Silva" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Aparecida Man&#243;lio Soares-Freitas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geni Rodrigues Sampaio" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.09.050" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPN9LCK8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412457v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica C.P. Santos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2019.05.107" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NPVF60KM-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412444v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Ramos Nascimento" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.08.034" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-30H3PGBQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412463v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo H.M.F. Souza" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Rodr&#237;guez Vega" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.07.049" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7VG1JFQ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414975v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Pinheiro Costa Pimentel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martins Abdao Dos Passos" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29327/simposio-alimentos-nutricao.809611" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412488v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142401v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161287v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Micard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lullien Pellerin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161289v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02939588v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz Santoz d'Almeida" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Ara&#250;jo da Costa" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412483v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Oliveira Alves" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz-Claudio Cameron" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04868445v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158782v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C. Barros Santos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gleize" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginies" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158767v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona Faure" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05526208v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot M J Berger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Provost" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;triacq" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194981v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Rouveyrol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Boutt&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cabasson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572412770331912E12" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677506v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guibert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena Cristina Barros Santos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Rochepeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Poucet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677398v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Melandri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Randriafanomezantsoa Radohery" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926963v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahikari Prevost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena Barros Santos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beaulier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ravanel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194945v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deogratias" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04396004v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Le Boulch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Silvestre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Grosskinsky" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s da Costa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142661v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barouh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villeneuve" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02939422v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina d'Almeida" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Ribeiro da Silva Lima" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Claudio Cameron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191959v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dussarrat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781800626911.0003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412475v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#244;nica Victorio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Macedo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Souza" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37423/200601222" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806040v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Latorre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Aguado-Norese" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109662" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125920v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonara Martins Viana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Silva Rocha Rodrigues" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda dos Santos Lima" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Harumi Nabeshima" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.139506" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C Barros Santos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Wender P. Gomes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Fern&#225;ndez-Ochoa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Sim&#245;es Larraz Ferreira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c01312" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414952v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Cauduro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina T.S. d'Almeida" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Biduski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Dos Santos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2023.103778" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033025v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.202200111" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412448v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz dos Santos D&#8217;almeida" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Carlos Gutkoski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-023-05665-8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188505v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence A Castelli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2023.117225" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414950v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eugenia Araujo Silva Oliveira" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Ferrari Fonseca de Sales" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Marenda Ferreira" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113556" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412446v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Pimenta Do Nascimento" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Campos Ladeira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Sousa Bezerra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaiza Serrano Pinheiro de Souza" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.12210" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412450v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Durand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bar&#233;a" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Robert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111635" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414962v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela de Freitas Laiber Pascoal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Angela de Almeida Sousa Cruz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pimentel de Abreu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Bernardes Fanaro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130644" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336139v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Lombo Vidal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Batista" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Franceschi Andrigo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110744" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03407975v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz dos Santos d'Almeida" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#244;nica Cristina Mayrinck Victorio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.112519" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412452v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Cristine Pereira dos Santos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa D&#8217;avila Costa Cavalcanti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Pulmar Seljan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786419.2020.1868459" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412451v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.B.N. Brito" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. R.S. Lima" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. A. Moreira" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Cameron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127882" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412454v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Lengruber Gon&#231;alves Teixeira de Almeida" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia Barreto da Silva Feij&#243;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10209" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412453v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Gabrielly Barbosa Lima" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Montenegro" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pimentel De Abreu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25020342" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412455v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#226;nia de S&#225; Mendes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P.S. Coimbra" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Cameron" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana S.L. Ferreira" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109292" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412461v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Pereira Da Silva" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Aparecida Man&#243;lio Soares-Freitas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geni Rodrigues Sampaio" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.09.050" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPN9LCK8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412444v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Ramos Nascimento" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.08.034" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-30H3PGBQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412457v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica C.P. Santos" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2019.05.107" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NPVF60KM-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412463v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo H.M.F. Souza" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Rodr&#237;guez Vega" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.07.049" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7VG1JFQ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412488v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05414975v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Pinheiro Costa Pimentel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martins Abdao Dos Passos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29327/simposio-alimentos-nutricao.809611" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161287v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Micard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lullien Pellerin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142401v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161289v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02939588v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz Santoz d'Almeida" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Ara&#250;jo da Costa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412483v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Oliveira Alves" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz-Claudio Cameron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04868445v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>