--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -66,456 +66,456 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrypter le temps parlementaire de la procédure législative</w:t>
+                <w:t xml:space="preserve">Le Parlement à l'épreuve du temps. Entre urgence politique et exigence délibérative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mare &amp; Martin. 2026, 978-2-38600-138-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05521094v1</w:t>
+                <w:t xml:space="preserve">hal-05521069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propos introductifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Ridard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Larcier-Bruylant, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05020048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit constitutionnel : licence 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee Reignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Abouadaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Blandin-Carolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gualino, un savoir faire de Lextenso, 195 p., 2022, 978-2-297-17599-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Parlement à l'épreuve du temps. Entre urgence politique et exigence délibérative</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Décrypter le temps parlementaire de la procédure législative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...204 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Parlement à l'épreuve du temps. Entre urgence politique et exigence délibérative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.41-55, 2026, 978-2-38600-138-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Blandin-Carolo</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04267670v1</w:t>
+                <w:t xml:space="preserve">hal-05521094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -533,51 +533,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'organisation des élections européennes en Allemagne et en France : la diversité dans l'Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 678, pp.262-274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -615,51 +615,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propositions pour un statut des think tanks en France : sortir de l’ambiguïté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Barbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Observatoire de l'éthique publique [site Web]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -684,51 +684,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accord interinstitutionnel &amp;quot;Mieux légiférer&amp;quot; et le processus législatif. Analyse comparée droit de l’Union européenne - droit interne.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -753,51 +753,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les organes nationaux de lutte contre les discriminations : les equality bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 592, pp.541</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -854,77 +854,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact de la crise sanitaire sur le fonctionnement des parlements en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Cartier</w:t>
+                <w:t xml:space="preserve">Gilles Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Université de Lille. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -978,51 +978,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'encadrement du temps parlementaire dans la procédure législative : étude comparée : Allemagne, Espagne, France, Royaume-Uni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Ridard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université Panthéon-Sorbonne - Paris I, 2016. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016PA01D075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1218,51 +1218,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521094v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Ridard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521069v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cartier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toulemonde" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020048v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand-L&#233;o Combrade" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barbe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04267670v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Reignier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Abouadaou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blanchet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Blandin-Carolo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03702532v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barb&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137338v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03049734v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03267792v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03141070v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA01D075" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521069v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cartier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Ridard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toulemonde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020048v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand-L&#233;o Combrade" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barbe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04267670v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Reignier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Abouadaou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blanchet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Blandin-Carolo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521094v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03702532v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barb&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137338v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03049734v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03267792v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03141070v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA01D075" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>