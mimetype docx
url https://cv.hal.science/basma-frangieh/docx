--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1159,204 +1159,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01149054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Former les enseignants à la pratique de l'inclusion scolaire</w:t>
+                <w:t xml:space="preserve">Comment les enseignants spécialisés envisagent-ils leur place dans l’école inclusive ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Weisser</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mérini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Thomazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 73, pp.9-20</w:t>
+              <w:t xml:space="preserve">Revue suisse de pédagogie spécialisée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Ecole inclusive : changements dans la formation, le rôle et l'identité des enseignants ordinaires et spécialisés, 4, pp.34-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00974523v1</w:t>
+                <w:t xml:space="preserve">hal-01102230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les enseignants spécialisés envisagent-ils leur place dans l’école inclusive ?</w:t>
+                <w:t xml:space="preserve">Former les enseignants à la pratique de l'inclusion scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Serge Thomazet</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Weisser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue suisse de pédagogie spécialisée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Ecole inclusive : changements dans la formation, le rôle et l'identité des enseignants ordinaires et spécialisés, 4, pp.34-41</w:t>
+              <w:t xml:space="preserve">Recherche et formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 73, pp.9-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01102230v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00974523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1489,234 +1489,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La technologie numérique un dispositif de soutien aux élèves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kaligo+ : une application innovante pour le soutien à l’apprentissage de l’écriture chez l’enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bucaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bonneton-Botté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Filly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'inclusion au-delà des murs de l'école</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Haute école pédagogique du canton de Vaud, Laboratoire international sur l’inclusion scolaire – LISIS, Université du Québec à Trois-Rivières, Oct 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">37ème Congrès de la SOFMER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SOFMER, Dec 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390948v1</w:t>
+                <w:t xml:space="preserve">hal-04097082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaligo+ : une application innovante pour le soutien à l’apprentissage de l’écriture chez l’enfant</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La technologie numérique un dispositif de soutien aux élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Filly</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atencio Karina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37ème Congrès de la SOFMER</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SOFMER, Dec 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">L'inclusion au-delà des murs de l'école</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Haute école pédagogique du canton de Vaud, Laboratoire international sur l’inclusion scolaire – LISIS, Université du Québec à Trois-Rivières, Oct 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04097082v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation inclusive dans le système éducatif libanais</w:t>
               </w:r>
@@ -1942,286 +1942,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01509339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire les conditions de partenariats au service de l’école inclusive</w:t>
+                <w:t xml:space="preserve">La formation des enseignants face à la diversité des élèves dans une école inclusive au Liban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Serge Thomazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enseigner et Former Aujourd’hui pour Demain </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XVIIIème Congrès International de l'AMSE-AMCE-WAER, May 2016, Eskişehir, Turquie</w:t>
+              <w:t xml:space="preserve">Vers une école inclusive : Perspectives et défis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Beyrouth, Liban</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01327669v1</w:t>
+                <w:t xml:space="preserve">hal-01401855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coopérer pour construire l'école inclusive</w:t>
+                <w:t xml:space="preserve">Construire les conditions de partenariats au service de l’école inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mérini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Thomazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'AREF - A quelles questions cherchons-nous réponse ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">Enseigner et Former Aujourd’hui pour Demain </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XVIIIème Congrès International de l'AMSE-AMCE-WAER, May 2016, Eskişehir, Turquie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01346403v1</w:t>
+                <w:t xml:space="preserve">hal-01327669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La formation des enseignants face à la diversité des élèves dans une école inclusive au Liban</w:t>
+                <w:t xml:space="preserve">Coopérer pour construire l'école inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mérini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Thomazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vers une école inclusive : Perspectives et défis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Beyrouth, Liban</w:t>
+              <w:t xml:space="preserve">Colloque de l'AREF - A quelles questions cherchons-nous réponse ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01401855v1</w:t>
+                <w:t xml:space="preserve">hal-01346403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le partage de savoirs du point de vue des politiques publiques ayant trait aux élèves à besoins particuliers : quels savoirs, pour quels partages de « l’agir ensemble »?</w:t>
               </w:r>
@@ -2378,243 +2378,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01401222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignant spécialisé : quelles évolutions du métier pour faire face à la diversité des élèves dans une école inclusive ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’école inclusive: derrière les mots quelles conceptions et quel recours au partenariat ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mérini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Thomazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Corinne Mérini</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bélanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evane Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Scientifique International Condition(s) enseignante(s), Conditions pour enseigner. Réalités, enjeux, défis.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">Symposium 23 : Construire une communauté éducative pour tous. Axe 1 : nouveaux paradigmes pour la formation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XIVème rencontre REF Oct 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01101560v1</w:t>
+                <w:t xml:space="preserve">hal-01403062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’école inclusive: derrière les mots quelles conceptions et quel recours au partenariat ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enseignant spécialisé : quelles évolutions du métier pour faire face à la diversité des élèves dans une école inclusive ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basma Frangieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Thomazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mérini</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Evane Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium 23 : Construire une communauté éducative pour tous. Axe 1 : nouveaux paradigmes pour la formation.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XIVème rencontre REF Oct 2015, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Colloque Scientifique International Condition(s) enseignante(s), Conditions pour enseigner. Réalités, enjeux, défis.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01403062v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01101560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un espace d'inter-métiers au service de l'école inclusive</w:t>
               </w:r>
@@ -2803,51 +2803,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de la formation des enseignants dans le passage de l'intégration à l'inclusion scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Weisser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l'intégration à l'inclusion scolaire : regards sur les défis actuels de l'école</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Bienne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2885,51 +2885,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de la formation des enseignants dans la réalisation d'un projet d'inclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Weisser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en Éducation et en Formation : Enjeux et défis aujourd'hui dans le monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Reims, France. pp.251-252</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2967,51 +2967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transmission des savoirs et des pratiques éducatives dans le cadre de la formation des enseignants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Weisser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennale internationale de l'éducation, de la formation et des pratiques professionnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3094,51 +3094,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bonneton-Botté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Filly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basma Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3686,51 +3686,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306653v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Miramand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basma Frangieh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bailly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pons" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonneton-Bott&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05289281v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miramand Ludovic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonneton-Bone N" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100398v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana Akiki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.095.0043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04912018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Allenbach" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;rini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Thomazet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.092.0087" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100421v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463607v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ramel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173959v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01971027v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;langer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Graziani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1054160ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652521v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385708v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149054v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gavens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974523v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Weisser" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04097079v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390948v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atencio Karina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04097082v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bucaille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Filly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281396v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811931v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509339v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327669v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346403v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401855v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403212v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401222v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101560v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403062v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evane Graziani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143638v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096104v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974552v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974570v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00863642v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04097085v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952162v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00959677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591715v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306653v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Miramand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basma Frangieh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bailly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pons" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonneton-Bott&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05289281v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miramand Ludovic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonneton-Bone N" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100398v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana Akiki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.095.0043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04912018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Allenbach" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;rini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Thomazet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.092.0087" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100421v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463607v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ramel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173959v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01971027v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;langer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Graziani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1054160ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652521v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385708v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149054v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gavens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102230v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974523v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Weisser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04097079v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04097082v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bucaille" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Filly" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390948v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atencio Karina" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281396v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811931v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509339v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401855v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327669v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346403v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403212v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401222v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403062v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evane Graziani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101560v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143638v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096104v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974552v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974570v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00863642v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04097085v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952162v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00959677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591715v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>