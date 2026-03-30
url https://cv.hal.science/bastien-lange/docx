--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1419,325 +1419,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02265598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper and cobalt mobility in soil and accumulation in a metallophyte as influenced by experimental manipulation of soil chemical factors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ullmann reaction through ecocatalysis: insights from bioresource and synthetic potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pourret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Meerts</w:t>
+                <w:t xml:space="preserve">Guillaume Clavé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petru Jitaru</w:t>
+                <w:t xml:space="preserve">Claire Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Cancès</w:t>
+                <w:t xml:space="preserve">Cyril Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice-Loïc Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz K Olszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2015.11.105⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (64), pp.59550-59564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6RA08664K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265588v1</w:t>
+                <w:t xml:space="preserve">hal-02376450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ullmann reaction through ecocatalysis: insights from bioresource and synthetic potential</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Garel</w:t>
+                <w:t xml:space="preserve">Implication of plant-soil relationships for conservation and restoration of copper-cobalt ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizig Le Stradic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Poullain</w:t>
+                <w:t xml:space="preserve">Edouard Ilunga Wa Ilunga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice-Loïc Renard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tomasz K Olszewski</w:t>
+                <w:t xml:space="preserve">Maxime Séleck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6RA08664K⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 403 (1-2), pp.153-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-015-2745-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02376450v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02265594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of soil metal distribution and environmental impact of mining in Katanga (Democratic Republic of Congo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1791,191 +1791,191 @@
               <w:t xml:space="preserve">Applied Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 64, pp.43-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2015.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication of plant-soil relationships for conservation and restoration of copper-cobalt ecosystems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Boisson</w:t>
+                <w:t xml:space="preserve">Copper and cobalt mobility in soil and accumulation in a metallophyte as influenced by experimental manipulation of soil chemical factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Meerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Ilunga Wa Ilunga</w:t>
+                <w:t xml:space="preserve">Petru Jitaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Séleck</w:t>
+                <w:t xml:space="preserve">Benjamin Cancès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 403 (1-2), pp.153-165. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 146, pp.75-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-015-2745-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2015.11.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265594v1</w:t>
+                <w:t xml:space="preserve">hal-02265588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implications des relations sol-plante en ingénierie écologique des habitats et sols métallifères dégradés: le cas des habitats riches en cuivre du Katanga (République Démocratique du Congo)</w:t>
               </w:r>
@@ -2086,51 +2086,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of cobalt and copper speciation in metalliferous soils from Katanga (Democratic Republic of Congo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2399,51 +2399,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Element Case Studies: Cobalt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2507,51 +2507,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Element Case Studies: Cobalt and Copper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2637,51 +2637,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizig Le Stradic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Ilunga Wa Ilunga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2759,51 +2759,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between soil chemical properties and rare earth element concentrations in the aboveground biomass of a tropical herbaceous plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2905,51 +2905,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement des terres rares sur une toposéquence sur sol latéritique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Colinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3013,51 +3013,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement des terres rares le long d’une toposéquence sur sol latéritique en République Démocratique du Congo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Colinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3166,51 +3166,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution des métaux dans les sols d’une zone d’activité minière au Katanga (République Démocratique du Congo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Bonhoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3430,51 +3430,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04823049v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Bicard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosager Pai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vequaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre A Pin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2024.109665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027918v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Elmerich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nol&#233; Boulch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Lakhal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lange" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13020322" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04218126v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Garcia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Jeanson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2023.109113" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238340v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Djemel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab008" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365568v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delhaye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Boisson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verbruggen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meerts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.04.009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365682v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grandjean" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Mahy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.09.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Ilunga Kabeya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pongrac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes van Elteren" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.01.018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671621v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizig Le Stradic" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-3095-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671616v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Hamiti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2016.12.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265598v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony van Der Ent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan John Martin Baker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Echevarria" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Mahy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14175" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Jitaru" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Canc&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2015.11.105" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376450v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clav&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poullain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice-Lo&#239;c Renard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz K Olszewski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA08664K" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841964v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bonhoure" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Colinet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Decr&#233;e" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.07.012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265594v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ilunga Wa Ilunga" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S&#233;leck" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-015-2745-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265959v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ilunga" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boisson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Seleck" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136344v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylor Shutcha" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2014.11.011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265597v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2068-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066540v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58904-2_18" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136478v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61899-9_13" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265970v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285972v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul E Martinez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Wiche" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04326937v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395529v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04326957v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04823049v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Bicard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosager Pai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vequaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre A Pin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2024.109665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027918v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Elmerich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nol&#233; Boulch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Lakhal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lange" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13020322" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04218126v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Garcia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Jeanson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2023.109113" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238340v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Djemel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab008" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365568v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delhaye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Boisson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verbruggen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meerts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.04.009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365682v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grandjean" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Mahy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.09.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Ilunga Kabeya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pongrac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes van Elteren" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.01.018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671621v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizig Le Stradic" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-3095-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671616v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Hamiti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2016.12.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265598v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony van Der Ent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan John Martin Baker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Echevarria" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Mahy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14175" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376450v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clav&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poullain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice-Lo&#239;c Renard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz K Olszewski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA08664K" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265594v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ilunga Wa Ilunga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S&#233;leck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-015-2745-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841964v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bonhoure" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Colinet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Decr&#233;e" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.07.012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265588v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Jitaru" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Canc&#232;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2015.11.105" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265959v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ilunga" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boisson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Seleck" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136344v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylor Shutcha" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2014.11.011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265597v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2068-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066540v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58904-2_18" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136478v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61899-9_13" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265970v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285972v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul E Martinez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Wiche" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04326937v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395529v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04326957v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>