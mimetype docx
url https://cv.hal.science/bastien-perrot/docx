--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -518,861 +518,865 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sébille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">, 2026, 26 (1), pp.52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12874-025-02756-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the Sum of Eye and Motor Components of the Glasgow Coma Score As a Predictor of Extubation Failure in Patients With Acute Brain Injury</w:t>
+                <w:t xml:space="preserve">Effect of sleeve gastrectomy on distal esophagus at 5 and 10 years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaurya Taran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bastien Perrot</w:t>
+                <w:t xml:space="preserve">T. Barreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Angriman</w:t>
+                <w:t xml:space="preserve">S. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Cinotti</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. de Montrichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dreant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Matysiak Budnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000006283⟩</w:t>
+              <w:t xml:space="preserve">Surgical Endoscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (1), pp.194-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00464-024-11359-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771850v1</w:t>
+                <w:t xml:space="preserve">hal-05075262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence and Outcomes of Acute Respiratory Distress Syndrome in Brain-Injured Patients Receiving Invasive Ventilation: A Secondary Analysis of the ENIO Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Evaluating the Sum of Eye and Motor Components of the Glasgow Coma Score As a Predictor of Extubation Failure in Patients With Acute Brain Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaurya Taran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Angriman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cinotti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/08850666231194532⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 52 (8), pp.1258-1263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000006283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771932v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of linked color imaging on the proximal adenoma miss rate: a multicenter tandem randomized controlled trial (the COCORICO trial)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Incidence and Outcomes of Acute Respiratory Distress Syndrome in Brain-Injured Patients Receiving Invasive Ventilation: A Secondary Analysis of the ENIO Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaurya Taran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Mccredie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Karsenti</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Edouard Chabrun</w:t>
+                <w:t xml:space="preserve">Raphaël Cinotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endoscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-2324-8807⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (2), pp.136-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/08850666231194532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771841v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of sleeve gastrectomy on distal esophagus at 5 and 10 years</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of linked color imaging on the proximal adenoma miss rate: a multicenter tandem randomized controlled trial (the COCORICO trial)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Frey</w:t>
+                <w:t xml:space="preserve">David Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. de Montrichard</w:t>
+                <w:t xml:space="preserve">Guillaume Perrod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dreant</w:t>
+                <w:t xml:space="preserve">Lucille Quénéhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Matysiak Budnik</w:t>
+                <w:t xml:space="preserve">Edouard Chabrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgical Endoscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 39 (1), pp.194-203. </w:t>
+              <w:t xml:space="preserve">Endoscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56 (10), pp.759-767. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00464-024-11359-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/a-2324-8807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05075262v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Noninvasive Respiratory Support with Extubation Outcomes in Brain-injured Patients Receiving Mechanical Ventilation: A Secondary Analysis of the ENIO Prospective Observational Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of the Tumor Microenvironment in Jaw Osteosarcomas, towards Prognostic Markers and New Therapeutic Targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilo Diaz-Cruz</w:t>
+                <w:t xml:space="preserve">Hélios Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Peries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie van Acker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Agustin Godoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1164/rccm.202212-2249OC⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (4), pp.1004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers15041004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771958v1</w:t>
+                <w:t xml:space="preserve">hal-04771967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does missing data matter in the revised Patients' Attitude Towards Deprescribing questionnaire? A systematic review and two case analyses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
+                <w:t xml:space="preserve">Association of Noninvasive Respiratory Support with Extubation Outcomes in Brain-injured Patients Receiving Mechanical Ventilation: A Secondary Analysis of the ENIO Prospective Observational Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaurya Taran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristie Rebecca Weir</w:t>
+                <w:t xml:space="preserve">Camilo Diaz-Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katharina Tabea Jungo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bastien Perrot</w:t>
+                <w:t xml:space="preserve">Pablo Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Agustin Godoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Social and Administrative Pharmacy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (3), pp.296-307. </w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 208 (3), pp.270-279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sapharm.2023.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1164/rccm.202212-2249OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04371587v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parathyroidectomy for primary hyperparathyroidism: effect on quality of life after 3 years – a prospective cohort study</w:t>
               </w:r>
@@ -1486,697 +1490,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of real-time computer-aided detection of colorectal adenoma in routine colonoscopy (COLO-GENIUS): a single-centre randomised controlled trial</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does missing data matter in the revised Patients' Attitude Towards Deprescribing questionnaire? A systematic review and two case analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Tharsis</w:t>
+                <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristie Rebecca Weir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Tabea Jungo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2468-1253(23)00104-8⟩</w:t>
+              <w:t xml:space="preserve">Research in Social and Administrative Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (3), pp.296-307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sapharm.2023.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771956v1</w:t>
+                <w:t xml:space="preserve">hal-04371587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicenter randomized trial comparing diagnostic sensitivity and cellular abundance with aggressive versus standard biliary brushing for bile duct stenosis without mass syndrome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Effect of real-time computer-aided detection of colorectal adenoma in routine colonoscopy (COLO-GENIUS): a single-centre randomised controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Charissoux</w:t>
+                <w:t xml:space="preserve">Gaëlle Tharsis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Leblanc</w:t>
+                <w:t xml:space="preserve">Philippe Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Percie Du Sert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endoscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-2041-7687⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (8), pp.726-734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2468-1253(23)00104-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771940v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial attention to social information in poker: A neuropsychological study using the Posner cueing paradigm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+                <w:t xml:space="preserve">Multicenter randomized trial comparing diagnostic sensitivity and cellular abundance with aggressive versus standard biliary brushing for bile duct stenosis without mass syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Thiabaud</w:t>
+                <w:t xml:space="preserve">Jocelyn Privat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Leboucher</w:t>
+                <w:t xml:space="preserve">Aurélie Charissoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Leroy</w:t>
+                <w:t xml:space="preserve">Sarah Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Behavioral Addictions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (1), pp.219-229. </w:t>
+              <w:t xml:space="preserve">Endoscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (9), pp.796-803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1556/2006.2022.00082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/a-2041-7687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796657v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gambling and COVID-19: Swedish national gambling data from a state-owned gambling sports and casino operator</w:t>
+                <w:t xml:space="preserve">Spatial attention to social information in poker: A neuropsychological study using the Posner cueing paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Balem</w:t>
+                <w:t xml:space="preserve">Elodie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Karlsson</w:t>
+                <w:t xml:space="preserve">Elsa Thiabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Widinghoff</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
+                <w:t xml:space="preserve">Juliette Leboucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Behavioral Addictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12 (1), pp.230-241. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1556/2006.2022.00089⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.219-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1556/2006.2022.00082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04113237v1</w:t>
+                <w:t xml:space="preserve">hal-04796657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Tumor Microenvironment in Jaw Osteosarcomas, towards Prognostic Markers and New Therapeutic Targets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gambling and COVID-19: Swedish national gambling data from a state-owned gambling sports and casino operator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Peries</w:t>
+                <w:t xml:space="preserve">Marianne Balem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Amiaud</w:t>
+                <w:t xml:space="preserve">Anna Karlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie van Acker</w:t>
+                <w:t xml:space="preserve">Carolina Widinghoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (4), pp.1004. </w:t>
+              <w:t xml:space="preserve">Journal of Behavioral Addictions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.230-241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers15041004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1556/2006.2022.00089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771967v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum to: Development and validation of a prediction model for online gambling problems based on players' account data</w:t>
               </w:r>
@@ -2188,51 +2188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Thiabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2456,51 +2456,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Thiabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2694,90 +2694,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of wagering inducements on the gambling behaviors of online gamblers: a longitudinal study based on gambling tracking data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Balem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Thiabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3118,51 +3118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Thiabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3490,51 +3490,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">22G Acquire vs. 20G Procore needle for endoscopic ultrasound-guided biopsy of pancreatic masses: a randomized study comparing histologic sample quantity and diagnostic accuracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Palazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3624,90 +3624,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adenoma Detection by Endocuff-Assisted versus Standard Colonoscopy in Routine Practice: A Cluster-Randomised Crossover Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Tharsis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tordjman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3931,51 +3931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Donnio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4065,51 +4065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Roquilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Joachim Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cinotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4366,364 +4366,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study protocol for a transversal study to develop a screening model for excessive gambling behaviours on a representative sample of users of Frenchauthorised gambling websites</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deconditioning, fatigue and impaired quality of life in long-term survivors after allogeneic hematopoietic stem cell transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Costes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+                <w:t xml:space="preserve">Stéphanie Dirou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chambellan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Germaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2016-014600⟩</w:t>
+              <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41409-017-0057-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01585656v1</w:t>
+                <w:t xml:space="preserve">inserm-01684314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deconditioning, fatigue and impaired quality of life in long-term survivors after allogeneic hematopoietic stem cell transplantation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrick Germaud</w:t>
+                <w:t xml:space="preserve">Study protocol for a transversal study to develop a screening model for excessive gambling behaviours on a representative sample of users of Frenchauthorised gambling websites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lamirault</w:t>
+                <w:t xml:space="preserve">Jean-Michel Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bone Marrow Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Epub ahead of print. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41409-017-0057-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2016-014600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01684314v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01585656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete endoscopic sphincterotomy with vs. without large-balloon dilation for the removal of large bile duct stones: randomized multicenter study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Vanbiervliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Privat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5036,295 +5036,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gambling among European Professional Athletes. Prevalence and Associated Factors</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exhausted Implanted Pulse Generator in Sacral Nerve Stimulation for Faecal Incontinence: What next in Daily Practice for Patients?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Humeau</w:t>
+                <w:t xml:space="preserve">E Duchalais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Meurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Manon Remaud</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Kubis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Addictive Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10550887.2016.1177807⟩</w:t>
+              <w:t xml:space="preserve">Int J Colorectal Dis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31, pp.439-444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00384-015-2433-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03157734v1</w:t>
+                <w:t xml:space="preserve">hal-03157729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exhausted Implanted Pulse Generator in Sacral Nerve Stimulation for Faecal Incontinence: What next in Daily Practice for Patients?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G Meurette</w:t>
+                <w:t xml:space="preserve">Gambling among European Professional Athletes. Prevalence and Associated Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Kubis</w:t>
+                <w:t xml:space="preserve">Manon Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int J Colorectal Dis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 31, pp.439-444. </w:t>
+              <w:t xml:space="preserve">Journal of Addictive Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35 (4), pp.278-290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00384-015-2433-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10550887.2016.1177807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157729v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Hemostatic Powder for Upper Gastrointestinal Bleeding: A Multicenter Study (the \ &amp;quot;GRAPHE\ &amp;quot; Registry).</w:t>
               </w:r>
@@ -5438,307 +5438,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power and Sample Size Determination for Group Comparison of Patient-Reported Outcomes Using Polytomous Rasch Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Power and sample size determination for the group comparison of patient-reported outcomes using the Rasch model: impact of a misspecification of the parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Blanchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Guilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Bonnaud-Antignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 34 (16), pp.2444-2455. </w:t>
+              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/sim.6478⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12874-015-0011-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156113v1</w:t>
+                <w:t xml:space="preserve">hal-02320404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power and sample size determination for the group comparison of patient-reported outcomes using the Rasch model: impact of a misspecification of the parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Power and Sample Size Determination for Group Comparison of Patient-Reported Outcomes Using Polytomous Rasch Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Blanchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand-Larbi Feddag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Guilleux</w:t>
+                <w:t xml:space="preserve">Tanguy Le Néel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Statistics in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34 (16), pp.2444-2455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sim.6478⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12874-015-0011-4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02320404v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03156113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5756,77 +5756,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential item functioning in the French revised Patients’ Attitudes Toward Deprescribing questionnaire: a case analysis from the DeprescrIPP trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Deprescribing (ICOD2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département de médecine générale de Nantes Université, Sep 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5845,226 +5845,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questionnaire &amp;quot;Attitude des patients envers la déprescription&amp;quot; dans un essai de déprescription des inhibiteurs de la pompe à protons : propriétés psychométriques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation de données de type « Patient-Reported Outcomes » longitudinales à l'aide d'un modèle de la famille de Rasch en temps continu et prise en compte de la non-invariance de la mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Sébille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Blanchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises de la Recherche en Soins Primaires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPICLIN 2023, 17e Conférence francophone d’Épidémiologie Clinique, 30e Journées des statisticiens des Centres de Lutte contre le Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Nancy (France), France. pp.101603, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04534190v1</w:t>
+                <w:t xml:space="preserve">hal-04833071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de données de type « Patient-Reported Outcomes » longitudinales à l'aide d'un modèle de la famille de Rasch en temps continu et prise en compte de la non-invariance de la mesure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Questionnaire &amp;quot;Attitude des patients envers la déprescription&amp;quot; dans un essai de déprescription des inhibiteurs de la pompe à protons : propriétés psychométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Myriam Blanchin</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPICLIN 2023, 17e Conférence francophone d’Épidémiologie Clinique, 30e Journées des statisticiens des Centres de Lutte contre le Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Assises de la Recherche en Soins Primaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNGE, Jun 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101603⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04833071v1</w:t>
+                <w:t xml:space="preserve">hal-04534190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous-time IRT Models: Modelling a Latent Process Trajectory with Item-level Measurement Models</w:t>
               </w:r>
@@ -7003,51 +7003,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="97EDB557"/>
+    <w:nsid w:val="51BDCACC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7151,51 +7151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="D426CC7B"/>
+    <w:nsid w:val="9DED9FD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7385,51 +7385,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bastien-perrot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3701-6693" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/238278573" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Challet-Bouju" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Perrot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Desm&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2025.00099" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528844v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yseulys Dubuy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Blanchin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-025-02756-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771850v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaurya Taran" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Angriman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cinotti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006283" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771932v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Stevens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mccredie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08850666231194532" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Karsenti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perrod" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Qu&#233;n&#233;herv&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chabrun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2324-8807" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075262v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barreteau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Montrichard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dreant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Matysiak Budnik" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00464-024-11359-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771958v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Diaz-Cruz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Alvarez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Agustin Godoy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202212-2249OC" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371587v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Nguyen-Soenen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristie Rebecca Weir" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Tabea Jungo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fournier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sapharm.2023.12.010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771965v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Frey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caillard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Bras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime G&#233;rard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/JS9.0000000000000282" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771956v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tharsis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Percie Du Sert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(23)00104-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771940v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Privat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charissoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leblanc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2041-7687" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796657v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hurel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Thiabaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.00082" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113237v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Karlsson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Widinghoff" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.00089" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771967v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lios Bertin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Peries" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amiaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie van Acker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15041004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771986v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saillard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.10000" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660908v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Gondran" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Musquer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Perez-Cuadrado-Robles" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henri Deprez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buisson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17562848221090820" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789766v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.00063" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942371v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Proust-Lima" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Philipps" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2022.01.005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318928v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/add.15665" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771999v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mongardon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Piagnerelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grimaldi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-020-06311-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158817v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Miralli&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Borel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tr&#233;sallet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hamy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mathonnet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-19-0587" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159458v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Donnio" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/17675" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159532v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landr&#233;at" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chereau Boudet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Codina" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-030424" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159460v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mariez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chauchard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00277" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772002v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Palazzo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Zago" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Lemaistre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1160-5485" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159471v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tharsis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tordjman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2019-319565" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158803v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Karsenti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tharsis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jd Zeitoun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Denis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00365521.2019.1599418" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158775v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-018-9782-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02461417v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Bouras" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roquilly" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Joachim Mah&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2680-6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158630v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mpr.1746" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158631v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bataille" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585656v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Costes" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-014600" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01684314v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dirou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chambellan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chevallier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Germaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamirault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-017-0057-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659012v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coron" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Vanbiervliet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kull" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-114411" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542698v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Launey" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigismond Lasocki" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Asehnoune" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gaudriot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chassier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0885066617696847" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157719v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Valleur" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magalon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.5.2016.030" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157734v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Humeau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Remaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10550887.2016.1177807" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157729v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Duchalais" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Meurette" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Wyart" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Kubis" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00384-015-2433-1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157739v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Haddara" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremies Jacques" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecleire" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Branche" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Leblanc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-116148" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156113v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand-Larbi Feddag" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Le N&#233;el" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.6478" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/36E3E482E611177E9B873AD3A24A5D8CCA957A36/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320404v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guilleux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-015-0011-4" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713827v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534190v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833071v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101603" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782660v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-022-03257-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833149v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thiabaud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saillard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2021.04.016" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04270654v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Perrot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769443v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769477v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-023-03530-x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785827v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355105v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bastien-perrot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3701-6693" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/238278573" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Challet-Bouju" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Perrot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Desm&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2025.00099" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528844v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yseulys Dubuy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Blanchin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-025-02756-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075262v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barreteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Montrichard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dreant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Matysiak Budnik" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00464-024-11359-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaurya Taran" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Angriman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cinotti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006283" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771932v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Stevens" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mccredie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08850666231194532" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771841v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Karsenti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perrod" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Qu&#233;n&#233;herv&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chabrun" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2324-8807" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771967v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lios Bertin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Peries" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amiaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie van Acker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15041004" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771958v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Diaz-Cruz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Alvarez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Agustin Godoy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202212-2249OC" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771965v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Frey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caillard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Bras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime G&#233;rard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/JS9.0000000000000282" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371587v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Nguyen-Soenen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristie Rebecca Weir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Tabea Jungo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fournier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sapharm.2023.12.010" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771956v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tharsis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Percie Du Sert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(23)00104-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771940v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Privat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charissoux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leblanc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2041-7687" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796657v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hurel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Thiabaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.00082" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113237v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balem" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Karlsson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Widinghoff" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.00089" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771986v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saillard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.10000" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660908v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Gondran" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Musquer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Perez-Cuadrado-Robles" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henri Deprez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buisson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17562848221090820" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789766v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2022.00063" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942371v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Proust-Lima" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Philipps" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2022.01.005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318928v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/add.15665" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771999v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mongardon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Piagnerelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grimaldi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-020-06311-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158817v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Miralli&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Borel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tr&#233;sallet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hamy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mathonnet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-19-0587" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159458v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Donnio" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/17675" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159532v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landr&#233;at" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chereau Boudet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Codina" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-030424" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159460v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mariez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chauchard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00277" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772002v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Palazzo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Zago" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Lemaistre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1160-5485" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159471v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tharsis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tordjman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2019-319565" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158803v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Karsenti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tharsis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jd Zeitoun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Denis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00365521.2019.1599418" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158775v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-018-9782-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02461417v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Bouras" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roquilly" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Joachim Mah&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2680-6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158630v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mpr.1746" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158631v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bataille" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01684314v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dirou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chambellan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chevallier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Germaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamirault" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41409-017-0057-5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585656v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Costes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-014600" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659012v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coron" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Vanbiervliet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kull" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-114411" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542698v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Launey" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigismond Lasocki" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Asehnoune" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gaudriot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chassier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0885066617696847" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157719v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Valleur" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magalon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.5.2016.030" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157729v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Duchalais" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Meurette" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Wyart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Kubis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00384-015-2433-1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157734v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Humeau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Remaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10550887.2016.1177807" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157739v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Haddara" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremies Jacques" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecleire" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Branche" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Leblanc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-116148" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320404v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guilleux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-015-0011-4" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156113v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand-Larbi Feddag" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Le N&#233;el" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.6478" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/36E3E482E611177E9B873AD3A24A5D8CCA957A36/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713827v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833071v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101603" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534190v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782660v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-022-03257-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833149v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thiabaud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saillard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2021.04.016" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04270654v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Perrot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769443v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769477v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-023-03530-x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785827v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355105v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>