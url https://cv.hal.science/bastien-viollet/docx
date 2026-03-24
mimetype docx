--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -146,51 +146,51 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Mes travaux de recherche se focalisent d’une part sur les dynamiques stratégiques des organisations sportives et les relations avec leurs parties prenantes. D’autre part, j’étudie les comportements organisationnels, dans des contextes d’hybridité propres au champ du sport.</w:t>
+        <w:t xml:space="preserve">Mes travaux de recherche se focalisent d’une part sur les dynamiques stratégiques des organisations sportives. D’autre part, j’étudie les comportements organisationnels, dans des contextes d’hybridité propres au champ du sport.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -519,334 +519,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport du concept d’instrument de gestion pour analyser la conception d’une politique sportive</w:t>
+                <w:t xml:space="preserve">Associations sportives : en finir avec la promesse de la valorisation du bénévolat ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Dreveton</w:t>
+                <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 239, pp.43-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04387218v1</w:t>
+                <w:t xml:space="preserve">hal-04039319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Sport Policy to National Federation Sport Policy: An Integrative Literature Review and Conceptualisation Attempt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Scelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qi Peng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (4), pp.2949. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/su15042949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations sportives : en finir avec la promesse de la valorisation du bénévolat ?</w:t>
+                <w:t xml:space="preserve">L’apport du concept d’instrument de gestion pour analyser la conception d’une politique sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Saurois</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dreveton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023-5 (158), pp.101-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/resg.158.0101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04039319v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04387218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Observatoire du sport français : analyser et évaluer les politiques fédérales et territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -897,51 +897,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The engagement of actors during the formulation of a national federation sport policy: an analysis within the French Rugby Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Scelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1092,51 +1092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Minikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Scelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1196,51 +1196,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le processus de conception de la politique sportive d'une fédération nationale : proposition d'un cadre d'analyse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Scelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1323,51 +1323,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser l'enseignement du management du sport à l'Université à l'ère de l'Anthropocène : utopie ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Congrès de la Société Savante de Management du Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1556,64 +1556,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to conceptualise a national federation sport policy? Towards a model for action.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Scelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qi Peng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th Annual Conference of the PSA Sport &amp; Politics Specialist Group</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Political Studies Association - Sport &amp; Politics Specialist Group, Mar 2023, Manchester (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1632,398 +1632,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La surveillance constante des piscines publiques françaises : une vingtaine d’années de recherches et la mise en évidence d’une hypocrisie organisationnelle ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lebihain</w:t>
+                <w:t xml:space="preserve">L’observatoire du sport français : de la collecte à l’analyse de données pour accompagner le développement du sport fédéré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Congrès de la S2MS : Collectifs de recherche et recherches collectives en « Management du sport ». Enquêter, produire des données, répondre à une commande»</w:t>
+              <w:t xml:space="preserve">2e Congrès de la S2MS : Collectifs de recherche et recherches collectives en « Management du sport ». Enquêter, produire des données, répondre à une commande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société savante de management du sport (S2MS), Jun 2022, Corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987585v1</w:t>
+                <w:t xml:space="preserve">hal-04987590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’observatoire du sport français : de la collecte à l’analyse de données pour accompagner le développement du sport fédéré</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Saurois</w:t>
+                <w:t xml:space="preserve">La surveillance constante des piscines publiques françaises : une vingtaine d’années de recherches et la mise en évidence d’une hypocrisie organisationnelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lebihain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Congrès de la S2MS : Collectifs de recherche et recherches collectives en « Management du sport ». Enquêter, produire des données, répondre à une commande</w:t>
+              <w:t xml:space="preserve">2e Congrès de la S2MS : Collectifs de recherche et recherches collectives en « Management du sport ». Enquêter, produire des données, répondre à une commande»</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société savante de management du sport (S2MS), Jun 2022, Corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987590v1</w:t>
+                <w:t xml:space="preserve">hal-04987585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’un projet éphémère à une inscription durable : conception d’un business model par la conception d’un Balance Score Card à l’horizon des JO Paris 2024</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">L’apport du concept d’instrument de gestion à la compréhension d’un processus stratégique. Le cas de la mise en place de la politique sportive de la Fédération française de rugby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dreveton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère journée d’étude GT AFC « CCA en milieu spécifique » IAE Perpignan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Perpignan, France</w:t>
+              <w:t xml:space="preserve">XXXe conférence de l’Association internationale de management stratégique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association internationale de management stratégique (AIMS), Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03705020v1</w:t>
+                <w:t xml:space="preserve">hal-04529769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport du concept d’instrument de gestion à la compréhension d’un processus stratégique. Le cas de la mise en place de la politique sportive de la Fédération française de rugby</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">D’un projet éphémère à une inscription durable : conception d’un business model par la conception d’un Balance Score Card à l’horizon des JO Paris 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dreveton</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Ranchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXe conférence de l’Association internationale de management stratégique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association internationale de management stratégique (AIMS), Jun 2021, Online, France</w:t>
+              <w:t xml:space="preserve">1ère journée d’étude GT AFC « CCA en milieu spécifique » IAE Perpignan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529769v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03705020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rugby français à l’épreuve de l’instrumentation de gestion : regards croises de la fédération à un club sportif professionnel</w:t>
               </w:r>
@@ -2242,51 +2242,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mobilisation of actors during the conception of a national federation sport policy: an analysis throughout the Actor-Network Theory in the French Rugby Union.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Scelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2501,51 +2501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Minikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Scelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2785,51 +2785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les événements sportifs territoriaux. Défis et perspectives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lapeyronie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2886,428 +2886,428 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment faire mieux sans chercher à faire plus ?</w:t>
+                <w:t xml:space="preserve">La formation des futurs managers du sport : de la nécessité d'un choc de décroissance ? Étude sur l'évolution des Masters MS en STAPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Laval. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les événements sportifs territoriaux. Défis et perspectives.</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.19-21, 2025, Presses Universitaires du Sport, 978-2-8186-2295-7</w:t>
+              <w:t xml:space="preserve">Former les managers à l'ère de l'anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05337332v1</w:t>
+                <w:t xml:space="preserve">hal-05294370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les événements sportifs de demain seront nécessairement territoriaux !</w:t>
+                <w:t xml:space="preserve">Comment faire mieux sans chercher à faire plus ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les événements sportifs territoriaux. Défis et perspectives.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.19-21, 2025, Presses Universitaires du Sport, 978-2-8186-2295-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions Territorial</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05337364v1</w:t>
+                <w:t xml:space="preserve">hal-05337332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esquisse d'une appropriation esthétique : conception d'un nouveau business model par la mise en place d'un BSC à horizon des Jeux Olympiques et Paralympiques 2024</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les événements sportifs de demain seront nécessairement territoriaux !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Dreveton</w:t>
-[...60 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Saurois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le singulier en comptabilité, contrôle et audit. Regards croisés autour des outils de gestion, des acteurs et des organisations hybrides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pearson, pp.65-84, 2025, Regards de l'AFC, 978-2-3260-0343-9 (imprimé) ; 978-2-3260-6478-2 (eBook)</w:t>
+              <w:t xml:space="preserve">Les événements sportifs territoriaux. Défis et perspectives.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.145-146, 2025, Presses universitaires du sport, 978-2-8186-2295-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244932v1</w:t>
+                <w:t xml:space="preserve">hal-05337364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La formation des futurs managers du sport : de la nécessité d'un choc de décroissance ? Étude sur l'évolution des Masters MS en STAPS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Esquisse d'une appropriation esthétique : conception d'un nouveau business model par la mise en place d'un BSC à horizon des Jeux Olympiques et Paralympiques 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dreveton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de Laval. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benjamin Dreveton; Lambert Jerman; Agnès Mazars-Chapelon; Fabienne Villesèque-Dubus. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Former les managers à l'ère de l'anthropocène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">Le singulier en comptabilité, contrôle et audit. Regards croisés autour des outils de gestion, des acteurs et des organisations hybrides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pearson, pp.65-84, 2025, Regards de l'AFC, 978-2-3260-0343-9 (imprimé) ; 978-2-3260-6478-2 (eBook)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05294370v1</w:t>
+                <w:t xml:space="preserve">hal-05244932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3400,51 +3400,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport et performance publique : deux concepts antinomiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saurois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3556,90 +3556,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparées des pratiques managériales des directions d’établissements CREPS en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bossard-Préchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dreveton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3871,51 +3871,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5918EF56"/>
+    <w:nsid w:val="872A78CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4102,51 +4102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bastien-viollet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2089-6233" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234092475" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Zita Lawson-Messan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Trijean" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chavinier-rela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Viollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Royoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024673v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lebihain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pmp.2025.67" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337180v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xheni Rusi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387218v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dreveton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.158.0101" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991847v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scelles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Peng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15042949" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039319v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saurois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942336v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505278v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ferrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19406940.2019.1634621" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.064.0059" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147076v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Minikin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23750472.2017.1280837" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147080v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987598v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543709v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529808v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060909v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987585v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987590v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705020v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coussi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ranchoux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529769v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120819v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Espinasse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524309v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510175v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524347v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510168v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510164v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918077v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tesson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lapeyronie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337332v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.territorial.fr/evenements-sportifs-terriroriaux.html#" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337364v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244932v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294370v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266803v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529754v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705016v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bossard-Pr&#233;choux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marcon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02145788v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bastien-viollet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2089-6233" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234092475" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Zita Lawson-Messan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Trijean" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chavinier-rela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Viollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Royoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024673v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lebihain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pmp.2025.67" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337180v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xheni Rusi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039319v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saurois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scelles" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Peng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15042949" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387218v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dreveton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.158.0101" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942336v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505278v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ferrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19406940.2019.1634621" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.064.0059" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147076v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Minikin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23750472.2017.1280837" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147080v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987598v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543709v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529808v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060909v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987585v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529769v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705020v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coussi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ranchoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120819v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Espinasse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524309v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510175v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524347v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510168v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510164v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918077v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tesson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lapeyronie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294370v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337332v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.territorial.fr/evenements-sportifs-terriroriaux.html#" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337364v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244932v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266803v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529754v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705016v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bossard-Pr&#233;choux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marcon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02145788v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>