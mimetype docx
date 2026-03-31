--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -904,429 +904,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03528188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bradyrhizobium diazoefficiens USDA110 Nodulation of Aeschynomene afraspera Is Associated with Atypical Terminal Bacteroid Differentiation and Suboptimal Symbiotic Efficiency</w:t>
+                <w:t xml:space="preserve">$Sinorhizobium\ meliloti$ functions required for resistance to antimicrobial NCR peptides and bacteroid differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Lamouche</w:t>
+                <w:t xml:space="preserve">Quentin Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Chaumeret</w:t>
+                <w:t xml:space="preserve">Nicolas Busset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Dendene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Balliau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Le Bars</w:t>
+                <w:t xml:space="preserve">Dmitrii Travin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mSystems.01237-20⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (4), pp.e00895-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.00895-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03303052v1</w:t>
+                <w:t xml:space="preserve">hal-03435626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sinorhizobium meliloti Functions Required for Resistance to Antimicrobial NCR Peptides and Bacteroid Differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Busset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Dendene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitrii Travin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/mbio.00895-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03302731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">$Sinorhizobium\ meliloti$ functions required for resistance to antimicrobial NCR peptides and bacteroid differentiation</w:t>
+                <w:t xml:space="preserve">Bradyrhizobium diazoefficiens USDA110 Nodulation of Aeschynomene afraspera Is Associated with Atypical Terminal Bacteroid Differentiation and Suboptimal Symbiotic Efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Busset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sara Dendene</w:t>
+                <w:t xml:space="preserve">Florian Lamouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitrii Travin</w:t>
+                <w:t xml:space="preserve">Anaïs Chaumeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Le Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (4), pp.e00895-21. </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.e01237-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mBio.00895-21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mSystems.01237-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435626v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03303052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Draft Genome Sequences of Nitrogen-Fixing Bradyrhizobia Isolated from Root Nodules of Peanut, Arachis hypogaea, Cultivated in Southern Tunisia</w:t>
               </w:r>
@@ -1440,334 +1440,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbiotic Efficiency of Spherical and Elongated Bacteroids in the Aeschynomene-Bradyrhizobium Symbiosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Lamouche</w:t>
+                <w:t xml:space="preserve">Phylogeography of the Bradyrhizobium spp. Associated With Peanut, Arachis hypogaea: Fellow Travelers or New Associations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Besma Bouznif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Bonadé-Bottino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Mergaert</w:t>
+                <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Alunni</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ricardo Rodriguez de La Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangela Hungria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00377⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.02041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02173139v1</w:t>
+                <w:t xml:space="preserve">hal-02324770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeography of the Bradyrhizobium spp. Associated With Peanut, Arachis hypogaea: Fellow Travelers or New Associations?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
+                <w:t xml:space="preserve">Symbiotic Efficiency of Spherical and Elongated Bacteroids in the Aeschynomene-Bradyrhizobium Symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lamouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Rodriguez de La Vega</w:t>
+                <w:t xml:space="preserve">Nolwenn Bonadé-Bottino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Mergaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariangela Hungria</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoît Alunni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.02041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02324770v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02173139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic dissection of Bradyrhizobium sp. strain ORS285 in symbiosis with Aeschynomene spp. inducing different bacteroid morphotypes with contrasted symbiotic efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lamouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Gully</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Chaumeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nico Nouwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1831,90 +1831,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From intracellular bacteria to differentiated bacteroids: transcriptome and metabolome analysis in Aeschynomene nodules using the Bradyrhizobium sp. ORS285 bclA mutant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lamouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Chaumeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1978,51 +1978,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strain-Specific Symbiotic Genes: A New Level of Control in the Intracellular Accommodation of Rhizobia Within Legume Nodule Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gourion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 31 (3), pp.287--288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2082,51 +2082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pédron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chapelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique van Gijsegem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2173,90 +2173,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated roles of BclA and DD-carboxypeptidase 1 in Bradyrhizobium differentiation within NCR-producing and NCR-lacking root nodules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Gully</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lamouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2333,77 +2333,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophile Kazmierczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Nagymihaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lamouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Barriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 30 (5), pp.399-409. </w:t>
@@ -2441,51 +2441,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terminal bacteroid differentiation in the legume-rhizobium symbiosis: nodule-specific cysteine-rich peptides and beyond.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gourion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2526,325 +2526,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A straightforward and reliable method for bacterial in planta transcriptomics: application to the Dickeya dadantii/Arabidopsis thaliana pathosystem.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Bradyrhizobium BclA Is a Peptide Transporter Required for Bacterial Differentiation in Symbiosis with Aeschynomene Legumes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Timchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Pédron</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.12812⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (6), pp.1155-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/mpmi-04-15-0094-r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436011v1</w:t>
+                <w:t xml:space="preserve">hal-01433036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bradyrhizobium BclA Is a Peptide Transporter Required for Bacterial Differentiation in Symbiosis with Aeschynomene Legumes.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">A straightforward and reliable method for bacterial in planta transcriptomics: application to the Dickeya dadantii/Arabidopsis thaliana pathosystem.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Quentin Barrière</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Malfatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Solier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pédron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (6), pp.1155-66. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 82 (2), pp.352-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/mpmi-04-15-0094-r⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01433036v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extreme specificity of NCR gene expression in Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Nagymihaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2960,51 +2960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanael Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Fardoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3107,51 +3107,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel de Zélicourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Plet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3388,51 +3388,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bourcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willem van de Velde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 5 (3), pp.1-14. </w:t>
@@ -3764,51 +3764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Mergaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshiki Uchiumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaëlle Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4368,203 +4368,341 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cell Cycle and Terminal Differentiation in Sinorhizobium meliloti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Dendene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Frascella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Nicoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Timchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Mergaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emanuele Biondi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Cycle Regulation and Development in Alphaproteobacteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.221-244, 2022, 978-3-030-90620-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-90621-4_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Role of the Bacterial BacA ABC-Transporter in Chronic Infection of Nodule Cells by Rhizobium Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Guefrachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Verly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éva Kondorosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Alunni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Mergaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">de Bruijn, Frans J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Nitrogen Fixation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Wiley &amp; Sons, Inc, pp.315--324, 2015, 978-1-119-05309-5 978-1-118-63704-3. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119053095.ch31⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02397297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId158"/>
+      <w:footerReference w:type="default" r:id="rId160"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4711,51 +4849,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas T Smith" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Boukherissa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiera Antaya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme W Howe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mergaert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001380" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058332v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dendene" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuanghong Xue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Mohammedi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Vieillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nicoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2412367122" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05311838v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quiller&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabri&#232;le Adam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf356" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798785v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Bouznif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mars" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Timchenko" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01078-23" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611367v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Lachat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lextrait" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Yokota" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2401802121" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C Dicenzo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cangioli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Cheng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Blow" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.01092-21" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03303052v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lamouche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chaumeret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Bars" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.01237-20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03302731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barri&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Busset" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Travin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00895-21" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435626v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00895-21" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366357v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Alunni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqui Shykoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00434-21" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173139v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Bonad&#233;-Bottino" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Alunni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00377" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324770v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Guefrachi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodriguez de La Vega" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Hungria" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02041" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180791v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Gully" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Nouwen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Verly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14292" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pierre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00191-19" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178890v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gourion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-01-18-0010-LE" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391708v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;dron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chapelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique van Gijsegem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12549" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187766v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08830-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608196v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Kazmierczak" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Nagymihaly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barriere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-01-17-0009-R" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441965v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436011v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Malfatti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Solier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12812" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433036v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-04-15-0094-r" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02410355v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Pislariu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem van de Velde" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-712" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219036v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Delmotte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chaintreuil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms15033660" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856194v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Zahaf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blanchet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel de Z&#233;licourt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Plet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/sss009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856104v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Zehirov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Szatmari" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Debreczeny" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironobu Ishihara" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1184057" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661146v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maunoury" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Redondo-Nieto" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourcy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009519" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856238v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gruber" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Diet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Boualem" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-008-0392-8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184651v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Kevei" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kondorosi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-9-1138" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiki Uchiumi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Evanno" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Ch&#233;ron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0600912103" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343438v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siva Sankari" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295009v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295000v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Valette" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Frascella" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374726v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dicenzo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis H.T. Cheng" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397297v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Kondorosi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119053095.ch31" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas T Smith" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Boukherissa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiera Antaya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme W Howe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mergaert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001380" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058332v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dendene" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuanghong Xue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Mohammedi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Vieillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nicoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2412367122" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05311838v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quiller&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabri&#232;le Adam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf356" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798785v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Bouznif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mars" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Timchenko" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01078-23" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611367v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Lachat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lextrait" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Yokota" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2401802121" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C Dicenzo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cangioli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Cheng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Blow" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.01092-21" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435626v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barri&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Busset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Travin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00895-21" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03302731v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00895-21" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03303052v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lamouche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chaumeret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Bars" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.01237-20" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366357v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Alunni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqui Shykoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00434-21" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324770v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Guefrachi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodriguez de La Vega" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Hungria" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173139v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Bonad&#233;-Bottino" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Alunni" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00377" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180791v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Gully" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Nouwen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Verly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14292" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pierre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00191-19" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178890v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gourion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-01-18-0010-LE" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391708v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;dron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chapelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique van Gijsegem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12549" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187766v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08830-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608196v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Kazmierczak" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Nagymihaly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barriere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-01-17-0009-R" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441965v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433036v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-04-15-0094-r" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436011v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Malfatti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Solier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12812" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02410355v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Pislariu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem van de Velde" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-712" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219036v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Delmotte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chaintreuil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms15033660" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856194v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Zahaf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blanchet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel de Z&#233;licourt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Plet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/sss009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856104v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Zehirov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Szatmari" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Debreczeny" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironobu Ishihara" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1184057" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661146v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maunoury" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Redondo-Nieto" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourcy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009519" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856238v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gruber" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Diet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Boualem" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-008-0392-8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184651v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Kevei" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kondorosi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-9-1138" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiki Uchiumi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Evanno" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Ch&#233;ron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0600912103" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343438v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siva Sankari" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295009v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295000v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Valette" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Frascella" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374726v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dicenzo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis H.T. Cheng" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833241v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90621-4_8" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397297v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Kondorosi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119053095.ch31" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>