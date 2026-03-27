--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1092,51 +1092,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Brienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Eymin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1187,51 +1187,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufourmantelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Marquié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1256,51 +1256,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la construction de la langue écrite : analyse des paliers d’équilibration fonctionnels dans la remédiation cognitive opératoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1334,601 +1334,601 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle socio-constructiviste des compétences clés dans les régulations sociales</w:t>
+                <w:t xml:space="preserve">Une révolution épistémologique en psychologie du développement: au-delà de Jean Piaget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Conférences Jean Piaget : Développement, apprentissage et enseignement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Jean Piaget, Jun 2025, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Après Piaget: de l'épistémologie au champ des pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 2 Centre Jean Piaget, Nov 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05166068v1</w:t>
+                <w:t xml:space="preserve">hal-05389459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La MIRP© : une méthode interactive pour solliciter les compétences collectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Après Piaget: de l'épistémologie au champ des pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05389464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les compétences-clés des régulations sociales : un modèle psychogénétique pour penser le vivre-ensemble</w:t>
+                <w:t xml:space="preserve">Modèle socio-constructiviste des compétences clés dans les régulations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Après Piaget: de l'épistémologie au champ des pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">5ème Conférences Jean Piaget : Développement, apprentissage et enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Jean Piaget, Jun 2025, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05389462v1</w:t>
+                <w:t xml:space="preserve">hal-05166068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une révolution épistémologique en psychologie du développement: au-delà de Jean Piaget</w:t>
+                <w:t xml:space="preserve">Les compétences-clés des régulations sociales : un modèle psychogénétique pour penser le vivre-ensemble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Après Piaget: de l'épistémologie au champ des pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Lyon 2 Centre Jean Piaget, Nov 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Nov 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05389459v1</w:t>
+                <w:t xml:space="preserve">hal-05389462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Présentation du plan d'engagement fédéral.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une typologie des processus de régulation dans les clubs ; État des lieux et accompagnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Vilotte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+                <w:t xml:space="preserve">Cécilia Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport et éducation : enjeux et impact social des politiques d'éducation par le sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Lyon 2, 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Université Lyon 2, May 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992732v1</w:t>
+                <w:t xml:space="preserve">hal-04936513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la notion de compétence en épistémologie génétique à une méthode d’intervention psycho éducative : la Méthode Interactive de Résolution de Problèmes (MIRP®)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport et éducation : enjeux et impact social des politiques d'éducation par le sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 2, May 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une typologie des processus de régulation dans les clubs ; État des lieux et accompagnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction. Présentation du plan d'engagement fédéral.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Vilotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécilia Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport et éducation : enjeux et impact social des politiques d'éducation par le sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Lyon 2, May 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Université Lyon 2, 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04936513v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles finalités éducatives pour les personnes en situation de handicap : de la logique prescriptive à la démarche inclusive ?</w:t>
               </w:r>
@@ -1996,51 +1996,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude sur l'impact éducatif des programmes fédéraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport et éducation : enjeux et impact social des politiques d'éducation par le sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 2, May 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2078,51 +2078,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l’impact des contextes éducatifs sur le développement des compétences cognitives et sociales chez les adolescents de 14 à 17 ans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International PIAGET-RIPSYDEVE 2023 : Psychologie du Développement et de l’Éducation : Enjeux actuels et défispour le XXIième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RIPSYDEVE, Jun 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2374,273 +2374,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04819260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+                <w:t xml:space="preserve">L'INTÉGRATION DE L'ÉPROUVÉ DANS LA CONSTRUCTION DES CONNAISSANCES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Clavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensorialités, singularités, émotion, dir. Béatrice Clavel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">La part de l'éprouvé- Faire de nos expériences une connaissance ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02446326v1</w:t>
+                <w:t xml:space="preserve">hal-02446387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet de recherche émergent Parendel'handi</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée annuelle du LLE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LLE, Nov 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Sensorialités, singularités, émotion, dir. Béatrice Clavel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02446373v1</w:t>
+                <w:t xml:space="preserve">hal-02446326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'INTÉGRATION DE L'ÉPROUVÉ DANS LA CONSTRUCTION DES CONNAISSANCES</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Clavel</w:t>
+                <w:t xml:space="preserve">Projet de recherche émergent Parendel'handi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Buisson-Fenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Courtot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La part de l'éprouvé- Faire de nos expériences une connaissance ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée annuelle du LLE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LLE, Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02446387v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02446373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétéronomie et construction des valeurs chez l’adolescent</w:t>
               </w:r>
@@ -3607,588 +3607,588 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La MIRP© Méthode Interactive de Résolution de Problème- Comment évaluer les régulations collectives ? Comment les solliciter ?</w:t>
+                <w:t xml:space="preserve">Quelles finalités éducatives pour les personnes en situation de handicap ? De la logique prescriptive à la démarche inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
+              <w:t xml:space="preserve">Sport et handicap. Regards croisés.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-548-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992622v1</w:t>
+                <w:t xml:space="preserve">hal-04992718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration du principe de neutralité dans le sport : approche développementale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">La MIRP© Méthode Interactive de Résolution de Problème- Comment évaluer les régulations collectives ? Comment les solliciter ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992618v1</w:t>
+                <w:t xml:space="preserve">hal-04992622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychogenèse des compétences-clés impliquées dans les régulations sociales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intégration du principe de neutralité dans le sport : approche développementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992617v1</w:t>
+                <w:t xml:space="preserve">hal-04992618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude sur l’impact éducatif des programmes fédéraux</w:t>
+                <w:t xml:space="preserve">Psychogenèse des compétences-clés impliquées dans les régulations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992615v1</w:t>
+                <w:t xml:space="preserve">hal-04992617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passage à la vie adulte dans l'autisme: penser l'épreuve</w:t>
+                <w:t xml:space="preserve">Étude sur l’impact éducatif des programmes fédéraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15 films pour comprendre le spectre de l'autisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In Press, pp.165-178, 2025, 978-2-38642-560-8</w:t>
+              <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355960v1</w:t>
+                <w:t xml:space="preserve">hal-04992615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une typologie des processus de régulation dans les clubs : état des lieux et accompagnement</w:t>
+                <w:t xml:space="preserve">Passage à la vie adulte dans l'autisme: penser l'épreuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécilia Girard-Consorti</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
+              <w:t xml:space="preserve">15 films pour comprendre le spectre de l'autisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In Press, pp.165-178, 2025, 978-2-38642-560-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992717v1</w:t>
+                <w:t xml:space="preserve">hal-05355960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles finalités éducatives pour les personnes en situation de handicap ? De la logique prescriptive à la démarche inclusive</w:t>
+                <w:t xml:space="preserve">Vers une typologie des processus de régulation dans les clubs : état des lieux et accompagnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Clavel-Inzirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Girard-Consorti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport et handicap. Regards croisés.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-548-6</w:t>
+              <w:t xml:space="preserve">Le football, un acteur éducatif?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In Press, 2025, 978-2-38642-552-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04992718v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
@@ -4545,51 +4545,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330441v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Clavel-Inzirillo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120995v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Clavel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796950v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dupont" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Touzet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Branger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2017.06.026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMBDS0JL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdsu.063.0024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796934v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrotin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blaise Kopp" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgyn.2013.03.003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974191v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L&#233;pine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fichet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Barbosa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976842v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Singer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barbier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976909v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120974v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Derivois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bidaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Gianelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936560v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brienne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Eymin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936555v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dufourmantelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Marqui&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936552v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166068v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schmitt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389464v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389462v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389459v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vilotte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936498v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936513v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Girard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936501v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936495v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819044v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819147v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819098v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Carta-Fradin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;tard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819260v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446326v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446373v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Buisson-Fenet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Courtot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446387v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446270v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992721v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976565v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gaucher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976585v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marguet-Guillen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Bachmar-Aouni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976921v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978764v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Souche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978704v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796966v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796960v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Castano" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992622v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992618v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992617v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992615v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355960v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Girard-Consorti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992718v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936526v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://In Press" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964380v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Deydier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Courtade" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330441v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Clavel-Inzirillo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120995v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Clavel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796950v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dupont" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Touzet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Branger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2017.06.026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMBDS0JL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdsu.063.0024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796934v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrotin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blaise Kopp" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgyn.2013.03.003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974191v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L&#233;pine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fichet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Barbosa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976842v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Singer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barbier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976909v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120974v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Derivois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bidaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Gianelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936560v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brienne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Eymin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936555v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dufourmantelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Marqui&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936552v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389459v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389464v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schmitt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166068v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389462v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936513v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Girard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936498v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992732v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vilotte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936501v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936495v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819044v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819147v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819098v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Carta-Fradin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;tard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819260v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446387v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446326v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446373v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Buisson-Fenet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Courtot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446270v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992721v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976565v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gaucher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976585v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marguet-Guillen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Bachmar-Aouni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976921v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978764v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Souche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978704v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796966v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796960v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Castano" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992718v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992618v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992617v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992615v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355960v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Girard-Consorti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936526v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://In Press" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964380v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Deydier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Courtade" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>