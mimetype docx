--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -880,277 +880,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Salinity on the Biomineralization Process of Biocalcifying Bacteria Under Cathodic Protection</w:t>
+                <w:t xml:space="preserve">Dual effect of bacteria on corrosion mechanisms of stainless steel and carbon steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlenn Ménard</w:t>
+                <w:t xml:space="preserve">Malo Duportal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trésor Manta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Ibbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Refait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Marine Biotechnology Conference IMBC 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Marine Biotechnology Association, Jul 2025, Brest, France</w:t>
+              <w:t xml:space="preserve">EuroCorr 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Bergen, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05484404v1</w:t>
+                <w:t xml:space="preserve">hal-05538752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual effect of bacteria on corrosion mechanisms of stainless steel and carbon steel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Effect of Salinity on the Biomineralization Process of Biocalcifying Bacteria Under Cathodic Protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlenn Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Musnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malo Duportal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malek Ibbari</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Colin</w:t>
+                <w:t xml:space="preserve">Philippe Refait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroCorr 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Bergen, Norway</w:t>
+              <w:t xml:space="preserve">13th International Marine Biotechnology Conference IMBC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Marine Biotechnology Association, Jul 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05538752v1</w:t>
+                <w:t xml:space="preserve">hal-05484404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation Of Marine Biocalcifying Bacteria For The Consolidation of Built Heritage</w:t>
               </w:r>
@@ -1386,51 +1386,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions Between Corrosion and Biofouling on Bronze in Natural Seawater: Insights from In Situ Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sablé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1438,51 +1438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Refait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROCORR 2025 – The European Corrosion Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Stavanger, Norway</w:t>
@@ -1511,51 +1511,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of biocalcifying bacteria on the formation of mixed biological/calcium-magnesium fouling on cathodically protected metal in a marine environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1636,51 +1636,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel est le rôle des bactéries biocalcifiantes dans le biofouling sur des structures métalliques sous protection cathodique en milieu marin ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1886,51 +1886,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of biocalcifying bacteria on the formation of mixed biological/calcareous fouling on steel under cathodic protection in marine environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2005,467 +2005,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05489576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial marine biomineralization associated with cathodic polarization promoting precipitation of Mg-containing calcite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of the biodiversity inside the calcareous deposit obtained by cathodic protection in seawater compare to an unprotected steel – a 12 months experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">René Sabot</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EENVIRO 2022 – The 8th Conference of the Sustainable Solutions for Energy and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Bucharest, Romania</w:t>
+              <w:t xml:space="preserve">EUROCORR 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503040v1</w:t>
+                <w:t xml:space="preserve">hal-05503191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the biodiversity inside the calcareous deposit obtained by cathodic protection in seawater compare to an unprotected steel – a 12 months experiment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Development of environmentally friendly materials based on recycled aggregates and seawater electrolysis for cliffs protection and dykes reinforcement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sablé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jeannin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROCORR 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">EENVIRO 2022 – The 8th Conference of the Sustainable Solutions for Energy and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503191v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of environmentally friendly materials based on recycled aggregates and seawater electrolysis for cliffs protection and dykes reinforcement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bacterial marine biomineralization associated with cathodic polarization promoting precipitation of Mg-containing calcite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Frein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lilla Koziorowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Sabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EENVIRO 2022 – The 8th Conference of the Sustainable Solutions for Energy and Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05493343v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ocean helping to consolidate the coastline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sablé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Refait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2507,77 +2507,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BeachCorail : L’océan au service de la consolidation du littoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2626,277 +2626,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05504927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biominéralisation et électrochimie au service de la consolidation des structures côtières</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Jeannin</w:t>
+                <w:t xml:space="preserve">Effet de la polarisation cathodique sur des bactéries marines biocalcifiantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Marais</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Frein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilla Koziorowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe de travail Biomimétisme en Nouvelle Aquitaine - "Objectif Zéro Déchet"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ceebios; Région Nouvelle-Aquitaine, Dec 2021, Anglet, France</w:t>
+              <w:t xml:space="preserve">XVIème Forum Biodétérioration des Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEFRACOR; CORRODYS, Oct 2021, Cherbourg-en-Cotentin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503425v1</w:t>
+                <w:t xml:space="preserve">hal-05504840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la polarisation cathodique sur des bactéries marines biocalcifiantes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biominéralisation et électrochimie au service de la consolidation des structures côtières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIème Forum Biodétérioration des Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEFRACOR; CORRODYS, Oct 2021, Cherbourg-en-Cotentin, France</w:t>
+              <w:t xml:space="preserve">Groupe de travail Biomimétisme en Nouvelle Aquitaine - "Objectif Zéro Déchet"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ceebios; Région Nouvelle-Aquitaine, Dec 2021, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05504840v1</w:t>
+                <w:t xml:space="preserve">hal-05503425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de la biodiversité microbienne au sein du dépôt calcomagnésien en milieu marin</w:t>
               </w:r>
@@ -2921,51 +2921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Agogué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3046,51 +3046,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Refait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3301,51 +3301,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890613v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Colin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilla Koziorowszki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Frein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2022.108271" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890541v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Sabot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sop&#233;na" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010076" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Deprez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Couturier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2472555218803064" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553045v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/59570" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484384v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Bonnenfant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saliba" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484404v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn M&#233;nard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Duportal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Refait" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538752v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tr&#233;sor Manta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ibbari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484397v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Tavernier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Vazquez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Junique" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484378v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484431v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Grolleau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489278v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484983v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489576v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Serres" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503040v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilla Koziorowski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503191v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jeannin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493343v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Mahieux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492567v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504927v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503425v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504840v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504662v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505057v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890613v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Colin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilla Koziorowszki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Frein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2022.108271" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890541v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Sabot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sop&#233;na" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010076" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Deprez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Couturier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2472555218803064" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553045v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/59570" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484384v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Bonnenfant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saliba" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538752v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Duportal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tr&#233;sor Manta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ibbari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484404v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn M&#233;nard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Refait" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484397v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Tavernier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Vazquez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Junique" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484378v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484431v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Grolleau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489278v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484983v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489576v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Serres" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503191v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jeannin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493343v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Mahieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503040v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilla Koziorowski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492567v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504927v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504840v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503425v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504662v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505057v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>