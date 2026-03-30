--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -717,874 +717,874 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscopic correlations in Tb2Ti2O7 spin liquid</w:t>
+                <w:t xml:space="preserve">Field-induced spin density wave and spiral phases in a layered antiferromagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Guitteny</w:t>
+                <w:t xml:space="preserve">M. B. Stone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Mirebeau</w:t>
+                <w:t xml:space="preserve">M. D. Lumsden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Dalmas de Réotier</w:t>
+                <w:t xml:space="preserve">V. O. Garlea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. V. Colin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Bonville</w:t>
+                <w:t xml:space="preserve">Eric Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 92 (14), pp.144412. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.144412⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 92, pp.020415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.020415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01345464v1</w:t>
+                <w:t xml:space="preserve">cea-01745410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant magnetic field dependence of the coupling between spin chains in BaCo2V2O8</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modulated magnetism in PrPtAl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gino Abdul-Jabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Klanjšek</w:t>
+                <w:t xml:space="preserve">Dmitry A. Sokolov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mladen Horvatić</w:t>
+                <w:t xml:space="preserve">Christopher D. O’neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Krämer</w:t>
+                <w:t xml:space="preserve">Christopher Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mukhopadhyay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Mayaffre</w:t>
+                <w:t xml:space="preserve">Didier Wermeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.060408⟩</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (4), pp.321-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys3238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-01186120v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01327061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulated magnetism in PrPtAl</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesoscopic correlations in Tb2Ti2O7 spin liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guitteny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gino Abdul-Jabbar</w:t>
+                <w:t xml:space="preserve">I. Mirebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry A. Sokolov</w:t>
+                <w:t xml:space="preserve">P. Dalmas de Réotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher D. O’neill</w:t>
+                <w:t xml:space="preserve">C. V. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Stock</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Wermeille</w:t>
+                <w:t xml:space="preserve">P. Bonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nphys3238⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (14), pp.144412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.144412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01327061v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01345464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: Longitudinal and Transverse Zeeman Ladders in the Ising-Like Chain Antiferromagnet BaCo 2 V 2 O 8 [Phys. Rev. Lett. 114 , 017201 (2015)]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Giant magnetic field dependence of the coupling between spin chains in BaCo2V2O8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Klanjšek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Grenier</w:t>
+                <w:t xml:space="preserve">Mladen Horvatić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Petit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Simonet</w:t>
+                <w:t xml:space="preserve">S. Krämer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Canévet</w:t>
+                <w:t xml:space="preserve">S. Mukhopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.-P. Regnault</w:t>
+                <w:t xml:space="preserve">H. Mayaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 115 (11), pp.119902. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (6), pp.060408(R). </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.119902⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.060408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01947538v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-01186120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal and transverse Zeeman ladders in the Ising-like chain antiferromagnet BaCo2V2O8</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Erratum: Longitudinal and Transverse Zeeman Ladders in the Ising-Like Chain Antiferromagnet BaCo 2 V 2 O 8 [Phys. Rev. Lett. 114 , 017201 (2015)]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canévet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.-P. Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 114 (1), pp.017201. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.017201⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 115 (11), pp.119902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.119902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01110426v1</w:t>
+                <w:t xml:space="preserve">hal-01947538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-induced spin density wave and spiral phases in a layered antiferromagnet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Longitudinal and transverse Zeeman ladders in the Ising-like chain antiferromagnet BaCo2V2O8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. B. Stone</w:t>
+                <w:t xml:space="preserve">E. Canévet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. D. Lumsden</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Ressouche</w:t>
+                <w:t xml:space="preserve">L.-P. Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 92, pp.020415. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 114 (1), pp.017201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.020415⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.017201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01745410v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01110426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field-induced magnetic behavior in a quasi-one-dimensional Ising-like antiferromagnet: a detailed single crystal neutron diffraction study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canévet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Klanjsek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1700,51 +1700,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fåk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2280,51 +2280,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="110D1717"/>
+    <w:nsid w:val="77129095"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2511,51 +2511,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/beatrice-grenier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5448-108X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160501776" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588404v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Faure" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shintaro Takayoshi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grenier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Raymond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.043227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394840v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Simonet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Grenier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#229;nsson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.027204" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325603v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Simonet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-018-0126-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946730v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Inagaki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Kawae" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoko Sakai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoyuki Kawame" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takao Goto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7566/JPSJ.86.113706" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345464v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guitteny" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirebeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dalmas de R&#233;otier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. V. Colin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.144412" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01186120v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Klanj&#353;ek" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Horvati&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kr&#228;mer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mukhopadhyay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mayaffre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.060408" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327061v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Abdul-Jabbar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Sokolov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D. O&#8217;neill" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Stock" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Wermeille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys3238" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947538v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grenier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Can&#233;vet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-P. Regnault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.119902" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110426v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.017201" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01745410v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Stone" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Lumsden" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. O. Garlea" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ressouche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.020415" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klanjsek" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Horvatic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.054408" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564747v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Blanco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. F&#229;k" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rotter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.82.054414" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00358028v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Thielemann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#252;egg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kiefer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. M. R&#248;nnow" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Normand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.020408" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090850v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Villain" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Flank" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dhalenne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2006-00357-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963925v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ballou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20122200006" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/beatrice-grenier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5448-108X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160501776" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588404v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Faure" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shintaro Takayoshi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grenier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Raymond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.043227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394840v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Simonet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Grenier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#229;nsson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.027204" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325603v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Simonet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-018-0126-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946730v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Inagaki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Kawae" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoko Sakai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoyuki Kawame" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takao Goto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7566/JPSJ.86.113706" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01745410v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Stone" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Lumsden" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. O. Garlea" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ressouche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.020415" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327061v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Abdul-Jabbar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Sokolov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D. O&#8217;neill" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Stock" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Wermeille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys3238" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345464v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guitteny" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirebeau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dalmas de R&#233;otier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. V. Colin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonville" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.144412" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01186120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Klanj&#353;ek" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Horvati&#263;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kr&#228;mer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mukhopadhyay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mayaffre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.060408" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947538v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grenier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Can&#233;vet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-P. Regnault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.119902" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110426v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.017201" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klanjsek" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Horvatic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.054408" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564747v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Blanco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. F&#229;k" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rotter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.82.054414" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00358028v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Thielemann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#252;egg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kiefer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. M. R&#248;nnow" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Normand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.020408" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090850v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Villain" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Flank" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dhalenne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2006-00357-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963925v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ballou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20122200006" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>