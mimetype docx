--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1349,351 +1349,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logiques territoriales et aménagement durable du territoire : quelles règles de coordination et de décision ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Logiques territoriales et aménagement durable du territoire: quelles règles de coordination et de décision ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11 (4), pp.283-299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730011v1</w:t>
+                <w:t xml:space="preserve">hal-03107501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contraintes et vertus de l'évaluation participative</w:t>
+                <w:t xml:space="preserve">Approaches to Participation in Evaluation: Some Conditions for Implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Plottu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15 (3), pp.343-359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1356389009106357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729983v1</w:t>
+                <w:t xml:space="preserve">hal-00729952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approaches to Participation in Evaluation: Some Conditions for Implementation</w:t>
+                <w:t xml:space="preserve">Contraintes et vertus de l'évaluation participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Plottu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evaluation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 35 (192), pp.31-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1356389009106357⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00729952v1</w:t>
+                <w:t xml:space="preserve">hal-00729983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logiques territoriales et aménagement durable du territoire: quelles règles de coordination et de décision ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Logiques territoriales et aménagement durable du territoire : quelles règles de coordination et de décision ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Plottu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11 (4), pp.283-299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03107501v1</w:t>
+                <w:t xml:space="preserve">hal-00730011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Végétaux de pépinière : du déficit du commerce extérieur français au défaut d'innovation</w:t>
               </w:r>
@@ -2551,191 +2551,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation économique des services écosystémiques découlant de la reconversion de friches urbaines</w:t>
+                <w:t xml:space="preserve">Proposition d’une démarche méthodologique pour concilier analyse multicritère à la décision et méthodes expérimentales dans la reconversion de sites pollués</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Tendero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication au colloque international "Services écosystémiques : Apports et pertinence dans les milieux urbains", Tours, France, 24 mai 2016.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Tours, France</w:t>
+              <w:t xml:space="preserve">6. colloque du réseau OPDE, des Outils Pour Décider Ensemble "Le concevoir ensemble au prisme du lien social", Rouen, France, 5 février 2016.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau « Des Outils Pour Décider Ensemble » (OPDE). FRA., Feb 2016, Rouen, France. 26 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605038v1</w:t>
+                <w:t xml:space="preserve">hal-02744143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition d’une démarche méthodologique pour concilier analyse multicritère à la décision et méthodes expérimentales dans la reconversion de sites pollués</w:t>
+                <w:t xml:space="preserve">Evaluation économique des services écosystémiques découlant de la reconversion de friches urbaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Tendero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. colloque du réseau OPDE, des Outils Pour Décider Ensemble "Le concevoir ensemble au prisme du lien social", Rouen, France, 5 février 2016.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau « Des Outils Pour Décider Ensemble » (OPDE). FRA., Feb 2016, Rouen, France. 26 p</w:t>
+              <w:t xml:space="preserve">Communication au colloque international "Services écosystémiques : Apports et pertinence dans les milieux urbains", Tours, France, 24 mai 2016.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744143v1</w:t>
+                <w:t xml:space="preserve">hal-01605038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation économique des services écosystémiques découlant de la reconversion de friches urbaines</w:t>
               </w:r>
@@ -2961,151 +2961,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01113636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of business models in French Competitiveness clusters and the role of intermediaries: the case of horticultural varietal creation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Muller</w:t>
+                <w:t xml:space="preserve">Evolution of business models in French “Pôles de compétitivité”: the role of intermediaries in horticultural varietal creation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Widehem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th ERSA Congress "Regional development &amp; globalization: Best practices"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Saint Petersbourg, Russia</w:t>
+              <w:t xml:space="preserve">54th ERSA Congress "Regional development &amp; globalisation: Best practices"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ERSA, Aug 2014, Saint-Pétersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01113632v1</w:t>
+                <w:t xml:space="preserve">hal-03108673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Industrial cluster french policy and open innovation. Impacts on firm business models and territorial governance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3147,165 +3147,165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Integration and regionalism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculty of European Studies. ROU., May 2014, Cluj Napoca, Romania. 35 Diapos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of business models in French “Pôles de compétitivité”: the role of intermediaries in horticultural varietal creation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Leroux</w:t>
+                <w:t xml:space="preserve">Evolution of business models in French Competitiveness clusters and the role of intermediaries: the case of horticultural varietal creation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroux Isabelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Widehem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th ERSA Congress "Regional development &amp; globalisation: Best practices"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ERSA, Aug 2014, Saint-Pétersbourg, Russia</w:t>
+              <w:t xml:space="preserve">54th ERSA Congress "Regional development &amp; globalization: Best practices"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Saint Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108673v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01113632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles valeurs pour un aménagement durable ? Etude de cas d’un projet participatif d’aménagement</w:t>
               </w:r>
@@ -5537,51 +5537,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04767945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Leray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plottu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Plottu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.243.0401" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03869345v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leroux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouvier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.231.0035" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500411v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Tendero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2018.1512476" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047748v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588620v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518732v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311757v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897504v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4683" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113473v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Widehem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539845v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.5812" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841072v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plottu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2011.628818" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729274v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10726-010-9212-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q45VB45Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061772v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729721v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730011v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729983v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729952v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356389009106357" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107501v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730112v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheminat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doyen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897506v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plottu Eric" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896181v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pailler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Diaz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086694v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03275288v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897508v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Galopin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192730v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Isabelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538845v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513557v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Geoffriau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605038v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744143v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739940v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113636v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113632v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801658v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03108673v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Muller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113487v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107469v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806751v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068254v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729351v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chikh-Mhamed" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03097757v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729379v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729729v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729188v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729170v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060560v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729097v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02049970v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bechet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Besnard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bretesch&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107485v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839096v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maini&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Jouvet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Blondel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lassaut" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04620638v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321250v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Jean-Soro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023924v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Plottu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629683v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114332v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897499v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04767945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Leray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plottu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Plottu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.243.0401" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03869345v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leroux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouvier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.231.0035" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500411v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Tendero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2018.1512476" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047748v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588620v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518732v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311757v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897504v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4683" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113473v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Widehem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539845v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.5812" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841072v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plottu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2011.628818" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729274v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10726-010-9212-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q45VB45Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061772v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729721v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107501v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356389009106357" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729983v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730011v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730112v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheminat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doyen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897506v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plottu Eric" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896181v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pailler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Diaz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086694v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03275288v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897508v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Galopin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192730v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Isabelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538845v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513557v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Geoffriau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605038v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739940v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113636v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03108673v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Muller" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801658v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113487v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107469v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806751v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068254v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729351v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chikh-Mhamed" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03097757v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729379v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729729v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729188v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729170v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060560v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729097v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02049970v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bechet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Besnard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bretesch&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107485v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839096v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maini&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Jouvet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Blondel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lassaut" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04620638v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321250v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Jean-Soro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023924v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Plottu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629683v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114332v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897499v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>