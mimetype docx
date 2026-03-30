--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -66,5504 +66,5638 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorine-Assisted Self-Assembly Triggers Peculiarities in Molecular Dynamics of a Polar Glass-Former</w:t>
+                <w:t xml:space="preserve">Break-down of the relationship between α-relaxation and equilibration in hydrostatically compressed metallic glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zaneta Wojnarowska</w:t>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mateusz Dulski</w:t>
+                <w:t xml:space="preserve">Jie Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jie Shen</w:t>
+                <w:t xml:space="preserve">Alberto Ronca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+                <w:t xml:space="preserve">Shubin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Rosenthal</w:t>
+                <w:t xml:space="preserve">Nico Neuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 129 (22), pp.5601-5606. </w:t>
+              <w:t xml:space="preserve">Materials Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 92, pp.304 - 314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.5c00410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mattod.2025.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05374491v1</w:t>
+                <w:t xml:space="preserve">hal-05539319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liquid-like versus stress-driven dynamics in a metallic glass former observed by temperature scanning X-ray photon correlation spectroscopy</w:t>
+                <w:t xml:space="preserve">Fluorine-Assisted Self-Assembly Triggers Peculiarities in Molecular Dynamics of a Polar Glass-Former</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilian Frey</w:t>
+                <w:t xml:space="preserve">Zaneta Wojnarowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico Neuber</w:t>
+                <w:t xml:space="preserve">Mateusz Dulski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sascha Sebastian Riegler</w:t>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Cornet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+                <w:t xml:space="preserve">Martin Rosenthal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-59767-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129 (22), pp.5601-5606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.5c00410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05374507v1</w:t>
+                <w:t xml:space="preserve">hal-05374491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and theoretical characterization of the prototypical Na2S − SiS2 electrolyte glass: Conductivity enhancement is driven by network depolymerization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Liquid-like versus stress-driven dynamics in a metallic glass former observed by temperature scanning X-ray photon correlation spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Neuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Micoulaut</w:t>
+                <w:t xml:space="preserve">Sascha Sebastian Riegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.-M. Poitras</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">R. Escalier</w:t>
+                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.214201⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.4429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-59767-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05101114v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05374507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking the pressure dependence of the structure and thermal stability to α- and β-relaxations in metallic glasses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Cornet</w:t>
+                <w:t xml:space="preserve">Experimental and theoretical characterization of the prototypical Na2S − SiS2 electrolyte glass: Conductivity enhancement is driven by network depolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Micoulaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.-M. Poitras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Ronca</w:t>
+                <w:t xml:space="preserve">O. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloi Pineda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fan Yang</w:t>
+                <w:t xml:space="preserve">R. Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adz7406⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (21), pp.214201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.214201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05374517v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05101114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femtosecond x-ray photon correlation spectroscopy enables direct observations of atomic-scale relaxations of glass forming liquids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Linking the pressure dependence of the structure and thermal stability to α- and β-relaxations in metallic glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Ronca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomoki Fujita</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sanghoon Song</w:t>
+                <w:t xml:space="preserve">Fan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0264574⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (40), pp.eadz7406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adz7406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05374497v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05374517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-pressure X-ray photon correlation spectroscopy at fourth-generation synchrotron sources</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jie Shen</w:t>
+                <w:t xml:space="preserve">Femtosecond x-ray photon correlation spectroscopy enables direct observations of atomic-scale relaxations of glass forming liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomoki Fujita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanwen Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoyuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thies Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Zontone</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+                <w:t xml:space="preserve">Sanghoon Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 31 (3), pp.527-539. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162 (19), pp.194201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S1600577524001784⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0264574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04577243v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05374497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time in a glass</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+                <w:t xml:space="preserve">High-pressure X-ray photon correlation spectroscopy at fourth-generation synchrotron sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Ronca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Cangialosi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Federico Zontone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (4), pp.544-545. </w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (3), pp.527-539. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41567-024-02419-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S1600577524001784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04788542v1</w:t>
+                <w:t xml:space="preserve">hal-04577243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-induced nonmonotonic cross-over of steady relaxation dynamics in a metallic glass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time in a glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Zhang</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniele Cangialosi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2302281120⟩</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (4), pp.544-545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41567-024-02419-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296686v1</w:t>
+                <w:t xml:space="preserve">hal-04788542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Assembled Nanostructures in Aprotic Ionic Liquids Facilitate Charge Transport at Elevated Pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pressure-induced nonmonotonic cross-over of steady relaxation dynamics in a metallic glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beibei Yao</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Mcgrogan</w:t>
+                <w:t xml:space="preserve">Hongbo Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Zontone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c08606⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (24), pp.e2302281120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2302281120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795105v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amorphous-amorphous transformation induced in glasses by intense X-ray beams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-Assembled Nanostructures in Aprotic Ionic Liquids Facilitate Charge Transport at Elevated Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beibei Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Paluch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaroslaw Paturej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shannon Mclaughlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Alfinelli</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">G. Monaco</w:t>
+                <w:t xml:space="preserve">Anne Mcgrogan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.054202⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (33), pp.39417-39425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c08606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296688v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denser glasses relax faster: Enhanced atomic mobility and anomalous particle displacement under in-situ high pressure compression of metallic glasses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Cornet</w:t>
+                <w:t xml:space="preserve">Amorphous-amorphous transformation induced in glasses by intense X-ray beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Alfinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caporaletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dallari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaston Garbarino</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jeroen Jacobs</w:t>
+                <w:t xml:space="preserve">G. Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119065⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (5), pp.054202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.054202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156962v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New pathways to control the evolution of the atomic motion in metallic glasses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Denser glasses relax faster: Enhanced atomic mobility and anomalous particle displacement under in-situ high pressure compression of metallic glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Garbarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Zontone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crphys.149⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 255, pp.119065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296689v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling structural and kinetic components of the α-relaxation in supercooled metallic liquids</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New pathways to control the evolution of the atomic motion in metallic glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-022-01099-4⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24, pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crphys.149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296641v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic Structural Evolution during Ultrastable Metallic Glass Formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disentangling structural and kinetic components of the α-relaxation in supercooled metallic liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Neuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedikt Bochtler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peng Luo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Lai-Quan Shen</w:t>
+                <w:t xml:space="preserve">Alexander Kuball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.1c10716⟩</w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (1), pp.316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42005-022-01099-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352190v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass-forming ability correlated with the liquid-liquid transition in Pd42.5Ni42.5P15 alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopic Structural Evolution during Ultrastable Metallic Glass Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Miao Lv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En-Yi Chen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gavin B.M. Vanghan</w:t>
+                <w:t xml:space="preserve">Lai-Quan Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.10.042⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (33), pp.40098-40105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.1c10716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03093637v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic relaxation in a supercooled ZrTiNiCuBe glass forming liquid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glass-forming ability correlated with the liquid-liquid transition in Pd42.5Ni42.5P15 alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En-Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Xu Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Di Michiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Amini</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Sprung</w:t>
+                <w:t xml:space="preserve">Gavin B.M. Vanghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.055601⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 193, pp.117-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.10.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03252005v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation dynamics of Pd–Ni–P metallic glass: decoupling of anelastic and viscous processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intrinsic relaxation in a supercooled ZrTiNiCuBe glass forming liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Amini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Soriano</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+                <w:t xml:space="preserve">M. Sprung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648x/abef27⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (5), pp.055601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.055601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03222903v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonmonotonous atomic motions in metallic glasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relaxation dynamics of Pd–Ni–P metallic glass: decoupling of anelastic and viscous processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongbo Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Luo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Zontone</w:t>
+                <w:t xml:space="preserve">Sven Hilke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.054108⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (16), pp.164004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-648x/abef27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934138v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slowing down of dynamics and orientational order preceding crystallization in hard-sphere systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonmonotonous atomic motions in metallic glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Lehmkühler</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+                <w:t xml:space="preserve">F. Zontone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abc5916⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (5), pp.054108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.054108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02995168v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitrification decoupling from α-relaxation in a metallic glass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Cangialosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Busch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabella Gallino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 6 (17), pp.eaay1454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.aay1454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02613579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation Dynamics, Softness, and Fragility of Microgels with Interpenetrated Polymer Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Nigro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Ruzicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Zontone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 53 (5), pp.1596-1603. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.9b01560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave-Vector Dependence of the Dynamics in Supercooled Metallic Liquids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Slowing down of dynamics and orientational order preceding crystallization in hard-sphere systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Lehmkühler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birgit Hankiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Schroer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">L. Cristofolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.055701⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (43), pp.eabc5916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abc5916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02919864v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration and Velocity Profiles in a Polymeric Lithium-ion Battery Electrolyte</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wave-Vector Dependence of the Dynamics in Supercooled Metallic Liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hechler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Neuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Orsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans-Georg Steinrück</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Holladay</w:t>
+                <w:t xml:space="preserve">L. Cristofolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Environmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0ee02193h⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (5), pp.055701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.055701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455773v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale Ion Dynamics Control on Amorphous Calcium Carbonate Crystallization: Precise Control of Calcite Crystal Sizes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Concentration and Velocity Profiles in a Polymeric Lithium-ion Battery Electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Georg Steinrück</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher J Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Keun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David M Mackanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria P Asta</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nathaniel Findling</w:t>
+                <w:t xml:space="preserve">Benjamin Holladay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c08670⟩</w:t>
+              <w:t xml:space="preserve">Energy &amp; Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (11), pp.4312 - 4321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0ee02193h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03022245v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03455773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation dynamics induced in glasses by absorption of hard x-ray photons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoscale Ion Dynamics Control on Amorphous Calcium Carbonate Crystallization: Precise Control of Calcite Crystal Sizes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria P Asta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Fernandez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Pintori</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathaniel Findling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.224206⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c08670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02367826v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-rays induced atomic dynamics in a lithium-borate glass</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">Relaxation dynamics induced in glasses by absorption of hard x-ray photons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pintori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Monaco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Condensed Matter Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5488/CMP.22.43606⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (22), pp.224206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.224206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412938v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic evidence of the connection between liquid-liquid transition and dynamical crossover in an ultraviscous metallic glass former</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">X-rays induced atomic dynamics in a lithium-borate glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dallari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pintori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Z. Evensong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.2.085603⟩</w:t>
+              <w:t xml:space="preserve">Condensed Matter Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (4), pp.43606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5488/CMP.22.43606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285755v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical aging pathways and reversible fragile-to-strong transition upon annealing of a metallic glass former</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniele Cangialosi</w:t>
+                <w:t xml:space="preserve">Microscopic evidence of the connection between liquid-liquid transition and dynamical crossover in an ultraviscous metallic glass former</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hechler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stolpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zach Evenson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Hechler</w:t>
+                <w:t xml:space="preserve">Z. Evensong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.10.060⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (8), pp.085603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.2.085603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285759v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Impurities in the Kinetic Persistence of Amorphous Calcium Carbonate: A Nanoscopic Dynamics View</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hierarchical aging pathways and reversible fragile-to-strong transition upon annealing of a metallic glass former</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Gallino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Cangialosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zach Evenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayumi Koishi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Roberta Poloni</w:t>
+                <w:t xml:space="preserve">Simon Hechler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b05189⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 144, pp.400-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.10.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02402584v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-Aging in Ultrastable Metallic Glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Luttich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Luttich</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Zontone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 120 (13), pp.135504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.135504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02290273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrastable metallic glasses formed on cold substrates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Luo</w:t>
+                <w:t xml:space="preserve">Role of Impurities in the Kinetic Persistence of Amorphous Calcium Carbonate: A Nanoscopic Dynamics View</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayumi Koishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Fernandez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Jiménez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. R. Cao</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Y. H. Liu</w:t>
+                <w:t xml:space="preserve">Roberta Poloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-018-03656-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (29), pp.16983-16991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b05189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02290282v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-T-g relaxation times of the alpha process in metallic glasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrastable metallic glasses formed on cold substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. R. Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. M. Lv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. R. Liu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Z. Evenson</w:t>
+                <w:t xml:space="preserve">Y. H. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2017.06.014⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1389-1-1389-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-018-03656-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289043v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02290282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation processes and physical aging in metallic glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Evenson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 29, pp.503002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-648X/aa9964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02317556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal transport properties in amorphous/nanocrystalline metallic composites: A microscopic insight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sub-T-g relaxation times of the alpha process in metallic glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. R. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Crespo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amani Tlili</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. -J. Gravier</w:t>
+                <w:t xml:space="preserve">J. C. Qiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Evenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.07.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 471, pp.322-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2017.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01914099v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation Decoupling in Metallic Glasses at Low Temperatures</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparing the atomic and macroscopic aging dynamics in an amorphous and partially crystalline Zr&amp;lt;sub&amp;gt;44&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Cu&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Be&amp;lt;sub&amp;gt;25&amp;lt;/sub&amp;gt; bulk metallic glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zach Evenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Payes-Playa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Di Michiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.225901⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32, pp.2014-2021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/jmr.2017.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02317558v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing the atomic and macroscopic aging dynamics in an amorphous and partially crystalline Zr&amp;lt;sub&amp;gt;44&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Cu&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Be&amp;lt;sub&amp;gt;25&amp;lt;/sub&amp;gt; bulk metallic glass</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relaxation Decoupling in Metallic Glasses at Low Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Y. Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/jmr.2017.187⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118, pp.225901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.225901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289276v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02317558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hard X-rays as pump and probe of atomic motion in oxide glasses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Thermal transport properties in amorphous/nanocrystalline metallic composites: A microscopic insight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amani Tlili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pailhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Debord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Zotone</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">G. Pintori</w:t>
+                <w:t xml:space="preserve">J. -J. Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-04271-x⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 136, pp.425-435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.07.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01548255v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nontrivial wave-vector dependence of the elastic modulus of glasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hard X-rays as pump and probe of atomic motion in oxide glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Zotone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giacomo Baldi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y. Chushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pintori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.144204⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.3962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-04271-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304937v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01548255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure beyond pair correlations: X-ray cross-correlation from colloidal crystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the nontrivial wave-vector dependence of the elastic modulus of glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina M. Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Lehmkuehler</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gerhard Gruebel</w:t>
+                <w:t xml:space="preserve">Giulio Monaco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S1600576716017313⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.144204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.144204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01572743v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D dynamical arrest transition in a mixed nanoparticle-phospholipid layer studied in real and momentum spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure beyond pair correlations: X-ray cross-correlation from colloidal crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Lehmkuehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birgit Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Orsi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gerhard Gruebel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep17930⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49, pp.2046-2052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600576716017313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01572734v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01572743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic-scale relaxation dynamics and aging in a metallic glass probed by X-ray photon correlation spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">2D dynamical arrest transition in a mixed nanoparticle-phospholipid layer studied in real and momentum spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Orsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Guzman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libero Liggieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Ravera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eloi Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109 (16), pp.165701. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.165701⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep17930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00743822v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01572734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Atomic-scale relaxation dynamics and aging in a metallic glass probed by X-ray photon correlation spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Ruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuriy Chushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Monaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cipelletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (16), pp.165701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.165701⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00743822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Brillouin light scattering study of glassy sorbitol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulio Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fioretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Scarponi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 88 (33-35), pp.3939-3946. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786430802317586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00513932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5573,114 +5707,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrational properties of glasses at the transition from microscopic to macroscopic regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Ruta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Condensed Matter [cond-mat]. Université Joseph-Fourier - Grenoble I, 2010. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00542324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId227"/>
+      <w:footerReference w:type="default" r:id="rId230"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5827,51 +5961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaneta Wojnarowska" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Dulski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Shen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ruta" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rosenthal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5c00410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374507v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Frey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Neuber" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Sebastian Riegler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Chushkin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-59767-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101114v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Micoulaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-M. Poitras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piarristeguy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Masson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escalier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.214201" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374517v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ronca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Pineda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adz7406" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374497v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoki Fujita" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwen Sun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoyuan Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thies Albert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghoon Song" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0264574" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577243v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Zontone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577524001784" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788542v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Cangialosi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-024-02419-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296686v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Lou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302281120" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795105v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beibei Yao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Paluch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslaw Paturej" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Mclaughlin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mcgrogan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c08606" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296688v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alfinelli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caporaletti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dallari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monaco" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.054202" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156962v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Garbarino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Jacobs" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119065" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296689v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.149" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296641v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Gross" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Bochtler" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuball" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-01099-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352190v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Luo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Zhu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Miao Lv" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Lu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai-Quan Shen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c10716" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093637v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=En-Yi Chen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si-Xu Peng" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Peng" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Michiel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin B.M. Vanghan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.10.042" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252005v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pineda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sprung" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.055601" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222903v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Soriano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Zhou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Hilke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648x/abef27" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934138v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Luo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Li" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jiang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zhao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zontone" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.054108" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995168v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lehmk&#252;hler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Hankiewicz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schroer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard M&#252;ller" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc5916" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613579v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Monnier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Busch" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Gallino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay1454" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524013v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Nigro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ruzicka" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Bertoldo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01560" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919864v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hechler" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Neuber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Orsi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cristofolini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.055701" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455773v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Georg Steinr&#252;ck" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Takacs" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Keun Kim" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Mackanic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Holladay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ee02193h" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022245v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P Asta" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Alonso" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Findling" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08670" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02367826v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pintori" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baldi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.224206" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412938v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5488/CMP.22.43606" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stolpe" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Evensong" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.085603" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285759v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zach Evenson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Schmitt" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hechler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.10.060" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402584v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayumi Koishi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Poloni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b05189" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02290273v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Luttich" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Floch" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.135504" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02290282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Cao" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. M. Lv" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. H. Liu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03656-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289043v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Liu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Crespo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Qiao" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Evenson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.06.014" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317556v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Ruta" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa9964" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914099v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Tlili" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pailhes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Debord" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -J. Gravier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.07.015" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317558v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Y. Bai" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. H. Wang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.225901" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289276v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Payes-Playa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2017.187" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548255v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zotone" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chushkin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04271-x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02304937v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Baldi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina M. Giordano" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Monaco" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.144204" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572743v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lehmkuehler" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Fischer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Mueller" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Gruebel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576716017313" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572734v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Orsi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Guzman" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libero Liggieri" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ravera" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17930" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743822v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.165701" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513932v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fioretto" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Scarponi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430802317586" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00542324v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539319v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Shen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ronca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubin Li" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Neuber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2025.12.011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374491v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaneta Wojnarowska" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Dulski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ruta" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rosenthal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5c00410" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374507v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Frey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Sebastian Riegler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Chushkin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-59767-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101114v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Micoulaut" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-M. Poitras" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piarristeguy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Masson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escalier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.214201" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374517v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Pineda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adz7406" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374497v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoki Fujita" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwen Sun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoyuan Li" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thies Albert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghoon Song" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0264574" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577243v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Zontone" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577524001784" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788542v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Cangialosi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-024-02419-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296686v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Lou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302281120" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795105v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beibei Yao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Paluch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslaw Paturej" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Mclaughlin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mcgrogan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c08606" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296688v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alfinelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caporaletti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dallari" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monaco" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.054202" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156962v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Garbarino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Jacobs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119065" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296689v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.149" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296641v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Gross" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Bochtler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuball" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-01099-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352190v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Luo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Zhu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Miao Lv" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Lu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai-Quan Shen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c10716" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093637v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=En-Yi Chen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si-Xu Peng" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Peng" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Michiel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin B.M. Vanghan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.10.042" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252005v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pineda" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sprung" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.055601" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222903v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Soriano" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Zhou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Hilke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648x/abef27" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934138v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Luo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Li" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jiang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zhao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zontone" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.054108" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613579v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Monnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Busch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Gallino" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay1454" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524013v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Nigro" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ruzicka" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Bertoldo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01560" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995168v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lehmk&#252;hler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Hankiewicz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schroer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard M&#252;ller" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc5916" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919864v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hechler" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Neuber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Orsi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cristofolini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.055701" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455773v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Georg Steinr&#252;ck" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Takacs" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Keun Kim" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Mackanic" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Holladay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ee02193h" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022245v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P Asta" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Alonso" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Findling" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08670" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02367826v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pintori" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baldi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.224206" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412938v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5488/CMP.22.43606" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285755v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stolpe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Evensong" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.085603" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285759v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zach Evenson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Schmitt" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hechler" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.10.060" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02290273v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Luttich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Floch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.135504" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402584v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayumi Koishi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Poloni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b05189" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02290282v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Cao" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. M. Lv" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. H. Liu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03656-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317556v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Ruta" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Evenson" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa9964" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289043v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Liu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Crespo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Qiao" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.06.014" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289276v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Payes-Playa" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2017.187" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317558v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Y. Bai" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. H. Wang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.225901" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914099v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Tlili" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pailhes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Debord" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -J. Gravier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.07.015" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548255v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zotone" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chushkin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04271-x" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02304937v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Baldi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina M. Giordano" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Monaco" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.144204" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572743v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lehmkuehler" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Fischer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Mueller" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Gruebel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576716017313" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572734v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Orsi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Guzman" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libero Liggieri" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ravera" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17930" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743822v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.165701" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513932v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fioretto" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Scarponi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430802317586" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00542324v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>