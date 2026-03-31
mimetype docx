--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,696 +66,830 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Eddy Simulations of a High-Speed Low-Pressure Turbine Cascade at Subsonic and Transonic Mach Numbers</w:t>
+                <w:t xml:space="preserve">Impact of N2∗ quenching process modeling on large-eddy simulation of plasma-assisted combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Tene Hedje</w:t>
+                <w:t xml:space="preserve">Stéphane Q.E. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bricteux</w:t>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yacine Bechane</w:t>
+                <w:t xml:space="preserve">Victorien P Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Lavagnoli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Corine Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe O Laux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Turbomachinery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4068124⟩</w:t>
+              <w:t xml:space="preserve">Combustion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00102202.2026.2642865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406535v1</w:t>
+                <w:t xml:space="preserve">hal-05560869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical investigation of plasma-assisted ignition by a burst of nanosecond repetitively pulsed discharges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Large Eddy Simulations of a High-Speed Low-Pressure Turbine Cascade at Subsonic and Transonic Mach Numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Tene Hedje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bricteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Fiorina</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Lavagnoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2023.113106⟩</w:t>
+              <w:t xml:space="preserve">Journal of Turbomachinery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4068124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05158705v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and 3D simulations of turbulent flames assisted by nanosecond plasma discharges</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A numerical investigation of plasma-assisted ignition by a burst of nanosecond repetitively pulsed discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Fiorina</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 270, pp.113709. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113709⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 259, pp.113106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2023.113106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756401v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency analysis of ignition by Nanosecond Repetitively Pulsed discharges using a low-order model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Experimental characterization and 3D simulations of turbulent flames assisted by nanosecond plasma discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien P Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Q.E. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Fiorina</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applications in Energy and Combustion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaecs.2023.100166⟩</w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 270, pp.113709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163329v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical analysis of turbulent flame enhancement by nanosecond repetitively pulsed plasma discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fiorina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 39 (4), pp.5465-5476. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03936673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Efficiency analysis of ignition by Nanosecond Repetitively Pulsed discharges using a low-order model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Q.E. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Darabiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Fiorina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applications in Energy and Combustion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, pp.100166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaecs.2023.100166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Numerical investigations of turbulent premixed flame ignition by a series of Nanosecond Repetitively Pulsed discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fiorina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 38 (4), pp.6575-6582. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -765,1482 +899,1482 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Investigation of Hot Gas-Induced Separation in Rocket Nozzles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Higher-order implicit time-stepping for low-Mach number reactive flow simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Simon Blanchard</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Letournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Bioche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUCASS 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Rome (Italie), Italy</w:t>
+              <w:t xml:space="preserve">International Conference on Numerical Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05406940v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05368478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher-order implicit time-stepping for low-Mach number reactive flow simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Numerical Investigation of Hot Gas-Induced Separation in Rocket Nozzles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Alejandro Rojas Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vincent Moureau</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Safdari Shadloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hadjadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Numerical Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Rome, Italy</w:t>
+              <w:t xml:space="preserve">EUCASS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Rome (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05368478v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pair-based finite-volume HP-adaptation for reactive fronts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Taileb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Journée de la Combustion Turbulente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit Time Integration for Scale-Resolving Simulations with Pair-Based Finite-Volume Methods on Unstructured Meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yacine Bechane</w:t>
+                <w:t xml:space="preserve">Roxane Letournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Letournel</w:t>
+                <w:t xml:space="preserve">Kévin Bioche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION FORUM AND ASCEND 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Las Vegas, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/6.2025-3673⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-Eddy simulation of solid/fluid heat and mass transfer applied to the thermal degradation of composite materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Grenouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Bioche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Letournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique du Groupement Français de Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards dynamic hp-adaptation of massive unstructured grids for turbulent flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII International Conference on Adaptive Modeling and Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of the turnaround time of fire resistance tests simulations in aeronautics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Roxane Letournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants - CORIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Saint Etienne du Rouvray, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Fidelity Simulation of the Aerothermal Performances of a Turbofan Thrust Reverser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Grenouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Turbo Expo 2024: Turbomachinery Technical Conference and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, London, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/GT2024-122355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pair-based finite-volume hp-adaptation for compressible and low-mach number flows simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th INCA Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wall Resolved Large-Eddy Simulations of High-Speed Low-Pressure Turbine Cascades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Tene Hedje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Lavagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bricteux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Turbo Expo 2023: Turbomachinery Technical Conference and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Boston, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/GT2023-101251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical characterization of a lean premixed flame stabilized by nanosecond discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fiorina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, CA, United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-2255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03527548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Eddy Simulations of turbulent flame ignition by Nanosecond Repetitively Pulsed discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Darabiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fiorina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2019 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, San Diego, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/6.2019-0742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2250,366 +2384,366 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit time integration of multi-component species transport for low-Mach reactive flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yacine Bechane</w:t>
+                <w:t xml:space="preserve">Roxane Letournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Letournel</w:t>
+                <w:t xml:space="preserve">Kévin Bioche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Combustion Meeting (ECM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Edinbourg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit Time Integration of Advection-Diffusion-Reaction Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moncef El Moatamid</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Roxane Letournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque INCA (Initiative Nationale en Combustion Avancée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-order modeling of the efficiency of flame ignition by Nanosecond Repetitively Pulsed discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Q.E. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Darabiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Fiorina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2619,114 +2753,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Eddy Simulations of plasma assisted combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Plasmas. Université Paris-Saclay, 2022. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022UPAST163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03988584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId68"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2873,51 +3007,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406535v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tene Hedje" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bricteux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Bechane" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Lavagnoli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4068124" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158705v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fiorina" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.113106" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756401v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien P Blanchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Q Minesi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Q.E. Wang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113709" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04163329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Darabiha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaecs.2023.100166" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936673v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fiorina" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.006" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03542877v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.258" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406940v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Alejandro Rojas Segovia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Safdari Shadloo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadjadj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368478v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef El Moatamid" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Letournel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Bioche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moureau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406607v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taileb" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carmona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Lartigue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368431v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-3673" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304092v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Grenouilloux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dellinger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402611v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368443v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406616v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2024-122355" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402594v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406967v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2023-101251" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527548v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minesi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2255" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563750v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-0742" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368455v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368411v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109875v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03988584v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UPAST163" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05560869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Q.E. Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Bechane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien P Blanchard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2026.2642865" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406535v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tene Hedje" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bricteux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Lavagnoli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4068124" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158705v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fiorina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.113106" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756401v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Q Minesi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113709" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936673v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fiorina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.006" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04163329v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Darabiha" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaecs.2023.100166" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03542877v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.258" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368478v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef El Moatamid" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Letournel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Bioche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moureau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406940v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Alejandro Rojas Segovia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Safdari Shadloo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadjadj" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406607v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taileb" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carmona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Lartigue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368431v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-3673" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304092v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Grenouilloux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dellinger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402611v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368443v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406616v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2024-122355" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402594v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406967v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2023-101251" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527548v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Blanchard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minesi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2255" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563750v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-0742" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368455v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368411v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109875v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03988584v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UPAST163" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>