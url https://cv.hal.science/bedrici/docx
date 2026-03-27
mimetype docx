--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,586 +66,1445 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microstructural damage on thermoplastic hybrid composite in fatigue: Qualitative correlation with a creep strain rate fatigue criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Joannès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lamming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 208, pp.109567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2026.109567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyclic Creep Strain Rate Criterion for Short-Fibre Reinforced Thermoplastics: Validation of Creep and Fatigue Performance Across a Wide Range of Load Ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Taussé Kamdoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Joannès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Laiarinandrasana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 183, pp.108257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2024.108257⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piezoresistive Behavior of a Conductive Polyurethane Based-Foam for Real-Time Structural Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Walrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Arrigoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s23115161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04114073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Short-term creep and low cycle fatigue unified criterion for a hybridised composite material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jacopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Joannès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Laiarinandrasana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 155, pp.106571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2021.106571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03462858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fourier Integral-Boundary Element Method Applied to the Scattering of a Beam by Defect Under an Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mabrouk Ben Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Acustica united with Acustica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 103 (2), pp.200-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3813/AAA.919048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improvement of the computation of Fourier integrals using the complex plane: Application to acoustic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gatignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Potel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.Art No. 044103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3298359⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Iterative Method for the Interaction Between a Bounded Beam and an Interface Defect in Solids, Under Kirchhoff Approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Potel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Acustica united with Acustica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 95 (2), pp.189-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3813/AAA.918143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lien fatigue/fluage dans les composites thermoplastiques : vers une approche innovante de prédiction de durée de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lamming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lamming</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du comportement électromécanique d’une mousse piézorésistive de polyuréthane en régime quasi-statique et dynamique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Walrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Poirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Bedrici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arrigoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation on damage mechanisms in both continuous and short fibre reinforced thermoplastic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aimedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Bedrici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FDM2019, International Conference On Fracture and Damage Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Rhodes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération d'ondes modales dans une structure multicouche plane par l'impact d'un faisceau ultrasonore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Bedrici-Frai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vacossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03439057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique de faisceaux acoustiques bornés : méthode de calcul rapide par intégration dans le plan complexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Potel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Bedrici-Frai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03378628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -655,1234 +1514,509 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluage des composites SFRT : vers la fin des essais de fatigue ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprehensive Analysis of Fatigue / Creep Link in Thermoplastic Composites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lamming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lamming</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JP2024 - 40èmes Journées de Printemps de la Commission Fatigue de la SF2M</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">ECCM 21 - 21st European Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04832211v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Analysis of Fatigue / Creep Link in Thermoplastic Composites.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluage des composites SFRT : vers la fin des essais de fatigue ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lamming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Bedrici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lamming</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCM 21 - 21st European Conference on Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">JP2024 - 40èmes Journées de Printemps de la Commission Fatigue de la SF2M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827807v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation on damage mechanisms in both continuous and short fibre reinforced thermoplastic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aimedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Bedrici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FD2019, 8th Edition of the international conference on fatigue design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Senlis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'endommagement d'un composite thermoplastique à fibres continues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Tirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dewailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Laiarinandrasana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque MECAMAT Fatigue des Structures et des Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Aussois, France. 4 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01708041v1</w:t>
-              </w:r>
-[...723 lines deleted...]
-                <w:t xml:space="preserve">hal-04508516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId55"/>
+      <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2029,51 +2163,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360140v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lamming" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Bedrici" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joann&#232;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480042v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Walrick" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poirot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501104v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aimedieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jeanneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Canevet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439057v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Bedrici-Frai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vacossin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatignol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378628v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832211v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827807v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501071v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708041v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tirel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Canevet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dewailly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Laiarinandrasana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520530v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Tauss&#233; Kamdoum" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bedrici" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joann&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laiarinandrasana" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2024.108257" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114073v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arrigoni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23115161" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03462858v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacopin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2021.106571" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508462v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Ben Tahar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.919048" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780386v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gatignol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3298359" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508516v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918143" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539787v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bedrici" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joann&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. King" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lamming" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2026.109567" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Tauss&#233; Kamdoum" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laiarinandrasana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2024.108257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114073v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poirot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Bedrici" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Walrick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arrigoni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23115161" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03462858v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacopin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joann&#232;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Laiarinandrasana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2021.106571" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508462v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Ben Tahar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatignol" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.919048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780386v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gatignol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3298359" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918143" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360140v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lamming" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480042v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501104v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aimedieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jeanneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Canevet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439057v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Bedrici-Frai" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vacossin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378628v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501071v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708041v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tirel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Canevet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dewailly" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>