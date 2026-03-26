--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.85906040268px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Behrouz Kassai </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Coordinateur Centre d'Investigation Clinique de Lyon Inserm-Hospices Civils de LyonChef de service de Pharmacotoxicologie Hospices Civils de Lyon</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">behrouzkassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-1712-120X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">133741699</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Behrouz KASSAI is a Medical Doctor, clinical pharmacologist specialized in public health. His Hospital activity is focused on Evaluation of drugs and diagnostic tests, and the implementation of their results into the practice. He has 20-year experience in designing, conducting and publishing Clinical Trials, Translational Research, and Meta-Analyses in the field of cardiovascular diseases, pediatrics and rare diseases. Assistant lecturer in the department of Clinical Pharmacology since 1999 and at the Clinical Investigation Centre (Inserm-Hospices Civils de Lyon) since 2003, he managed the pediatric research activity of a team of 25 members. He also supervises PhDs in the field of Metaresearch with a special focus on rare diseases and pediatrics, Drug Utilization in Children, and Young Patients Involvement in Clinical Research at the UMR 5558 CNRS, Department of Biostatistics, Health, and Environment.In 2016, he created the department of Pharmacotoxicology, joining the two departments of Clinical Pharmacology and Pharmacovigilance-Antipoison Centre, and launched the Iso 9001 labeling of the department. He keeps contributing to the activity of the Antipoison Centre. In 2018, he was appointed to lead the new department “Clinical Epidemiology” created within the Public Health Centre at the HCL, joining three separate teams of more than 50 members.At the Clinical Investigation Centre, he promotes high quality translational research, randomized controlled trials. He led the largest observational study, EREMI, exploring the risk of adverse events associated with off-label medicine using Electronic Health Records. He was the coordinator of the French Pediatric Network RIPPS funded by Inserm and integrated to PEDSTART in 2018, the French Pediatric Network of FCRIN (Inserm). He initiates France-KIDS involving children and young people in clinical research in France and as a founding member of the European young person advisory groups (YPAGs).He has a long experience in teaching methods in clinical research and contributed as work package leader to the harmonization of the Master Program Pharmaceutical Medicine, funded by IMI in 2012 through Pharmatrain, harmonizing the syllabus with the joint contribution of 15 European Universities and European Federation of Pharmaceutical Industry Association.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (109)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy and safety of balneotherapy in rheumatology: a systematic review and meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikail Nourredine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Giroudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Massy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (2), pp.e089597. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2024-089597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for Misclassification of Binary Outcomes in External Control Arm Studies for Unanchored Indirect Comparisons: Simulations and Applied Example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikail Nourredine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gavoille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côme Lepage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai-Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 44 (20-22), pp.e70236. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/sim.70236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comité de surveillance indépendant dans les essais cliniques : de la justification scientifique à l’organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Locher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvy Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Derambure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 79 (1), pp.99-110. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlicensed/Off-Label Drug Prescriptions at Hospital Discharge in Children: An Observational Study Using Routinely Collected Health Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elham Jaberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inesse Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Dode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Grenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Healthcare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (2), pp.208. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/HEALTHCARE12020208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preoperative 11C-Methionine PET-MRI in Pediatric Infratentorial Tumors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Aurélien Beuriat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthime Flaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Szathmari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Janier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Nuclear Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Clinical Nuclear Medicine, 49 (5), pp.381-386. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/RLU.0000000000005174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Monitoring Committees and clinical trials: from scientific justification to organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Locher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvy Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Derambure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 79 (1), pp.111-121. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2023.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04350974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Rebuild the Evidence Base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaillant-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Menini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Charuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 (190), pp.81-88. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56746/EXERCER.2023.190.81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agreement between a regional pharmacovigilance centre and an adjudication committee regarding adverse drug reactions on a cohort of hospitalised children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Bounabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inesse Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marietou Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 77 (4), pp.397-404. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.THERAP.2021.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The COVID-19 Pandemic Impacted Maternal Mental Health Differently Depending on Pregnancy Status and Trimester of Gestation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anick Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Gorgui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Lacasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yessica-Haydee Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (5), pp.2926. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph19052926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05122278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A population pharmacokinetic model for escitalopram and its major metabolite in depressive patients during the perinatal period: Prediction of infant drug exposure through breast milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Weisskopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Guidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bickle Graz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Beaufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 86 (8), pp.1642-1653. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bcp.14278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02949830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preoperative Topical Estrogen Treatment vs Placebo in 244 Children With Midshaft and Posterior Hypospadias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Gorduza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Plotton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Remontet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Lise Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem El Jani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 105 (7), pp.2422-2429. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgaa231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration between academics, small pharmaceutical company and patient organizations in the development of a new formulation of cysteamine in nephropathic cystinosis: A successful story</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Deschênes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis E. J. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vianey-Saban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thérapie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 75 (2), pp.169--173. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2020.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02901890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adherence to cysteamine in nephropathic cystinosis: A unique electronic monitoring experience for a better understanding. A prospective cohort study: CrYSTobs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segolene Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Deschênes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (3), pp.581-589. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-020-04722-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention and Executive Disorders in Neurofibromatosis 1: Comparison Between NF1 With ADHD Symptomatology (NF1 + ADHD) and ADHD Per Se</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lion-François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Herbillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Peyric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of attention disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (13), pp.1807-1823. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1087054717707579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03939360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of rare and predicted pathogenic gene variants to childhood-onset lupus: a large, genetic panel analysis of British and French cohorts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gillian Rice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulliman Ommar Omarjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Rheumatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (2), pp.e99-e109. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2665-9913(19)30142-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adverse consequences of low-dose methotrexate medication errors: data from French poison control and pharmacovigilance centers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Patat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Castellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Bone Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 86 (3), pp.351-355. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbspin.2018.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02613008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Pregnancy Cohort: Medication use during pregnancy in the French population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anick Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Abbas-Chorfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (7), pp.e0219095. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0219095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02265169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minoxidil versus placebo in the treatment of arterial wall hypertrophy in children with Williams Beuren Syndrome: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Gilbert-Dussardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Godart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoit Thambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.170. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12887-019-1544-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between difference in blood pressure reduction and risk of cardiovascular events in a type 2 diabetes population: A meta-regression analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. H. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Erpeldinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Metab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabet.2019.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do patients with cystic fibrosis participating in clinical trials demonstrate placebo response? A meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Coton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha-Hai Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Veuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Janiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcf.2019.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-label drug prescriptions in French general practice: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Drogou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Netboute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Giai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Dode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), pp.e026076. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-026076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GLUcose COntrol Safety & Efficacy in type 2 DIabetes, a systematic review and NETwork meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ribault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. B. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Glais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Metge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (6), pp.e0217701. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0217701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-label drug prescriptions in French general practice: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Drogou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Netboute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Giai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Dode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), pp.e026076. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-026076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pediatric renal transplantation: A retrospective single-center study on epidemiology and morbidity due to EBV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Klich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (3), pp.e13151. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/petr.13151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A double-blind placebo-controlled randomised trial of omega-3 supplementation in children with moderate ADHD symptoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Ginhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Child and Adolescent Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (3), pp.377-384. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00787-017-1058-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02490385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical model of T-cell lymphoblastic lymphoma: disease, treatment, cure or relapse of a virtual cohort of patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Eymard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Volpert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Kurbatova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Bessonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kayode Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/imammb/dqw019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity and specificity of different methods for cystic fibrosis-related diabetes screening: is the oral glucose tolerance test still the standard?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mainguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Delaup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ginoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai-Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of pediatric endocrinology &amp; metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30, pp.27-35. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/jpem-2016-0184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worldwide view of nephropathic cystinosis: results from a survey from 30 countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Bertholet-Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velibor Tasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Otukesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (1), pp.210. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12882-017-0633-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02082622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in the number and the quality of trial protocols involving children submitted to a French Institutional Review Board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Janiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tsimaratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Research Methodology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (1), pp.130. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12874-017-0395-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02311270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Familial and syndromic lupus share the same phenotype as other early-onset forms of lupus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Weill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Decramer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Malcus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Bone Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.589-593. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbspin.2016.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth curves for congenital adrenal hyperplasia from a national retrospective cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bretones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of pediatric endocrinology &amp; metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29, pp.1379-1388. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/jpem-2016-0156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of a paediatric anaesthesia comic information leaflet reduced preoperative anxiety in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Dantony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Grousson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Anaesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.95-102. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bja/aew154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial validation of a French version of the ADHD-rating scale IV on a French population of children with ADHD and epilepsy. Factorial structure, reliability, and responsiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arzimanoglou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 58, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yebeh.2016.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADHD in childhood epilepsy: Clinical determinants of severity and of the response to methylphenidate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rheims</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Herbillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Villeneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Auvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Napuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epilepsia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 57, pp.1069-77. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/epi.13420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy and safety of insulin in type 2 diabetes: meta-analysis of randomised controlled trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Erpeldinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. B. Rehman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Berkhout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pigache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Endocrine Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16, pp.39. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12902-016-0120-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral drug dosage forms administered to hospitalized children: Analysis of 117,665 oral administrations in a French paediatric hospital over a 1-year period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Henin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mimouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 500, pp.336-44. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2016.01.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Analog Reasoning Paradigm: New Insights in Intellectually Disabled Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Curie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cheylus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatjana Nazir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (2), pp.e0149717. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0149717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk of medication error administering ciprofloxacin oral suspension in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fv. Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of clinical pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 71, pp.769-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorrect evaluation of the frequency of malnutrition and of its screening in hospitalized children by health care professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Restier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21 (5), pp.958-62. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jep.12412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choisir la forme pharmaceutique orale la plus adaptée à l'enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Henin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22, pp.877-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlicensed and off-label drug use: a prospective study in French NICU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Maucort-Boulch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Paediatrica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 104, pp.e228-31. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apa.12924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02018978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of pediatric organ transplantation: current opinion and future perspectives on immunosuppression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Organ Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20, pp.527-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of adolescents with very poorly controlled type 1 diabetes by nurses: a parallel group randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Michal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (1), pp.399. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13063-015-0923-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gastrointestinal tolerance of erythritol-containing beverage in young children: a double-blind, randomised controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jacqz-Aigrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm. Cazaubiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Housez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Clinical Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 69 (6), pp.746-751. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejcn.2015.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different treatment benefits were estimated by clinical trials performed in adults compared with those performed in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Janiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cour-Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 68, pp.1221-1231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Physiologically Based Pharmacokinetic Model for Clobazam and Stiripentol in Adults and Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Epi-Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceutical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32, pp.144-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of methylphenidate on neurofibromatosis type 1: a randomised, double-blind, placebo-controlled, crossover trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lion-François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Herbillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.142. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-014-0142-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01334644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiologically based pharmacokinetic modelling of methotrexate and 6-mercaptopurine in adults and children. Part 1: methotrexate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Epi-Cresim Project Groups</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of pharmacokinetics and pharmacodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 41, pp.159-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population pharmacokinetics of ciprofloxacin in neonates and young infants less than three months of age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Guellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Neal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mahoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 58 (11), pp.6572-80. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AAC.03568-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodological framework for drug development in rare diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Kurbatova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Castellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (164), pp.1-10. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-014-0164-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiologically based pharmacokinetic modelling of methotrexate and 6-mercaptopurine in adults and children. Part 2: 6-mercaptopurine and its interaction with methotrexate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kayode Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leon Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pharmacokinetics and Pharmacodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 41 (2), pp.173-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid oral forms availability in children: a cost saving investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Henin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Terry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 78 (5), pp.1080-9. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bcp.12442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A physiologically based pharmacokinetic model for Valproic acid in adults and children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Epi-Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63, pp.45-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical interest of both skin prick test and specific IgE in the evaluation of tolerance acquisition in IgE mediated cow's milk allergy (CMA). A clinical retrospective study in a cohort of 184 children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Berthiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard-Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Allergologia et Immunopathologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42, pp.395-401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental designs for small randomised clinical trials: an algorithm for choice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Fisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1750-1172-8-48⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00818031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais cliniques institutionnels : quel monitoring ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Binquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Thalamas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacologie clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 68, pp.135-141. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2515/therapie/2013032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02168107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A revisited strategy for antiepileptic drug development in children: designing an initial exploratory step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Nabbout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS Drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27, pp.185-95. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40263-012-0035-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02168097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L\textquoterighteffet placebo chez l\textquoterightenfant est méconnu et peu étudié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Gheit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Gueyffier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre du Pharmacologue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27, pp.17--20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A European approach to clinical investigator training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm. Boeynaems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mj. Clarke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.112. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2013.00112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are concomitant treatments confounding factors in randomized controlled trials on intensive blood-glucose control in type 2 diabetes? a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Supper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Erpeldinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodora Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Research Methodology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (1), pp.107. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2288-13-107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00868747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual patient data systematic review and meta-analysis of optic nerve sheath diameter ultrasonography for detecting raised intracranial pressure: protocol of the ONSD research group.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Messerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Karakitsos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkatakrishna Rajajee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Antonsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2 (1), pp.62. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2046-4053-2-62⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00851700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rehabilitation of 190 non-ambulatory children with cerebral palsy in structures of care or in liberal sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Laudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ginhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 56, pp.551--60. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rehab.2013.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recruitment in pediatric clinical research was influenced by study characteristics and pediatricians' perceptions: a multicenter survey.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentia Kaguelidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Blachier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalina Iliescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Rozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 66 (10), epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclinepi.2013.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiology of invasive Candida infection in a neonatal intensive care unit in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zmeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Paediatrica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 101, pp.e137-e139. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1651-2227.2011.02514.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercise with incorporated expiratory manoeuvres was as effective as breathing techniques for airway clearance in children with cystic fibrosis: a randomised crossover trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mc. Werck-Gallois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Toutain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mazzocchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 58 (4), pp.241-247. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1836-9553(12)70125-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reappraisal of metformin efficacy in the treatment of type 2 diabetes: a meta-analysis of randomised controlled trials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Supper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodora Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadir Kellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.e1001204. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pmed.1001204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00700878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schwartz Formula: Is One k-Coefficient Adequate for All Children?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. C. de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Selistre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hadj-Aissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7, pp.e53439. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0053439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Version française des questionnaires de dépistage de l'autisme de haut niveau ou du syndrome d'Asperger chez l'adolescent : Quotient du spectre de l'autisme Quotient d'Empathie et Quotient de Systématisation. Protocole et traduction des questionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Sonié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lpm.2010.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonography of optic nerve sheath diameter for detection of raised intracranial pressure: a systematic review and meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Geeraerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Messerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, --, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth Hormone to Improve Short Bowel Syndrome Intestinal Autonomy : A Pediatric Randomized Open-Label Clinical Trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Loras-Duclaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Restier-Miron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Guimber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parenteral and Enteral Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20, pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guideline on the design and conduct of cystic fibrosis clinical trials: The European Cystic Fibrosis Society-Clinical Trials Network (ECFS-CTN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. de Boeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bulteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tiddens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fajac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10, pp.S67-S74. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1569-1993(11)60010-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic accuracy of ultrasonography of optic nerve sheath diameter for detecting raised intracranial pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Messerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Geeraerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cour-Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Anaesthesiologica Scandinavica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 55, pp.899-899. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1399-6576.2011.02468.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of intensive glucose lowering treatment on all cause mortality cardiovascular death and microvascular events in type 2 diabetes: meta-analysis of randomised controlled trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Saadatian-Elahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bergeonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British medical journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 343, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmj.d4169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New disease gene location and high genetic heterogeneity in idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Edery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Margaritte-Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Biot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejhg.2011.31⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00624160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des consultations non programmées et non justifiées dans le cadre des urgences pédiatriques grâce à une plateforme téléphonique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bagou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39(11), pp.e258-e263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dietary supplement to improve the quality of sleep: a randomized placebo controlled trial.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Remontet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Noel-Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Feugier-Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary and Alternative Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.29. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6882-10-29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00668216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: objectifs des messages de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.850-851</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlicensed and off-label drug use in a neonatal unit in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Paediatrica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68, pp.241-242. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1203/00006450-201011001-00472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: méthodes d'élaboration des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.852-853</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d\textquoterighturgence: diffusion téléphonique des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.854-855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d\textquoterighturgence: méthodes d\textquoterightélaboration des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.852-853</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: suivi d'intervention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.856-857</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d\textquoterighturgence: objectifs des messages de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.850-851</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: diffusion téléphonique des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.854-855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Both extrauterine and intrauterine growth restriction impair renal function in children born very preterm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Harambat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Liutkus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kidney International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 42nd Annual Meeting of the European-Society-for-Paediatric-Nephrology Sep 2008 Lyon, 76 (4), pp.445-452. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ki.2009.201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A positioning pillow to improve lumbar puncture success rate in paediatric haematology-oncology patients: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Marec-Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bissery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kebaïli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Schell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9(21), pp.1399-1406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil systématique et actif des evènements indésirables médicamenteux chez les enfants admis aux urgences pédiatriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Planchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 16(2), pp.106-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCORE should be preferred to Framingham to predict cardiovascular death in French population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-P. Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cardiovascular Prevention and Rehabilitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 16(5), pp.609-615. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/HJR.0b013e32832da006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interleukin 17 acts in synergy with B cell-activating factor to influence B cell biology and the pathophysiology of systemic lupus erythematosus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Doreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Al. Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bastid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Trescol-Biemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10(7), pp.778-788</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondements de l`évaluation des tests diagnostiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture critique d`article</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59, pp.375-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal hypersensitivity' to inulin and IgA nephropathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (10), pp.1883-1885. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-008-0819-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Renal hypersensitivity' to inulin and IgA nephropathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23(10), pp.1883-1885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypersensitivity to inulin : a rare and mostly benign event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Kidney Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52(3), pp.632-633</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciclesonide noninferiority to placebo on growth velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 122, pp.676-677</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment lire un article rapportant un test diagnostique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severe myoclonic epilepsy in infancy: A systematic review and a meta-analysis of individual patient data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Augier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epilepsia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets indésirables à long terme des médicaments: comment améliorer la prise en charge?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 14(6), pp.603-604</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères intermédiaires et critères de substitution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-P. Boissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Thérapeutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 13(4), pp.279-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation of the French Network of Paediatric Clinical Investigation Centres (CIC.P)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jacqz-Aigraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21, pp.105--110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safety of computerized drug management: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 63, pp.245-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literature search parameters marginally improved the pooled estimate accuracy for ultrasound in detecting deep venous thrombosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soniéb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.R. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Boissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 59, pp.710-714</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en place en Europe des réseaux d`investigation des médicaments chez l`enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Treluyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jacqz-Aigrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13, pp.631-634</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The true treatment benefit is unpredictable in clinical trials using surrogate outcome measured with diagnostic tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.R. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leizorovicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58, pp.1042-1051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique et simulation : nouvelles applications en pharmacologie [New approaches in pharmacology: numerical modelling and simulation]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Aimée Dronne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thérapie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 60 (1), pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'attitude des parents face à la fièvre de leurs enfants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dürr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ferradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Press Med</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 34, pp.1129-1136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of the accuracy of ultrasound in the diagnosis of deep venous thrombosis in asymptomatic patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sonie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.R. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thrombosis and Haemostasis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 91, pp.655-666</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should age influence the choice of quantitative bone assessment technique in elderly women? The EPIDOS study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Schott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.B. Kassaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dargent-Molina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Écochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Osteoporosis International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.196-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The assessment of deep vein thromboses for therapeutic trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leizorovicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 54, pp.19-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute benefit number needed to treat and gain in life expectancy: which efficacy indices for measuring the treatment benefit?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boutitie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 56, pp.977-982</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do non-steroidal anti-inflammatory drugs improve sport performance ? A meta-analysis of randomized trials Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Regalin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Ounissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e Congrès de la Société Française de Pharmacologie et de Thérapeutique (SFPT 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId522"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.85906040268px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Behrouz Kassai </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Coordinateur Centre d'Investigation Clinique de Lyon Inserm-Hospices Civils de LyonChef de service de Pharmacotoxicologie Hospices Civils de Lyon</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">behrouzkassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-1712-120X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">133741699</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Behrouz KASSAI is a Medical Doctor, clinical pharmacologist specialized in public health. His Hospital activity is focused on Evaluation of drugs and diagnostic tests, and the implementation of their results into the practice. He has 20-year experience in designing, conducting and publishing Clinical Trials, Translational Research, and Meta-Analyses in the field of cardiovascular diseases, pediatrics and rare diseases. Assistant lecturer in the department of Clinical Pharmacology since 1999 and at the Clinical Investigation Centre (Inserm-Hospices Civils de Lyon) since 2003, he managed the pediatric research activity of a team of 25 members. He also supervises PhDs in the field of Metaresearch with a special focus on rare diseases and pediatrics, Drug Utilization in Children, and Young Patients Involvement in Clinical Research at the UMR 5558 CNRS, Department of Biostatistics, Health, and Environment.In 2016, he created the department of Pharmacotoxicology, joining the two departments of Clinical Pharmacology and Pharmacovigilance-Antipoison Centre, and launched the Iso 9001 labeling of the department. He keeps contributing to the activity of the Antipoison Centre. In 2018, he was appointed to lead the new department “Clinical Epidemiology” created within the Public Health Centre at the HCL, joining three separate teams of more than 50 members.At the Clinical Investigation Centre, he promotes high quality translational research, randomized controlled trials. He led the largest observational study, EREMI, exploring the risk of adverse events associated with off-label medicine using Electronic Health Records. He was the coordinator of the French Pediatric Network RIPPS funded by Inserm and integrated to PEDSTART in 2018, the French Pediatric Network of FCRIN (Inserm). He initiates France-KIDS involving children and young people in clinical research in France and as a founding member of the European young person advisory groups (YPAGs).He has a long experience in teaching methods in clinical research and contributed as work package leader to the harmonization of the Master Program Pharmaceutical Medicine, funded by IMI in 2012 through Pharmatrain, harmonizing the syllabus with the joint contribution of 15 European Universities and European Federation of Pharmaceutical Industry Association.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (109)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy and safety of balneotherapy in rheumatology: a systematic review and meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikail Nourredine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Giroudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Massy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (2), pp.e089597. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2024-089597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for Misclassification of Binary Outcomes in External Control Arm Studies for Unanchored Indirect Comparisons: Simulations and Applied Example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikail Nourredine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gavoille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côme Lepage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai-Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 44 (20-22), pp.e70236. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/sim.70236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preoperative 11C-Methionine PET-MRI in Pediatric Infratentorial Tumors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Aurélien Beuriat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthime Flaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Szathmari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Janier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Nuclear Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Clinical Nuclear Medicine, 49 (5), pp.381-386. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/RLU.0000000000005174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Monitoring Committees and clinical trials: from scientific justification to organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Locher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvy Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Derambure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 79 (1), pp.111-121. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2023.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04350974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comité de surveillance indépendant dans les essais cliniques : de la justification scientifique à l’organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Locher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvy Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Derambure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 79 (1), pp.99-110. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlicensed/Off-Label Drug Prescriptions at Hospital Discharge in Children: An Observational Study Using Routinely Collected Health Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elham Jaberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inesse Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Dode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Grenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Healthcare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (2), pp.208. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/HEALTHCARE12020208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Rebuild the Evidence Base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaillant-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Menini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Charuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 (190), pp.81-88. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56746/EXERCER.2023.190.81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agreement between a regional pharmacovigilance centre and an adjudication committee regarding adverse drug reactions on a cohort of hospitalised children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Bounabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inesse Boussaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marietou Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Portefaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 77 (4), pp.397-404. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.THERAP.2021.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The COVID-19 Pandemic Impacted Maternal Mental Health Differently Depending on Pregnancy Status and Trimester of Gestation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anick Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Gorgui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Tchuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Lacasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yessica-Haydee Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (5), pp.2926. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph19052926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05122278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of rare and predicted pathogenic gene variants to childhood-onset lupus: a large, genetic panel analysis of British and French cohorts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gillian Rice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulliman Ommar Omarjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Rheumatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (2), pp.e99-e109. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2665-9913(19)30142-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A population pharmacokinetic model for escitalopram and its major metabolite in depressive patients during the perinatal period: Prediction of infant drug exposure through breast milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Weisskopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Guidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bickle Graz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Beaufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 86 (8), pp.1642-1653. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bcp.14278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02949830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preoperative Topical Estrogen Treatment vs Placebo in 244 Children With Midshaft and Posterior Hypospadias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Gorduza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Plotton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Remontet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Lise Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem El Jani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 105 (7), pp.2422-2429. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgaa231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration between academics, small pharmaceutical company and patient organizations in the development of a new formulation of cysteamine in nephropathic cystinosis: A successful story</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Deschênes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis E. J. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vianey-Saban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thérapie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 75 (2), pp.169--173. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2020.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02901890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention and Executive Disorders in Neurofibromatosis 1: Comparison Between NF1 With ADHD Symptomatology (NF1 + ADHD) and ADHD Per Se</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lion-François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Herbillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Peyric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of attention disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (13), pp.1807-1823. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1087054717707579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03939360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adherence to cysteamine in nephropathic cystinosis: A unique electronic monitoring experience for a better understanding. A prospective cohort study: CrYSTobs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segolene Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Deschênes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (3), pp.581-589. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-020-04722-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minoxidil versus placebo in the treatment of arterial wall hypertrophy in children with Williams Beuren Syndrome: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Gilbert-Dussardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Godart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoit Thambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.170. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12887-019-1544-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Pregnancy Cohort: Medication use during pregnancy in the French population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anick Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Abbas-Chorfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (7), pp.e0219095. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0219095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02265169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adverse consequences of low-dose methotrexate medication errors: data from French poison control and pharmacovigilance centers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Patat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Castellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Bone Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 86 (3), pp.351-355. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbspin.2018.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02613008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between difference in blood pressure reduction and risk of cardiovascular events in a type 2 diabetes population: A meta-regression analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. H. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Erpeldinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Metab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabet.2019.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do patients with cystic fibrosis participating in clinical trials demonstrate placebo response? A meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Coton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha-Hai Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Veuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Janiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcf.2019.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-label drug prescriptions in French general practice: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Drogou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Netboute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Giai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Dode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), pp.e026076. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-026076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GLUcose COntrol Safety & Efficacy in type 2 DIabetes, a systematic review and NETwork meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ribault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. B. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Glais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Metge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (6), pp.e0217701. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0217701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-label drug prescriptions in French general practice: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Drogou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Netboute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Giai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Dode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), pp.e026076. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-026076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pediatric renal transplantation: A retrospective single-center study on epidemiology and morbidity due to EBV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Klich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (3), pp.e13151. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/petr.13151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A double-blind placebo-controlled randomised trial of omega-3 supplementation in children with moderate ADHD symptoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Ginhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Child and Adolescent Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (3), pp.377-384. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00787-017-1058-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02490385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Familial and syndromic lupus share the same phenotype as other early-onset forms of lupus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Weill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Decramer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Malcus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Bone Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.589-593. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbspin.2016.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in the number and the quality of trial protocols involving children submitted to a French Institutional Review Board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Janiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tsimaratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Research Methodology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (1), pp.130. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12874-017-0395-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02311270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical model of T-cell lymphoblastic lymphoma: disease, treatment, cure or relapse of a virtual cohort of patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Eymard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Volpert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Kurbatova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Bessonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kayode Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/imammb/dqw019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity and specificity of different methods for cystic fibrosis-related diabetes screening: is the oral glucose tolerance test still the standard?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mainguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Delaup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ginoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai-Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of pediatric endocrinology &amp; metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30, pp.27-35. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/jpem-2016-0184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worldwide view of nephropathic cystinosis: results from a survey from 30 countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Bertholet-Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velibor Tasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Otukesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (1), pp.210. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12882-017-0633-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02082622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth curves for congenital adrenal hyperplasia from a national retrospective cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bretones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of pediatric endocrinology &amp; metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29, pp.1379-1388. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/jpem-2016-0156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy and safety of insulin in type 2 diabetes: meta-analysis of randomised controlled trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Erpeldinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. B. Rehman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Berkhout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pigache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Endocrine Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16, pp.39. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12902-016-0120-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADHD in childhood epilepsy: Clinical determinants of severity and of the response to methylphenidate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rheims</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Herbillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Villeneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Auvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Napuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epilepsia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 57, pp.1069-77. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/epi.13420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of a paediatric anaesthesia comic information leaflet reduced preoperative anxiety in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Dantony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Grousson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Anaesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.95-102. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bja/aew154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial validation of a French version of the ADHD-rating scale IV on a French population of children with ADHD and epilepsy. Factorial structure, reliability, and responsiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arzimanoglou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 58, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yebeh.2016.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral drug dosage forms administered to hospitalized children: Analysis of 117,665 oral administrations in a French paediatric hospital over a 1-year period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Henin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Mimouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 500, pp.336-44. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2016.01.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Analog Reasoning Paradigm: New Insights in Intellectually Disabled Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Curie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cheylus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatjana Nazir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (2), pp.e0149717. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0149717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different treatment benefits were estimated by clinical trials performed in adults compared with those performed in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Janiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cour-Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 68, pp.1221-1231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk of medication error administering ciprofloxacin oral suspension in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fv. Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of clinical pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 71, pp.769-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choisir la forme pharmaceutique orale la plus adaptée à l'enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Henin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22, pp.877-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorrect evaluation of the frequency of malnutrition and of its screening in hospitalized children by health care professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Restier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21 (5), pp.958-62. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jep.12412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of pediatric organ transplantation: current opinion and future perspectives on immunosuppression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Organ Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20, pp.527-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlicensed and off-label drug use: a prospective study in French NICU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Maucort-Boulch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Paediatrica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 104, pp.e228-31. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apa.12924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02018978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of adolescents with very poorly controlled type 1 diabetes by nurses: a parallel group randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Michal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (1), pp.399. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13063-015-0923-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gastrointestinal tolerance of erythritol-containing beverage in young children: a double-blind, randomised controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jacqz-Aigrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm. Cazaubiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Housez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Clinical Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 69 (6), pp.746-751. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejcn.2015.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid oral forms availability in children: a cost saving investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lajoinie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Henin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Terry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 78 (5), pp.1080-9. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bcp.12442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A physiologically based pharmacokinetic model for Valproic acid in adults and children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Epi-Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63, pp.45-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical interest of both skin prick test and specific IgE in the evaluation of tolerance acquisition in IgE mediated cow's milk allergy (CMA). A clinical retrospective study in a cohort of 184 children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Berthiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard-Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Allergologia et Immunopathologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42, pp.395-401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population pharmacokinetics of ciprofloxacin in neonates and young infants less than three months of age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Guellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Neal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mahoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 58 (11), pp.6572-80. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AAC.03568-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Physiologically Based Pharmacokinetic Model for Clobazam and Stiripentol in Adults and Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Epi-Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceutical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32, pp.144-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of methylphenidate on neurofibromatosis type 1: a randomised, double-blind, placebo-controlled, crossover trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lion-François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Herbillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.142. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-014-0142-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01334644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiologically based pharmacokinetic modelling of methotrexate and 6-mercaptopurine in adults and children. Part 1: methotrexate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cresim Project Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Epi-Cresim Project Groups</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of pharmacokinetics and pharmacodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 41, pp.159-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodological framework for drug development in rare diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Kurbatova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Castellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (164), pp.1-10. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-014-0164-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiologically based pharmacokinetic modelling of methotrexate and 6-mercaptopurine in adults and children. Part 2: 6-mercaptopurine and its interaction with methotrexate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kayode Ogungbenro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leon Aarons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pharmacokinetics and Pharmacodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 41 (2), pp.173-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recruitment in pediatric clinical research was influenced by study characteristics and pediatricians' perceptions: a multicenter survey.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentia Kaguelidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Blachier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalina Iliescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Rozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 66 (10), epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclinepi.2013.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental designs for small randomised clinical trials: an algorithm for choice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Fisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1750-1172-8-48⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00818031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais cliniques institutionnels : quel monitoring ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Binquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Thalamas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacologie clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 68, pp.135-141. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2515/therapie/2013032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02168107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A European approach to clinical investigator training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm. Boeynaems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mj. Clarke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.112. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2013.00112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual patient data systematic review and meta-analysis of optic nerve sheath diameter ultrasonography for detecting raised intracranial pressure: protocol of the ONSD research group.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Messerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Karakitsos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkatakrishna Rajajee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Antonsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2 (1), pp.62. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2046-4053-2-62⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00851700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are concomitant treatments confounding factors in randomized controlled trials on intensive blood-glucose control in type 2 diabetes? a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Supper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Erpeldinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodora Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Research Methodology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (1), pp.107. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2288-13-107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00868747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A revisited strategy for antiepileptic drug development in children: designing an initial exploratory step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Nabbout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS Drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27, pp.185-95. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40263-012-0035-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02168097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L\textquoterighteffet placebo chez l\textquoterightenfant est méconnu et peu étudié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Gheit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Gueyffier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre du Pharmacologue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27, pp.17--20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rehabilitation of 190 non-ambulatory children with cerebral palsy in structures of care or in liberal sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Laudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rabilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ginhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 56, pp.551--60. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rehab.2013.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schwartz Formula: Is One k-Coefficient Adequate for All Children?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. C. de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Selistre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hadj-Aissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7, pp.e53439. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0053439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiology of invasive Candida infection in a neonatal intensive care unit in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zmeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Paediatrica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 101, pp.e137-e139. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1651-2227.2011.02514.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercise with incorporated expiratory manoeuvres was as effective as breathing techniques for airway clearance in children with cystic fibrosis: a randomised crossover trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mc. Werck-Gallois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Toutain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mazzocchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 58 (4), pp.241-247. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1836-9553(12)70125-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reappraisal of metformin efficacy in the treatment of type 2 diabetes: a meta-analysis of randomised controlled trials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Supper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodora Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadir Kellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.e1001204. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pmed.1001204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00700878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New disease gene location and high genetic heterogeneity in idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Edery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Margaritte-Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Biot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejhg.2011.31⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00624160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth Hormone to Improve Short Bowel Syndrome Intestinal Autonomy : A Pediatric Randomized Open-Label Clinical Trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Loras-Duclaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Restier-Miron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Guimber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parenteral and Enteral Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20, pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Version française des questionnaires de dépistage de l'autisme de haut niveau ou du syndrome d'Asperger chez l'adolescent : Quotient du spectre de l'autisme Quotient d'Empathie et Quotient de Systématisation. Protocole et traduction des questionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Sonié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lpm.2010.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonography of optic nerve sheath diameter for detection of raised intracranial pressure: a systematic review and meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Geeraerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Messerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, --, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guideline on the design and conduct of cystic fibrosis clinical trials: The European Cystic Fibrosis Society-Clinical Trials Network (ECFS-CTN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. de Boeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bulteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tiddens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fajac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10, pp.S67-S74. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1569-1993(11)60010-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic accuracy of ultrasonography of optic nerve sheath diameter for detecting raised intracranial pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Messerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Geeraerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cour-Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Anaesthesiologica Scandinavica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 55, pp.899-899. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1399-6576.2011.02468.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of intensive glucose lowering treatment on all cause mortality cardiovascular death and microvascular events in type 2 diabetes: meta-analysis of randomised controlled trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boussageon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Saadatian-Elahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bergeonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British medical journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 343, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmj.d4169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d\textquoterighturgence: objectifs des messages de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.850-851</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: diffusion téléphonique des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.854-855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des consultations non programmées et non justifiées dans le cadre des urgences pédiatriques grâce à une plateforme téléphonique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bagou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39(11), pp.e258-e263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: objectifs des messages de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.850-851</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlicensed and off-label drug use in a neonatal unit in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Claris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Paediatrica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68, pp.241-242. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1203/00006450-201011001-00472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dietary supplement to improve the quality of sleep: a randomized placebo controlled trial.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Remontet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Noel-Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Feugier-Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary and Alternative Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.29. </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6882-10-29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00668216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: méthodes d'élaboration des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.852-853</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d\textquoterighturgence: diffusion téléphonique des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.854-855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d\textquoterighturgence: méthodes d\textquoterightélaboration des messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai Koupai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.852-853</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information et éducation des familles des enfants en situation d'urgence: suivi d'intervention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Racle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17, pp.856-857</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondements de l`évaluation des tests diagnostiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rabilloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture critique d`article</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59, pp.375-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCORE should be preferred to Framingham to predict cardiovascular death in French population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-P. Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bejan-Angoulvant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cardiovascular Prevention and Rehabilitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 16(5), pp.609-615. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/HJR.0b013e32832da006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil systématique et actif des evènements indésirables médicamenteux chez les enfants admis aux urgences pédiatriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Planchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Javouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 16(2), pp.106-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Both extrauterine and intrauterine growth restriction impair renal function in children born very preterm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Harambat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Liutkus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kidney International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 42nd Annual Meeting of the European-Society-for-Paediatric-Nephrology Sep 2008 Lyon, 76 (4), pp.445-452. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ki.2009.201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A positioning pillow to improve lumbar puncture success rate in paediatric haematology-oncology patients: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Marec-Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bissery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kebaïli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Schell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9(21), pp.1399-1406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interleukin 17 acts in synergy with B cell-activating factor to influence B cell biology and the pathophysiology of systemic lupus erythematosus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Doreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Al. Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bastid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Trescol-Biemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10(7), pp.778-788</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment lire un article rapportant un test diagnostique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypersensitivity to inulin : a rare and mostly benign event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Kidney Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52(3), pp.632-633</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal hypersensitivity' to inulin and IgA nephropathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (10), pp.1883-1885. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-008-0819-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Renal hypersensitivity' to inulin and IgA nephropathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23(10), pp.1883-1885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciclesonide noninferiority to placebo on growth velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 122, pp.676-677</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severe myoclonic epilepsy in infancy: A systematic review and a meta-analysis of individual patient data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Augier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epilepsia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets indésirables à long terme des médicaments: comment améliorer la prise en charge?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bacchetta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 14(6), pp.603-604</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères intermédiaires et critères de substitution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-P. Boissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Thérapeutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 13(4), pp.279-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00697981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation of the French Network of Paediatric Clinical Investigation Centres (CIC.P)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jacqz-Aigraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21, pp.105--110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literature search parameters marginally improved the pooled estimate accuracy for ultrasound in detecting deep venous thrombosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soniéb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.R. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Boissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 59, pp.710-714</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safety of computerized drug management: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 63, pp.245-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en place en Europe des réseaux d`investigation des médicaments chez l`enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Treluyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jacqz-Aigrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13, pp.631-634</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'attitude des parents face à la fièvre de leurs enfants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stagnara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dürr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ferradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Press Med</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 34, pp.1129-1136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The true treatment benefit is unpredictable in clinical trials using surrogate outcome measured with diagnostic tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.R. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leizorovicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58, pp.1042-1051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique et simulation : nouvelles applications en pharmacologie [New approaches in pharmacology: numerical modelling and simulation]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Aimée Dronne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thérapie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 60 (1), pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should age influence the choice of quantitative bone assessment technique in elderly women? The EPIDOS study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Schott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.B. Kassaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dargent-Molina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Écochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Osteoporosis International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.196-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of the accuracy of ultrasound in the diagnosis of deep venous thrombosis in asymptomatic patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sonie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.R. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thrombosis and Haemostasis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 91, pp.655-666</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute benefit number needed to treat and gain in life expectancy: which efficacy indices for measuring the treatment benefit?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gueyffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Boissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boutitie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 56, pp.977-982</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The assessment of deep vein thromboses for therapeutic trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leizorovicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrouz Kassai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cucherat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 54, pp.19-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do non-steroidal anti-inflammatory drugs improve sport performance ? A meta-analysis of randomized trials Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Regalin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Ounissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e Congrès de la Société Française de Pharmacologie et de Thérapeutique (SFPT 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId522"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BAAA71DF"/>
+    <w:nsid w:val="62F72362"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/behrouzkassai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1712-120X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/133741699" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372135v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Aribi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikail Nourredine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giroudon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Massy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lega" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-089597" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-05411480v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gavoille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Lepage" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassai-Koupai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cucherat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.70236" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286449v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Locher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvy Laporte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Derambure" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chassany" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Girault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.013" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606188v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Jaberi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inesse Boussaha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dode" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grenet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/HEALTHCARE12020208" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794529v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Aur&#233;lien Beuriat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Portefaix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Szathmari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Janier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLU.0000000000005174" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350974v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.12.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009951v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaillant-Roussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Menini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charuel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2023.190.81" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606200v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pages" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Bounabi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marietou Ndiaye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.THERAP.2021.12.014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122278v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anick B&#233;rard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Gorgui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Tchuente" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lacasse" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yessica-Haydee Gomez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19052926" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949830v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Weisskopf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Guidi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fischer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bickle Graz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Beaufils" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14278" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152426v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Gorduza" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Plotton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remontet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Gay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Jani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgaa231" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901890v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Desch&#234;nes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E. J. Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vianey-Saban" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2020.02.008" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271204v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Gaillard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lemoine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-020-04722-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939360v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lion-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Herbillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Peyric" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mercier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#233;rard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1087054717707579" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867795v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Belot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Rice" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulliman Ommar Omarjee" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouchon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Smith" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2665-9913(19)30142-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02613008v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vial" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Patat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boels" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Castellan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Villa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2018.09.006" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02265169v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Abbas-Chorfa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Nguyen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0219095" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382896v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouy&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gilbert-Dussardier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Godart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Thambo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-019-1544-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195251v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grenet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Le" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bejan-Angoulvant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Erpeldinger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boussageon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2019.05.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-02112948v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Coton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha-Hai Le" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Veuillet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Janiaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2019.02.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836889v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Drogou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Netboute" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Giai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Darmon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-026076" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195250v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ribault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B. Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Glais" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Metge" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0217701" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766957v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917823v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lina" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kassai" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/petr.13151" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490385v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cornu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Ginhoux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Masson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mouchet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-017-1058-z" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568372v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Eymard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Volpert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Kurbatova" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Bessonov" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayode Ogungbenro" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imammb/dqw019" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943807v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mainguy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delaup" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ginoux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kassai-Koupai" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jpem-2016-0184" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02082622v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthiller" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velibor Tasic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Otukesh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12882-017-0633-3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02311270v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gautier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Rollet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andr&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tsimaratos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-017-0395-4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771410v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Weill" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Decramer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malcus" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouvet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2016.12.008" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016411v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bretones" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riche" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pichot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. David" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jpem-2016-0156" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02012379v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dantony" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grousson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Revol" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aew154" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053631v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arzimanoglou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2016.02.016" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02049889v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rheims" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Herbillon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Villeneuve" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Auvin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Napuri" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.13420" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02012359v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Rehman" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berkhout" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pigache" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zerbib" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12902-016-0120-z" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053615v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lajoinie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Henin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Nguyen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malik" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mimouni" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.01.048" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281629v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Curie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Brun" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reboul" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Nazir" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0149717" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025583v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fv. Valla" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850523v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Restier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duclos" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jarri" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touzet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.12412" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RG050NRS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02044785v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Henin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018978v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Riou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Plaisant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Maucort-Boulch" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Claris" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.12924" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FCE87F239319C736EF06C91395B25682D03BF44F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025599v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cochat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850630v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernoux" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-015-0923-7" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887864v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacqz-Aigrain" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Cazaubiel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Housez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejcn.2015.4" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02044765v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cour-Andlauer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045114v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ogungbenro" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aarons" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Cresim Project Group" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Epi-Cresim Project Group" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01334644v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gueyffier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0142-4" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045112v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Epi-Cresim Project Groups" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887866v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhao" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hill" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Guellec" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Neal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahoney" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.03568-14" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01097224v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nony" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bajard" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Malik" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Castellan" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0164-y" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045750v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Aarons" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bajard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ballot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Bertrand" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02046827v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Terry" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.12442" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045113v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045111v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Payot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthiller" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Brunet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villard-Truc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00818031v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Fisch" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chiron" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alberti" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1750-1172-8-48" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02168107v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Binquet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thalamas" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigouroux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2013032" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DA7F74F5BE854C442B9FE33833B1B20F55FDB72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02168097v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiron" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dulac" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pons" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nabbout" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40263-012-0035-9" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281839v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gheit" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gueyffier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02088203v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Boeynaems" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Canivet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj. Clarke" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2013.00112" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00868747v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Boussageon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Supper" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Erpeldinger" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Bejan-Angoulvant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2288-13-107" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851700v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dubourg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Messerer" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Karakitsos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkatakrishna Rajajee" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Antonsen" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-4053-2-62" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282703v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Poirot" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laudy" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabilloud" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ginhoux" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.08.002" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846828v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentia Kaguelidou" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiel" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blachier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Iliescu" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Roz&#233;" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2013.04.015" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7T6KSTZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282747v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. A. Nguyen" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zmeter" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1651-2227.2011.02514.x" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D6GRG0DH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282768v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reix" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aubert" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc. Werck-Gallois" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutain" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mazzocchi" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1836-9553(12)70125-X" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00700878v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Kellou" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1001204" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02296988v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. C. de Souza" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud Ferrand" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Selistre" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj-Aissa" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053439" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698222v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Soni&#233;" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pirat" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bain" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2010.07.016" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698437v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dubourg" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Javouhey" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Geeraerts" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messerer" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698410v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peretti" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Loras-Duclaux" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Restier-Miron" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guimber" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02299268v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de Boeck" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bulteel" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tiddens" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wagner" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fajac" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1569-1993(11)60010-6" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02299264v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-6576.2011.02468.x" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4G17CV79-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698409v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saadatian-Elahi" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafont" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bergeonneau" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmj.d4169" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624160v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Edery" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Margaritte-Jeannin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Biot" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labalme" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bernard" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2011.31" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698233v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stagnara" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vermont" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacquel" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bagou" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Masson" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00668216v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Noel-Baron" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nicolas" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Feugier-Favier" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6882-10-29" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698228v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Racle" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698093v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-A. Nguyen" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/00006450-201011001-00472" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698232v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303282v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassai Koupai" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303284v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698235v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303283v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698364v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539347v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bacchetta" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Harambat" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubourg" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guy" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Liutkus" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2009.201" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428342v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marec-B&#233;rard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bissery" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Keba&#239;li" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schell" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428344v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Planchamp" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vial" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nasri" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698037v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marchant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Boissel" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massol" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJR.0b013e32832da006" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539348v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doreau" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al. Belot" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bastid" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Trescol-Biemont" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539304v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307553v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villard" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouvier" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-008-0819-9" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W269MNBJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428296v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428297v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astier" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697983v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697982v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434866v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Augier" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rey" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697980v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697981v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887879v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacqz-Aigraina" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassa&#239;" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428015v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marignier" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427978v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soni&#233;b" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.R. Shah" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Boissel" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427979v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Treluyer" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427772v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leizorovicz" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859350v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boissel" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aim&#233;e Dronne" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698234v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#252;rr" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ferradji" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mege" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427608v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sonie" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427689v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Schott" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Kassa&#239;" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hans" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dargent-Molina" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. &#201;cochard" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427439v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becker" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427341v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boutitie" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-02143014v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Grange" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Regalin" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Munier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ounissi" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/behrouzkassai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1712-120X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/133741699" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372135v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Aribi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikail Nourredine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giroudon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Massy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lega" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-089597" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-05411480v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gavoille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Lepage" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassai-Koupai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cucherat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.70236" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794529v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Aur&#233;lien Beuriat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Portefaix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Szathmari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Janier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLU.0000000000005174" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350974v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Locher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvy Laporte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Derambure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chassany" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Girault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.12.002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286449v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Jaberi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inesse Boussaha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dode" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grenet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassai" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/HEALTHCARE12020208" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009951v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaillant-Roussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Menini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charuel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2023.190.81" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606200v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pages" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Bounabi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marietou Ndiaye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.THERAP.2021.12.014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122278v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anick B&#233;rard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Gorgui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Tchuente" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lacasse" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yessica-Haydee Gomez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19052926" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867795v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Belot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Rice" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulliman Ommar Omarjee" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouchon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Smith" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2665-9913(19)30142-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949830v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Weisskopf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Guidi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fischer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bickle Graz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Beaufils" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14278" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Gorduza" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Plotton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remontet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Gay" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Jani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgaa231" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901890v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Desch&#234;nes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E. J. Morin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vianey-Saban" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2020.02.008" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939360v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lion-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Herbillon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Peyric" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mercier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#233;rard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1087054717707579" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271204v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Gaillard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lemoine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-020-04722-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382896v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouy&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gilbert-Dussardier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Godart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Thambo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-019-1544-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02265169v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Abbas-Chorfa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vial" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Nguyen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0219095" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02613008v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Patat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boels" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Castellan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Villa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2018.09.006" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195251v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grenet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Le" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bejan-Angoulvant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Erpeldinger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boussageon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2019.05.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-02112948v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Coton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha-Hai Le" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Veuillet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Janiaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2019.02.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836889v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Drogou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Netboute" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Giai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Darmon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-026076" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195250v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ribault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B. Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Glais" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Metge" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0217701" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766957v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917823v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lina" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kassai" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/petr.13151" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490385v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cornu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Ginhoux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Masson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mouchet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-017-1058-z" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771410v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Weill" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Decramer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malcus" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouvet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2016.12.008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02311270v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gautier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Rollet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andr&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tsimaratos" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-017-0395-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568372v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Eymard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Volpert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Kurbatova" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Bessonov" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayode Ogungbenro" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imammb/dqw019" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943807v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mainguy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delaup" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ginoux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kassai-Koupai" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jpem-2016-0184" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02082622v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthiller" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velibor Tasic" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Otukesh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12882-017-0633-3" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016411v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bretones" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riche" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pichot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. David" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jpem-2016-0156" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02012359v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B. Rehman" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berkhout" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pigache" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zerbib" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12902-016-0120-z" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02049889v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rheims" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Herbillon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Villeneuve" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Auvin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Napuri" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.13420" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02012379v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dantony" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grousson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Revol" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aew154" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053631v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roche" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arzimanoglou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2016.02.016" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053615v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lajoinie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Henin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Nguyen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malik" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mimouni" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.01.048" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281629v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Curie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Brun" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reboul" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Nazir" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0149717" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02044765v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cour-Andlauer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cochat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025583v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fv. Valla" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02044785v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Henin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850523v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Restier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duclos" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jarri" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touzet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denis" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.12412" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RG050NRS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025599v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018978v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Riou" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Plaisant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Maucort-Boulch" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Claris" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.12924" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FCE87F239319C736EF06C91395B25682D03BF44F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850630v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernoux" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-015-0923-7" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887864v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacqz-Aigrain" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Cazaubiel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Housez" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejcn.2015.4" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02046827v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Terry" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.12442" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045113v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ogungbenro" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aarons" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Cresim Project Group" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Epi-Cresim Project Group" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045111v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Payot" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthiller" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Brunet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villard-Truc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887866v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhao" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hill" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Guellec" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Neal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahoney" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.03568-14" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045114v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01334644v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gueyffier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0142-4" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045112v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Epi-Cresim Project Groups" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01097224v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nony" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bajard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Malik" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Castellan" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0164-y" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045750v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Aarons" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bajard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ballot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Bertrand" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846828v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentia Kaguelidou" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiel" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blachier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Iliescu" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Roz&#233;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2013.04.015" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7T6KSTZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00818031v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Fisch" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chiron" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alberti" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1750-1172-8-48" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02168107v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Binquet" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thalamas" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigouroux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2013032" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DA7F74F5BE854C442B9FE33833B1B20F55FDB72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02088203v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Boeynaems" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Canivet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chan" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj. Clarke" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2013.00112" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851700v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dubourg" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Messerer" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Karakitsos" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkatakrishna Rajajee" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Antonsen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-4053-2-62" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00868747v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Boussageon" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Supper" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Erpeldinger" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Bejan-Angoulvant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2288-13-107" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02168097v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiron" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dulac" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pons" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nabbout" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40263-012-0035-9" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281839v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gheit" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gueyffier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282703v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Poirot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laudy" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabilloud" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ginhoux" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.08.002" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02296988v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. C. de Souza" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud Ferrand" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Selistre" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj-Aissa" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053439" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282747v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. A. Nguyen" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zmeter" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1651-2227.2011.02514.x" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D6GRG0DH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282768v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reix" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aubert" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc. Werck-Gallois" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutain" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mazzocchi" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1836-9553(12)70125-X" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00700878v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Kellou" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1001204" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624160v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Edery" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Margaritte-Jeannin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Biot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labalme" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bernard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2011.31" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698410v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peretti" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Loras-Duclaux" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Restier-Miron" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guimber" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698222v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Soni&#233;" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pirat" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bain" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2010.07.016" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698437v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dubourg" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Javouhey" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Geeraerts" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messerer" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02299268v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de Boeck" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bulteel" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tiddens" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wagner" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fajac" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1569-1993(11)60010-6" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02299264v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-6576.2011.02468.x" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4G17CV79-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698409v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saadatian-Elahi" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafont" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bergeonneau" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmj.d4169" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303283v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stagnara" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Racle" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vermont" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassai Koupai" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacquel" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698364v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698233v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bagou" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Masson" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698228v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698093v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-A. Nguyen" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/00006450-201011001-00472" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00668216v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Noel-Baron" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nicolas" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Feugier-Favier" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6882-10-29" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698232v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303282v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303284v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698235v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539304v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698037v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marchant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Boissel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massol" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJR.0b013e32832da006" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428344v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Planchamp" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vial" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nasri" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539347v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bacchetta" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Harambat" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubourg" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guy" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Liutkus" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2009.201" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428342v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marec-B&#233;rard" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bissery" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Keba&#239;li" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schell" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539348v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doreau" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al. Belot" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bastid" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Trescol-Biemont" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697982v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428297v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villard" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astier" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307553v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouvier" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-008-0819-9" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W269MNBJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428296v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697983v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434866v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Augier" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rey" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697980v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697981v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887879v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacqz-Aigraina" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrouz Kassa&#239;" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427978v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soni&#233;b" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.R. Shah" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Boissel" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428015v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marignier" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427979v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Treluyer" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698234v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#252;rr" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ferradji" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mege" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427772v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leizorovicz" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859350v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boissel" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aim&#233;e Dronne" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427689v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Schott" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Kassa&#239;" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hans" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dargent-Molina" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. &#201;cochard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427608v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sonie" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427341v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boutitie" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427439v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becker" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-02143014v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Grange" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Regalin" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Munier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ounissi" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>