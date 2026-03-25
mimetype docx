--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3455,977 +3455,977 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MtQRRS1 , an R -locus required for Medicago truncatula quantitative resistance to Ralstonia solanacearum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
+                <w:t xml:space="preserve">A high density physical map of chromosome 1BL supports evolutionary studies, map-based cloning and sequencing in wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.12299⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (6), pp.R64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/gb-2013-14-6-r64⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04198498v1</w:t>
+                <w:t xml:space="preserve">hal-04198495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high density physical map of chromosome 1BL supports evolutionary studies, map-based cloning and sequencing in wheat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Choulet</w:t>
+                <w:t xml:space="preserve">A tandem array of CBF/DREB1 genes is located in a major freezing tolerance QTL region on Medicago truncatula chromosome 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadim Tayeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Bahrman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bluteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Blassiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/gb-2013-14-6-r64⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (1), pp.814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198495v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tandem array of CBF/DREB1 genes is located in a major freezing tolerance QTL region on Medicago truncatula chromosome 6</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Bluteau</w:t>
+                <w:t xml:space="preserve">MtQRRS1 , an R -locus required for Medicago truncatula quantitative resistance to Ralstonia solanacearum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Blassiau</w:t>
+                <w:t xml:space="preserve">Frédéric Debellé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Berges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-814⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 199 (3), pp.758-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.12299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198492v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tandem array of CBF/DREB1 genes is located in a major freezing tolerance QTL region on Medicago truncatula chromosome 6.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser N. Bahrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Bluteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Blassiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 14, pp.814. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2164-14-814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The tomato genome sequence provides insights into fleshy fruit evolution</w:t>
+                <w:t xml:space="preserve">Contrasted Patterns of Molecular Evolution in Dominant and Recessive Self-Incompatibility Haplotypes in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shusei Sato</w:t>
+                <w:t xml:space="preserve">Pauline Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satoshi Tabata</w:t>
+                <w:t xml:space="preserve">Hélène Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hideki Hirakawa</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kenta Shirasawa</w:t>
+                <w:t xml:space="preserve">Elisa Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Helmstetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature11119⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (3), pp.e1002495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651748v1</w:t>
+                <w:t xml:space="preserve">hal-04198527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional features of a single chromosome arm in wheat (1AL) determined from its structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stuart J. Lucas</w:t>
+                <w:t xml:space="preserve">The tomato genome sequence provides insights into fleshy fruit evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shusei Sato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satoshi Tabata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irena Jurman</w:t>
+                <w:t xml:space="preserve">Hideki Hirakawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federica Cattonaro</w:t>
+                <w:t xml:space="preserve">Erika Asamizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia S. Vautrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud A. Bellec</w:t>
+                <w:t xml:space="preserve">Kenta Shirasawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12 (1), pp.173 - 182. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 485 (7400), pp.635-641. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10142-011-0250-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature11119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02645167v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted Patterns of Molecular Evolution in Dominant and Recessive Self-Incompatibility Haplotypes in Arabidopsis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functional features of a single chromosome arm in wheat (1AL) determined from its structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart J. Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irena Jurman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Goubet</w:t>
+                <w:t xml:space="preserve">Federica Cattonaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bergès</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Helmstetter</w:t>
+                <w:t xml:space="preserve">Sonia S. Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud A. Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (1), pp.173 - 182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10142-011-0250-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002495⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04198527v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional features of a single chromosome arm in wheat (1AL) determined from its structure</w:t>
               </w:r>
@@ -4450,237 +4450,237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Šimková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Šafář</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irena Jurman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Cattonaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Functional and Integrative Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (1), pp.173-182. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10142-011-0250-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04198538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The tomato genome sequence provides insights into fleshy fruit evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shusei Sato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satoshi Tabata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hideki Hirakawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Asamizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenta Shirasawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 485 (7400), pp.635-641. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/nature11119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04198562v1</w:t>
@@ -4838,51 +4838,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Medicago genome provides insight into the evolution of rhizobial symbioses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nevin Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Debellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giles Oldroyd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5253,64 +5253,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Blassiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Helmstetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7939,51 +7939,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bergheaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delaunay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duminil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46265/genresj.ASZO2413" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474270v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horst Berthelier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Christophe Cabanac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Callot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Math&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25031938" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612032v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castric" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Batista" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Carr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mousavi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2024.03.047" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198277v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erac489" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305473v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198273v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaichi Huang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jahani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205783119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740520v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babar Hussain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala A Akp&#305;nar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed M Algharib" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepmala Sehgal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.851079" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658639v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Istace" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre-Zuber" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giac034" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03372865v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roux-Cuvelier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bloquel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Charron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Augusto Sfor&#231;a" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vautrin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Benicio Cardoso-Silva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Cristina Mancini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Victoria Romero-da Cruz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00553" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619477v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Satge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux-Alison Fustier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cauet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz632" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331004v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudi Appels" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellye Eversole" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Stein" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Feuillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Keller" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aar7191" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885399v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. International Wheat Genome Sequencing Consortium (iwgsc)" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604011v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Courtial" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cauet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2469-9853.1000128" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638189v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choulet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Marie Glover" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1249721" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640516v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselmo Azevedo Santos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Alves Penha" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Bellec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de Freitas Munhoz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pedrosa-Harand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-816" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198483v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02024157v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hermand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Julio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dorlhac de Borne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Punshon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ricachenevsky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4mt00071d" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198490v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navdeep Gill" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Buti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan Kane" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Helmstetter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology3020295" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198504v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Lucas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala An&#305; Akp&#305;nar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melda Kantar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohar Weinstein" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Ayd&#305;no&#287;lu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059542" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647517v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ben" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Debell&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12299" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650647v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart J. Lucas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala Ani Akpinar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Aydinoglu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189907v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Philippe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2013-14-6-r64" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198498v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Debell&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Berges" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198495v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198492v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bluteau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-814" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650212v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser N. Bahrman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bluteau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651748v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shusei Sato" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Tabata" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Hirakawa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Asamizu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenta Shirasawa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11119" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645167v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Jurman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cattonaro" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia S. Vautrin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-011-0250-3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F1VQVNFX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198527v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Goubet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Berg&#232;s" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Prat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002495" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198538v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana &#352;imkov&#225;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan &#352;af&#225;&#345;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198562v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198534v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laugier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.183921" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198529v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin Young" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Oldroyd" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Geurts" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Cannon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10625" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652790v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin D. Young" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles E. D. Oldroyd" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964456v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille C. Rustenholz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel C. Laugier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan J. Safar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana H. Simkova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198539v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Gonthier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-225" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189382v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chantret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salse" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sabot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Laubin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-008-9066-8" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XP81BCGL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198542v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salse" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198548v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Isidore" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Scherrer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Budin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-004-0127-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KSV0J2SX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198553v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Klein" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Soon Kim" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.028225" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964165v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Chantret" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. Salse" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Sabot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadequr S. Rahman" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.029181" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198545v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadequr Rahman" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881414v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Barto&#353;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Janda" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kubal&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Val&#225;rik" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2004.02179.x" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198557v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682150v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allouis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Moore" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sharp" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03543362" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04165045v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU30302" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733846v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beji" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733745v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737260v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-A. Josselin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boutet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lesn&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737585v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740971v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742303v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747374v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Daron" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Guilhot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807639v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bergheaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delaunay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duminil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46265/genresj.ASZO2413" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474270v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horst Berthelier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Christophe Cabanac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Callot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Math&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25031938" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612032v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castric" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Batista" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Carr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mousavi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2024.03.047" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198277v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erac489" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305473v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198273v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaichi Huang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jahani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205783119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740520v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babar Hussain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala A Akp&#305;nar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed M Algharib" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepmala Sehgal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.851079" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658639v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Istace" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre-Zuber" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giac034" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03372865v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roux-Cuvelier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bloquel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Charron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Augusto Sfor&#231;a" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vautrin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Benicio Cardoso-Silva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Cristina Mancini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Victoria Romero-da Cruz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00553" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619477v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Satge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux-Alison Fustier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cauet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz632" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331004v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudi Appels" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellye Eversole" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Stein" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Feuillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Keller" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aar7191" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885399v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. International Wheat Genome Sequencing Consortium (iwgsc)" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604011v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Courtial" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cauet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2469-9853.1000128" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638189v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choulet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Marie Glover" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1249721" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640516v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselmo Azevedo Santos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Alves Penha" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Bellec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de Freitas Munhoz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pedrosa-Harand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-816" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198483v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02024157v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hermand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Julio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dorlhac de Borne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Punshon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ricachenevsky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4mt00071d" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198490v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navdeep Gill" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Buti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan Kane" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Helmstetter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology3020295" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198504v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Lucas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala An&#305; Akp&#305;nar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melda Kantar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohar Weinstein" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Ayd&#305;no&#287;lu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059542" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647517v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ben" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Debell&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12299" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650647v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart J. Lucas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala Ani Akpinar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Aydinoglu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189907v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Philippe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2013-14-6-r64" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198495v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198492v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bluteau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-814" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198498v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Debell&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Berges" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650212v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser N. Bahrman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bluteau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198527v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Goubet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Berg&#232;s" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Prat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002495" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651748v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shusei Sato" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Tabata" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Hirakawa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Asamizu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenta Shirasawa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11119" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645167v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Jurman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cattonaro" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia S. Vautrin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-011-0250-3" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F1VQVNFX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198538v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana &#352;imkov&#225;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan &#352;af&#225;&#345;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198562v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198534v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laugier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.183921" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198529v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin Young" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Oldroyd" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Geurts" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Cannon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10625" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652790v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin D. Young" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles E. D. Oldroyd" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964456v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille C. Rustenholz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel C. Laugier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan J. Safar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana H. Simkova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198539v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Gonthier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-225" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189382v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chantret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salse" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sabot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Laubin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-008-9066-8" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XP81BCGL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198542v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salse" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198548v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Isidore" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Scherrer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Budin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-004-0127-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KSV0J2SX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198553v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Klein" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Soon Kim" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.028225" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964165v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Chantret" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. Salse" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Sabot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadequr S. Rahman" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.029181" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198545v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadequr Rahman" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881414v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Barto&#353;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Janda" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kubal&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Val&#225;rik" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2004.02179.x" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198557v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682150v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allouis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Moore" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sharp" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03543362" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04165045v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU30302" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733846v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beji" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733745v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737260v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-A. Josselin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boutet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lesn&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737585v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740971v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742303v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747374v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Daron" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Guilhot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807639v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>