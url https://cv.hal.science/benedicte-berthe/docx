--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -506,234 +506,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01777472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La polyflexibilité des salariés</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travailler dans un groupement d’employeurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01777471v1</w:t>
+                <w:t xml:space="preserve">hal-01777467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Les salariés des GE, gagnants ou perdants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les salariés des GE, gagnants ou perdants ? Travailler dans un groupement d’employeurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01777469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La polyflexibilité des salariés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travailler dans un groupement d’employeurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-01777469v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01777471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic analysis of human effort : an historical and critical perspective</w:t>
               </w:r>
@@ -1086,50 +1086,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04102779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La culpabilité, vecteur de bien-être et de mal-être au travail et ses leviers managériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International en Psychanalyse, Management et Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Agadir, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etat de santé et présentéisme du personnel soignant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1138,126 +1207,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une approche inclusive de le GRH congrès AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276800v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03276805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les émotions comme déterminants du présentéisme du personnel soignant »</w:t>
               </w:r>
@@ -2782,50 +2782,296 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04041931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La culpabilité, vecteur de bien-être et de mal-être au travail et ses leviers managériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychanalyse et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n°3, pp.155-170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La culpabilité au travail des professionnels des ressources humaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Chédotal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03607148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le présentéisme du personnel soignant et son traitement par le droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dedessus-Le Moustier Dedessus-Le-Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">État de santé et présentéisme des soignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2834,303 +3080,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425537v1</w:t>
-              </w:r>
-[...244 lines deleted...]
-                <w:t xml:space="preserve">hal-03352798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le présentéisme et ses leviers émotionnels comme problématique managériale : une étude par entretiens semi-directifs auprès du personnel soignant »,</w:t>
               </w:r>
@@ -3274,213 +3274,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04043689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La culpabilité au travail : la parole aux salariés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Chédotal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relations Industrielles / Industrial Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Vol. 73 (2018, Issue 2), p295-318</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Normes sociales de genre et inégalité professionnelle : quelle influence du sentiment de culpabilité des femmes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaëlle Poilpot-Rocaboy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Chan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 110 (4), pp.3-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/grhu.110.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866892v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01906525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sentiment de culpabilité nécessaire au management des hommes</w:t>
               </w:r>
@@ -4273,51 +4273,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968106v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Berthe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571112v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276790v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ch&#233;dotal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276785v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777472v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777471v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777467v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777469v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726497v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777465v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968024v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie codo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102779v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276800v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903189v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Douguet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hontebeyrie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868980v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868976v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276840v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Poilpot-Rocaboy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868965v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276831v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777492v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866823v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276821v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751774v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276793v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777480v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777476v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777474v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609516v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968123v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041931v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425537v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041930v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607148v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus-Le Moustier Dedessus-Le-Moustier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525229v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043689v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866892v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Chan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.110.0003" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906525v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777463v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828356v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte de Peyrelongue" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Gall-Ely" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570717706830" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777452v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte De Hebert Peyrelongue" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01242704v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777443v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726516v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Podevin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968106v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Berthe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571112v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276790v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ch&#233;dotal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276785v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777472v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777467v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777469v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777471v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726497v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777465v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968024v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie codo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102779v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276805v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276800v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903189v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Douguet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hontebeyrie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868980v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868976v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276840v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Poilpot-Rocaboy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868965v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276831v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777492v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866823v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276821v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751774v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276793v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777480v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777476v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777474v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609516v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968123v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041931v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041930v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607148v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus-Le Moustier Dedessus-Le-Moustier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425537v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525229v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043689v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906525v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866892v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Chan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.110.0003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777463v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828356v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte de Peyrelongue" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Gall-Ely" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570717706830" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777452v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte De Hebert Peyrelongue" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01242704v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777443v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726516v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Podevin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>