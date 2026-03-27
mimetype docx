--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -221,382 +221,382 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers le Jumeau Numérique de Territoire à la carte</w:t>
+                <w:t xml:space="preserve">Web Open Data to SDG Indicators: Towards an LLM-Augmented Knowledge Graph Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Szanto</w:t>
+                <w:t xml:space="preserve">Wissal Benjira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Brédif</w:t>
+                <w:t xml:space="preserve">Faten Atigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Travers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spatial Analysis and GEOmatics, SAGEO 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Web Information Systems Engineering – WISE 2024 PhD Symposium, Demos and Workshops</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Doha, Qatar. pp.90-100, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-96-1483-7_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151550v1</w:t>
+                <w:t xml:space="preserve">hal-04986681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SDG-KG: A Framework to Compute SDG Indicators with Open Data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Faten Atigui</w:t>
+                <w:t xml:space="preserve">Vers le Jumeau Numérique de Territoire à la carte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Szanto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the VLDB Endowment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Spatial Analysis and GEOmatics, SAGEO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GdR MAGIS, May 2025, Avignon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264726v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Web Open Data to SDG Indicators: Towards an LLM-Augmented Knowledge Graph Solution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SDG-KG: A Framework to Compute SDG Indicators with Open Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissal Benjira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissal Benjira</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Nicolas Travers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faten Atigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Travers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Web Information Systems Engineering – WISE 2024 PhD Symposium, Demos and Workshops</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Doha, Qatar. pp.90-100, </w:t>
+              <w:t xml:space="preserve">Proceedings of the VLDB Endowment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, London, United Kingdom. pp.5367-5370, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-981-96-1483-7_7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14778/3750601.3750673⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04986681v1</w:t>
+                <w:t xml:space="preserve">hal-05264726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an open ETL Framework to support studies on mountain land sharing</w:t>
               </w:r>
@@ -684,355 +684,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05363695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptualising a co-operative building evolution dashboard on city regions over the past decades for densification studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation des données ouvertes au service des ODD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissal Benjira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Atigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Travers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th AGILE Conference on Geographic Information Science, "Geographic Information Science for a Sustainable Future"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Glasgow, Jun 2024, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Dijon, Jan 2024, Dijon, France. https://editions-rnti.fr/?lg=fr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04689290v1</w:t>
+                <w:t xml:space="preserve">hal-04603102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des données ouvertes au service des ODD</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conceptualising a co-operative building evolution dashboard on city regions over the past decades for densification studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ndim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Maria Olteanu-Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juste Raimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Dijon, Jan 2024, Dijon, France. https://editions-rnti.fr/?lg=fr</w:t>
+              <w:t xml:space="preserve">27th AGILE Conference on Geographic Information Science, "Geographic Information Science for a Sustainable Future"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Glasgow, Jun 2024, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603102v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des données ouvertes au service des ODD : application aux événements sportifs en ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissal Benjira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Atigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Travers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Dijon, France. pp. 255-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1120,381 +1120,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un graphe de données pour mesurer les Objectifs de Développement Durable et comprendre l'héritage des événements sportifs sur les villes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use Driven Assessment of GKI requirements : Engaging with education communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Travers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ème Conférence sur la Gestion de Données – Principes, Technologies et Applications (BDA’23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">The way towards a Geospatial Knowledge Infrastructure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UN-GGIM: Europe Working Group on Data Integration, Jun 2023, Brussel (Virtual Event), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04601895v1</w:t>
+                <w:t xml:space="preserve">hal-04210881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserving Geodata at IGN-France: Engaging with Users to Increase the Value and Visibility of Geodata Archive</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un graphe de données pour mesurer les Objectifs de Développement Durable et comprendre l'héritage des événements sportifs sur les villes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissal Benjira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Atigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Genty</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Travers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Geospatial Digital Records Preservation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DLM Forum, May 2023, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">39ème Conférence sur la Gestion de Données – Principes, Technologies et Applications (BDA’23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210920v1</w:t>
+                <w:t xml:space="preserve">hal-04601895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use Driven Assessment of GKI requirements : Engaging with education communities</w:t>
+                <w:t xml:space="preserve">Preserving Geodata at IGN-France: Engaging with Users to Increase the Value and Visibility of Geodata Archive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Genty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The way towards a Geospatial Knowledge Infrastructure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UN-GGIM: Europe Working Group on Data Integration, Jun 2023, Brussel (Virtual Event), Belgium</w:t>
+              <w:t xml:space="preserve">3rd Geospatial Digital Records Preservation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DLM Forum, May 2023, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04210881v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A collaborative dashboard to study periurban densification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Ndim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juste Raimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juste Raimbault</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Olteanu-Raimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Colloquium on Theoretical and Quantitative Geography 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universities of Coimbra and Porto, Sep 2023, Braga, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2129,51 +2129,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Improving Knowledge Capitalization System for Sport Events Legacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2220,51 +2220,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Improving Knowledge Capitalization System for Sport Events Legacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2540,51 +2540,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An aggregated graph to qualify historical spatial networks using temporal patterns detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4459,103 +4459,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated mapping between SDG indicators and open data: An LLM-augmented knowledge graph approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissal Benjira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faten Atigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Grim-Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Travers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data and Knowledge Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.102405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4602,90 +4602,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Model of Building Changes to Support Comparative Studies and Open Discussions on Densification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juste Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Ndim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Raimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 14 (4), pp.155. </w:t>
@@ -4938,429 +4938,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Urban Climate Services URCLIM project</w:t>
+                <w:t xml:space="preserve">City-descriptive input data for urban climate models: Model requirements, data sources and challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Wieke Heldens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Erwan Bocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate services</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cliser.2020.100194⟩</w:t>
+              <w:t xml:space="preserve">Urban Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Urban Data and Climate Information Services, 31, pp.100536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.uclim.2019.100536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04650151v1</w:t>
+                <w:t xml:space="preserve">hal-02391022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conciliating Perspectives from Mapping Agencies and Web of Data on Successful European SDIs: Toward a European Geographic Knowledge Graph</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Urban Climate Services URCLIM project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Ellett von Brasch</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dimitris Kotzinos</w:t>
+                <w:t xml:space="preserve">Zenaida Chitu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijgi9020062⟩</w:t>
+              <w:t xml:space="preserve">Climate services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20, pp.100194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cliser.2020.100194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528394v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">City-descriptive input data for urban climate models: Model requirements, data sources and challenges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valéry Masson</w:t>
+                <w:t xml:space="preserve">Conciliating Perspectives from Mapping Agencies and Web of Data on Successful European SDIs: Toward a European Geographic Knowledge Graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esa Tiainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ellett von Brasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wieke Heldens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Bocher</w:t>
+                <w:t xml:space="preserve">Paul Janssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Bonhomme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+                <w:t xml:space="preserve">Dimitris Kotzinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Urban Data and Climate Information Services, 31, pp.100536. </w:t>
+              <w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (2), pp.62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.uclim.2019.100536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijgi9020062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391022v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Do Map Readers Recognize a Topographic Mapping Style?</w:t>
               </w:r>
@@ -6405,51 +6405,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of Volunteer Geographic Information for producing and maintaining authoritative Land Use and Land Cover data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Olteanu-Raimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joep Crompvoets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6965,256 +6965,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SUBDENSE project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Le projet ODDNotebook</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juste Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julien Perret</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Coindet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Molle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Recherche IGN - 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Champs-sur-Marne, France. </w:t>
+              <w:t xml:space="preserve">ETES 2023 : Enseigner les Transitions Écologiques et Sociales dans le supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04196186v1</w:t>
+                <w:t xml:space="preserve">hal-04177023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet ODDNotebook</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The SUBDENSE project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ndim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juste Raimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juste Raimbault</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amélie Molle</w:t>
+                <w:t xml:space="preserve">Ana-Maria Olteanu-Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ETES 2023 : Enseigner les Transitions Écologiques et Sociales dans le supérieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées de la Recherche IGN - 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Champs-sur-Marne, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04177023v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7376,51 +7376,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Janssen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7451,51 +7451,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Linking by Indirect Spatial Referencing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esa Tiainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ellett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8799,423 +8799,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the specificities of Software Development in Geomatics Research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Défis et propositions pour la mutualisation de développements logiciels en géomatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gaffuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE - WILEY, pp.285-292, 2012, GIS Series</w:t>
+              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermes Lavoisier, pp.271-290, 2012, IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724081v1</w:t>
+                <w:t xml:space="preserve">hal-00718768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défis et propositions pour la mutualisation de développements logiciels en géomatique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the specificities of Software Development in Geomatics Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermes Lavoisier, pp.271-290, 2012, IGAT</w:t>
+              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE - WILEY, pp.285-292, 2012, GIS Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00718768v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des spécificités des développements logiciels en géomatique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Challenges and Proposals for Software Development Pooling in Geomatics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gaffuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Bucher</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermes Lavoisier, pp.264-269, 2012, IGAT</w:t>
+              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE - WILEY, pp.293-316, 2012, GIS Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00718762v1</w:t>
+                <w:t xml:space="preserve">hal-00724082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges and Proposals for Software Development Pooling in Geomatics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse des spécificités des développements logiciels en géomatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Ber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Bucher et F. Le Ber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE - WILEY, pp.293-316, 2012, GIS Series</w:t>
+              <w:t xml:space="preserve">Développements logiciels en géomatique -- innovations et mutualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermes Lavoisier, pp.264-269, 2012, IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724082v1</w:t>
+                <w:t xml:space="preserve">hal-00718762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating structured descriptions of processes in geographical metadata</w:t>
               </w:r>
@@ -9441,177 +9441,177 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développements logiciels en géomatique</w:t>
+                <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermes Lavoisier, pp.297, 2012</w:t>
+              <w:t xml:space="preserve">ISTE - WILEY, pp.331, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724084v1</w:t>
+                <w:t xml:space="preserve">hal-00724080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Software Development in GIS</w:t>
+                <w:t xml:space="preserve">Développements logiciels en géomatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ISTE - WILEY, pp.331, 2012</w:t>
+              <w:t xml:space="preserve">Hermes Lavoisier, pp.297, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724080v1</w:t>
+                <w:t xml:space="preserve">hal-00724084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10270,51 +10270,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7835348F"/>
+    <w:nsid w:val="1F22B6AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10501,51 +10501,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-bucher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5797-5170" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069878315" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151550v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Szanto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bucher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264726v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Benjira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Travers" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Atigui" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Grim-Yefsah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/3750601.3750673" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-1483-7_7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363695v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zine Eddine Larkem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devogele" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Peralta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689290v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ndim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Olteanu-Raimond" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juste Raimbault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603102v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601895v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210920v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Genty" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257790v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029836v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ellul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stoter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-4-W2-2022-53-2022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034939v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zrhal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Hamdi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique van Damme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.09.349" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034929v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-2-43-2021" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210964v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Bris" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bourki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210899v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206375v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535723v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008348102640270" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012442v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423491v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfettah Feliachi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Abadie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854521v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ory" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Irina Fabrikant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535779v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Costes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Gribaudi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388091v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388085v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Troncy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435341v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Falquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Clementini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sester" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00768424v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Scharffe" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435246v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435333v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Moreno" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisi Zlatanova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Posada" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Toro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398650v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Massiot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398647v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19789-5_24" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344786v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musti&#232;re S&#233;bastien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Renard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435222v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344818v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344830v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Buard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435240v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344832v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00134416v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435202v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Abd-El-Kader" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435265v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435187v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435181v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866754v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2024.102405" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020989v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Raimond" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi14040155" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065212v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mehdi Zrhal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz355cwvtgnjjlp-46096622" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335873v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Hein" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorit Raines" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouet-Brunet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi10090588" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650151v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenaida Chitu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cliser.2020.100194" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528394v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa Tiainen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ellett von Brasch" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Janssen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Kotzinos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi9020062" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391022v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieke Heldens" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bonhomme" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uclim.2019.100536" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280922v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00087041.2015.1119459" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537061v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Purves" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clough" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jones" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avi Arampatzis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658810601169840" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537073v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.11.1.61-82" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5B251604502055DEFAEE062A65575633B067BFDE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537070v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.13.439-460" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3288C8529C6B61DE7A0B5B9A81596DEF44D53AB6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362413v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Claramunt" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Miralles" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537036v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hansen Brigsted" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Rijsdijk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601680v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pekka Latvala" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bookjans" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bus" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029894v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Grudzien" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delattre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Escriu Paradell" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Folmer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029913v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cantat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joep Crompvoets" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anka Lisec" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Pot&#367;&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662950v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inian Moorthy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mallet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492423v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Brennan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Beek" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Hbeich" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029935v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423633v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auguste Atemezing" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793433v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengjie Fan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Khrouf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196186v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177023v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Coindet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Molle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030066v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Ballard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Baron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Bourg&#232;s" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Cassar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435363v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536996v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ellett" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Acheson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537006v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schlieder" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinos Kavouras" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Streilein" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537024v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Golay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416495v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415682v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis John Mcgibbney" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vatant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415703v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535738v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Lemmens" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Falquet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Sabbata" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Jiang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/bax.n" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435356v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;tral" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/bax.j" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533566v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jantien Stoter" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Roensdorf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rollo Home" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Capstick" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12181-9_13" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280109v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Touya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusay Jaara" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Steiniger" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00203-3_3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724078v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718748v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724081v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718768v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gaffuri" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718762v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724082v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435275v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-26772-7_47" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538411v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Vandenbroucke" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00615-4" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724084v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724080v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02474464v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02474452v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02372784v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Motet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pierrot Deseilligny" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thom" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kasser" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02372743v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Joinville" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boldo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Paparoditis" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Baghli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02372724v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boichis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fuchs" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jung" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-bucher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5797-5170" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069878315" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986681v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Benjira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Atigui" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bucher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Grim-Yefsah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Travers" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-1483-7_7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151550v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Szanto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264726v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/3750601.3750673" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363695v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zine Eddine Larkem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devogele" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Peralta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603102v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689290v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ndim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Olteanu-Raimond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juste Raimbault" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210881v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601895v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210920v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Genty" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257790v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029836v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ellul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stoter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-4-W2-2022-53-2022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034939v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zrhal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Hamdi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique van Damme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.09.349" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034929v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-2-43-2021" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210964v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Bris" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bourki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210899v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206375v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535723v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008348102640270" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012442v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423491v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfettah Feliachi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Abadie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854521v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ory" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Irina Fabrikant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535779v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Costes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Gribaudi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388091v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388085v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Troncy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435341v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Falquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Clementini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sester" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00768424v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Scharffe" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435246v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435333v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Moreno" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisi Zlatanova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Posada" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Toro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398650v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Massiot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398647v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19789-5_24" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344786v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musti&#232;re S&#233;bastien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Renard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435222v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344818v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344830v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Buard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435240v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344832v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00134416v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435202v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Abd-El-Kader" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435265v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435187v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435181v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866754v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2024.102405" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020989v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Raimond" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi14040155" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065212v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mehdi Zrhal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz355cwvtgnjjlp-46096622" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335873v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Hein" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorit Raines" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouet-Brunet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi10090588" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391022v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieke Heldens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bonhomme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uclim.2019.100536" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650151v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenaida Chitu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cliser.2020.100194" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528394v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa Tiainen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ellett von Brasch" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Janssen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Kotzinos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi9020062" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280922v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00087041.2015.1119459" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537061v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Purves" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clough" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jones" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avi Arampatzis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658810601169840" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537073v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.11.1.61-82" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5B251604502055DEFAEE062A65575633B067BFDE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537070v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.13.439-460" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3288C8529C6B61DE7A0B5B9A81596DEF44D53AB6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362413v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Claramunt" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Miralles" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537036v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hansen Brigsted" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Rijsdijk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601680v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pekka Latvala" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bookjans" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bus" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029894v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Grudzien" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delattre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Escriu Paradell" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Folmer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029913v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cantat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joep Crompvoets" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anka Lisec" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Pot&#367;&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662950v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inian Moorthy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mallet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492423v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Brennan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Beek" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Hbeich" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029935v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423633v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auguste Atemezing" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793433v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengjie Fan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Khrouf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177023v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Coindet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Molle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196186v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030066v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Ballard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Baron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Bourg&#232;s" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Cassar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435363v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536996v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ellett" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Acheson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537006v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schlieder" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinos Kavouras" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Streilein" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537024v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Golay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416495v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415682v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis John Mcgibbney" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vatant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415703v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535738v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Lemmens" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Falquet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Sabbata" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Jiang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/bax.n" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435356v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;tral" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/bax.j" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533566v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jantien Stoter" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Roensdorf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rollo Home" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Capstick" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12181-9_13" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280109v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Touya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusay Jaara" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Steiniger" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00203-3_3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724078v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718748v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718768v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gaffuri" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724081v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724082v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718762v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435275v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-26772-7_47" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538411v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Vandenbroucke" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00615-4" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724080v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724084v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02474464v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02474452v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02372784v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Motet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pierrot Deseilligny" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thom" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kasser" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02372743v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Joinville" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boldo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Paparoditis" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Baghli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02372724v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boichis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fuchs" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jung" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>