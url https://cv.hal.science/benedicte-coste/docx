--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:62.239583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bénédicte Coste </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Etudes victoriennes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benedicte-coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6455-2208</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">076354199</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I teach Victorian studies and translation ENG-FRE with a strong interest in NMT and post edition.My research centers around British Aestheticism, decadence studies, translation in/and periodicals of the fin de siècle.  My forthcoming monograph with SUP is a history of British Aestheticism.I enjoy working with different partners:With Dr Caroline Crépiat, we have developed a database of translations ENG-FRE in 10 French periodicals feely accessible : the Décabase ([decabase.u-bourgogne.fr])With the AI lab in Dijon (ciad.u-bourgogne.fr), we have developed a project for desanonymising 6 S</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">aturday Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">'s contributors (see [https://periad.checksem.fr])With Prof. Laurel Brake, we are writing a biography of Walter and Clara Pater commissioned by OUP.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodicals and Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, The Cahiers victoriens et édouardiens Celebrates Its 50th Anniversary, 100 Automne, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/132rc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04888425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. H. Huxley, Reluctant Autobiographer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Victorian and Edwardian Autobiographies, 98 Automne, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.13940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction des miracles et miracle de la traduction : T. H. Huxley traducteur engagé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpsestes. Revue de traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Fiction/Nonfiction, que dit la traduction?, 37, http://journals.openedition.org/palimpsestes/8240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Those Forgotten Reviews: Walter Pater and Oscar Wilde as Reviewers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Revisiting the Periodical Essay (1860-1940), 20.2, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.16276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04130708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « Décabase » Explorer les traductions en périodiques et dessiner des perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ars &amp; humanitas (Journal of Arts and Humanities)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Sodobni pogledi na literarno prevajanje, 17 (1), pp.25-38. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4312/ars.17.1.25-38⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croyance dans le fumoir : “The Portrait of Mr. WH”, l’éthique de la croyance de William Kingdon Clifford et l’assentiment selon John Henry Newman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 75 (4), pp.463-78. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etan.754.0463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un poète français? Swinburne en France, Swinburne et la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi Francesi. Rivista quadrimestrale fondata da Franco Simone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 201 ((LXVII | III)), pp.583-96. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/studifrancesi.54962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Baillet, Visions et divisions. Discours culturels de Punch et ordre social victorien (1850-1880)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.50687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Swinburne en France, Swinburne et la France »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi francesi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debating ‘l’esthéticisme’ and ‘l’esthétisme’ in Some French Periodicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Walter Pater and in Aestheticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7, pp.46-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Easley, Clare Hill, and Beth Rogers (eds), Women, Periodicals, and Print Culture in the Victorian Period. Edinburgh, Edinburgh UP, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.10040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Symons the translator: Translation, remediation, recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (2), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17462/para.2021.02.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Beliefs: Walter Pater and Contemporary French Fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Epistemocriticism: Science and Literature – A Tribute to Annie Escuret, 90, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.6722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02496243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pater, Walter. Gaston de Latour, Ed. Gerald Monsman. The collected Works of Walter Pater. Vol. iv. Oxford: Oxford University Press, 2019. xxxviii + 399 pp. £115.00.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Walter Pater and in Aestheticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02927642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Child in the House of Print</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image &amp; Narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Impression(s), 20 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02468080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Strange old Italian dresses’: Walter Pater, Victorian fashionista? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Cross-Dressing in Fact, Fiction and Fantasy, 16 (2), https://journals.openedition.org/erea/7537. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.7537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02157102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire Henri Maldiney : conditions d’une réception en anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpsestes. Revue de traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, La réception de la « pensée française » contemporaine dans le monde anglophone au prisme de la traduction, 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02300451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Impression(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aymes-Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image &amp; Narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Impression(s), 20 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02468095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Bret et Yolaine Escande (dirs.). Le paysage entre art et nature.Collection « Art et société ». Rennes, Presses Universitaires de Rennes, 2017, 181 p. Index des noms d’artistes, p. 171. Illustrations p. 1-xxvi. ISBN 978-2-7535-5492-4. », Textes et contextes [En ligne], 13-1 | 2018, mis en ligne le 20 novembre 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, http://preo.u-bourgogne.fr/textesetcontextes/index.php?id=1971</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01943626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Starling, A l’ombre du pin tordu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, http://journals.openedition.org/miranda/11776. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.11776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01817297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Project Update A Francophone Project on Nineteenth- Century Journalism and Journalists: Médias 19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Victorian Periodicals Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Victorian Periodicals Review 51:4 Winter 2018, p. 738-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01933759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘A capital fellow, full of vivacity & good talk’: Arthur Symons and Gabriel Sarrazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volupté - Interdisciplinary Journal of Decadence Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.19-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01819779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de la traduction dans La République en anglais simplifié d’I. A. Richards (1942)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpsestes. Revue de traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Quand les traducteurs prennent la parole : préfaces et paratextes traductifs, 31, p. 64-76. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/palimpsestes.2660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01881462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sir Lawrence Alma-Tadema, ‘At Home in Antiquity’ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.11093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01627571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forms of Artistic Commitments (1880-1940) Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Artistic and Literary Commitments (1880-1950), 13 (2), </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01663806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Politics of Utopia: Walter Pater’s ‘Lacedaemon’ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, « Commitment in Literature and in the Arts 1880-1950 », 13.2, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Romantics of 1909: Arthur Symons, Pierre Lasserre and T. E. Hulme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01421312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aucune chose ne soit, là où le mot faillit »: Reflections on literary translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (2), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17462/para.2016.02.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01419008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Yellow Nineties de Mérimée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Mérimée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp.78-97. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-4708-2.p.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01174831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late-Victorian Paganism: the case of the Pagan Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paganism in Late Victorian Britain, 80, http://cve.revues.org/1533. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.1533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A Rebours: Translating Walter Pater into French »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Pater Newsletter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.2-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Autonomy in the Dock: Oscar Wilde’s first trial »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Norms and Transgressions in Victorian and Edwardian Times — Appellations(s)/Naming/Labelling/Addressing, 79, http://cve.revues.org/1050. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.1114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la Fondation universitaire de Belleville (1899) à l’Ecole des Roches (1933) : Jacques Bardoux et l’éducation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 156, pp.7-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, de la transparence à l’opacité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, http://www.revue- textimage.com/conferencier/02_ekphrasis/coste1.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Condamnés à mort » : les mots français de Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Emprunts et empreintes de la langue étrangère dans la littérature victorienne et édouardienne, 78, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “la prairie fraternelle dont je suis avec vous l’herbe multicolore” : quand l'éthique de Claude Cahun queerise la théorie queer »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Hommage à L. Schehr , pp.273-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Walter Pater: Two Letters to Paul Bourget »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Walter Pater Newsletter </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61/62, pp.4-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 234 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individualism, Decadence and Globalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 232 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Du Bos, lecteur de Thomas Hardy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que ta main droite ignore ce que donne ta main gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 34 (1), pp.97-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies in the history of the Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 72, pp.232-236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Que ta main droite ignore ce que donne ta main gauche” : quand la psychanalyse joue au bonneteau avec le libéralisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 34 (1), pp.97-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “D’une correction impeccable, froidement impersonnel” : Pater lecteur de Mérimée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Mérimée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (1), pp.121-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu d'ouvrage : The Playfulness of Gerald Manley Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 70, pp.285-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Against the Grain: Michéa’s Radical Philosophy »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yale French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Turn to the Right?, 116 (7), pp.79-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pater : de la Décadence à l’euphuisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Studies in Walter Pater, n° 68, pp.205-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 68, pp.205-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sangsue, La Relation parodique, Paris, Corti, Les Essais, 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.238-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La connaissance de l'écrivain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.232-236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Bullen, &amp;quot;Continental Crosscurrents. British Criticism and European Art&amp;quot;, 1810-1910, Oxford, OUP, 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.544-551</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Why did I attract these weird old women?” Plath et la question de la féminité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage &amp; inconscient : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, n° 4 pp.40-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Soul of Woman under Liberalism: Laetitia Masson’s À Vendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in French Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 5 (3), pp.185-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “From dreamlight to daylight”: Pater’s Medievalism »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The AnaChronisT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11, pp.137-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un Amant : la première version française de Wuthering Heights »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 55 (1), pp.3-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Incomparably beyond and above you all” : le tragique brontëen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 53, pp.41-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Détruire dit-elle” : Lee Miller photographe de guerre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 17, pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traductions et échanges littéraires transnationaux : le cas des revues de la fin du 19e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traductions et échanges littéraires transnationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vanda Mikšić, Sep 2023, Zadar, Croatie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04140111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Georges Duthuit’s Le Rose et le noir : Disseminating Walter Pater’s The Renaissance in the 1920s’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Walter Pater, The Renaissance, and Legacies of Aesthe7cism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stefano Evangelista, Joseph Bristow, Jun 2023, Oxford United Kingdom, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04140114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une base de données de traductions en périodiques : la ‘Décabase’ » (avec Caroline Crépiat, Université de Lille), Colloque international, « What’s the Matter in Translation ? Traduction et Matérialités », Université Paul Valéry, 8-11 juin 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Crepiat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« What’s the Matter in Translation ? Traduction et Matérialités »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julie Sauvage, Marianne Drugeon, Lily Foley, Paola Artero, Jun 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Might Students engage with broader cultural questions relating to the circulation consumption, censorship, and reception of Decadent texts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Crepiat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Decadent Pedagogies"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduction des miracles et miracle de la traduction: Thomas H. Huxley, traducteur engagé »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international TRACT « Fiction/nonfiction: que dit la traduction? », Université Paris-Sorbonne-Nouvelle, 16-17 octobre 2021.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Poncharral, Cliona Ni Riordain, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Geddes, from the Evergreen to the Collège des Ecossais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Debates in Scottish Cosmopolitanism at the Fin de Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathew Creasy; Michael Shaw, Jul 2020, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02902666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Some Books for Snobs? Reflections on Symons’s Translations, Reception, Dissemination and the Book Market’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACLA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACLA, Mar 2019, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02334495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">15 ans de la MSH Dijon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Madeleine Ayang Ondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15 ans de la MSH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Translating the Poetry of Dante Gabriel Rossetti into fin de siècle France’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transnational poetics; Aestheticism and Decadence at the fin de siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marion Thain Jane Desmarais Kate Hext, May 2018, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01797094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Debating “l’esthéticisme” and “l’esthétisme “ in (some) French Periodicals’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Curiosity and Desire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Joseph Bristow, Stefano Evangelista Charlotte Ribeyrol, May 2018, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01797098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Internationalizing Pearl Craigie’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WOMEN WRITING DECADENCE EUROPEAN PERSPECTIVES, 1880-1920</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Leire Barrera Katharina Herold, Jul 2018, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01846676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduire Henri Maldiney : éléments de réflexion »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La reception de la pensée française contemporaine au prisme de la traduction The Reception of French Contemporary Thought through the Prism of Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Poncharal Marion Naugrette, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01897062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic Controversies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Politics Of Aestheticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste, Oct 2017, Tourtour, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01623101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction “‘Literary Offenses’ and Other Contentious Matter” A one-day conference on Literary Controversyin Great Britain and the United States (1800-1900)’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Niemeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“‘Literary Offenses’ and Other Contentious Matter” A one-day conference on Literary Controversy in Great Britain and the United States (1800-1900)’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste and Mark Niemeyer, Sep 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01706018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘one’s first care should be with its elementary particles’ : Walter Pater traducteur, traductologue », atelier « Le traducteur : traductologue à son insu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès mondial de traductologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florence Ribstein, Apr 2017, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01558657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la controverse et de ses usages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Atelier CRECIB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01558659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Symons: The French Experience »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Symonsposium »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jane Desmarais, Jul 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01558661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Strange Old Italian Dress’: Walter Pater, Victorian Fashionista? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Cross-dressing in Fact and in Fiction »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Delyfer, Apr 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01519492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Gold in the city? Symons’s London, a Book of Aspects (1909) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Gold in/and Art »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Delyfer, Sep 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Exprimer publiquement sa croyance: le débat sur le plainspeaking dans les années 1860-1870 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Singularités et solidarités dans la littérature et les arts britanniques du XIXe au XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Capital Translators: Men of the Lutetian Society »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Fin-de-Siècle Echoes: Strange Friendships, Unseen Rivalries, and Lost Paths of Literary Influence, 1880-1910 »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A Different Symons »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthur Symons Writing across Arts and Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de la traduction dans _La République en anglais simplifié _ d'I.A. Richards (1942)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quand les traducteurs prennent la parole : postures théoriques, mises en pratique et résonances / Translators on Translating: Theoretical Views, Praxis and Resonances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabelle Genin et Jessica Stephens, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01164803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Claude Cahun, Jersey 1945 », Journée d’études « Femmes et engagement », Université de Cergy-Pontoise, 24 janvier 2014.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Femmes et engagement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Cergy-Pontoise (Université de), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “a sudden, mysterious blossoming” : le romantisme selon Walter Pater »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Réévaluations du romantisme », Université Paul Valéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Blaise et Sylvie Prieur, Apr 2012, Montpellier, France. pp.127-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Dis/continuity: Pater and (the) French »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Walter Pater: Dis/ continuities »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«The Uneasy Modernist: John Middelton Murry »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Beyond the Victorian and Modernist Divide »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne-Florence Gillard-Estrada &amp; Anne Besnault-Levita, Mar 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Before fin de siècle: periodical cosmopolitanism of the 1860s and 1870s»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Cosmopolitanism, Aestheticism and Decadence »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, University of Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Autonomy in the Dock: Oscar Wilde’s first trial »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SFEVE Norms and Transgressions in the Victorian Times</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Xavier Guidicelli, Jan 2013, Colloque de la SFEVE, Université de Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Some types of Synaestheses in The Foundation of Aesthetics »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Texte et Image « La Synesthésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Rêver avec les Victoriens »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées psychothérapiques de Saint-Martin de Vignogoul</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Saint-Martin de Vignogoul, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Which poet in which poetry? Arthur Symons’s vision of Romanticism »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Fin de siècle Romanticism »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stefano Evangelista, Jun 2013, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«‘In the Toils of the Scarlet Woman’: the Catholic and Religious Question in Wilde’s Letters »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One-Day Symposium « The Importance of Being Wilde »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Limerick (University of), Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Walter Pater auteur français?»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Emprunts et empreintes de la langue étrangère dans la littérature victorienne et édouardienne »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emily Eells, Feb 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«‘The independence of the word’: Words, Styles, Literature, and the Question of Value between 1880 and 1920 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESF Exploratory Workshop (International Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste, Catherine Delyfer, Christine Reynier, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lee Miller, War “ethical” Photographer?»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Ethics of Alterity in 19th to 21st-century British Arts »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine Reynier and Jean-Michel Ganteau, Apr 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conversion d'Anthony Blair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"La Conversion", Colloque international du Centre interuniversitaire d'étude du religieux, MSH, 14 octobre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Montpellier, France. pp.57-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03068989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Renaissance de Walter Pater, de la transparence à l’opacité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SAES, Atelier SAIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2012, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beata Urbs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études « Imagined Civities », Faculty of English, Cambridge University, 8 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lacan et les femmes : essai de recontextualisation du séminaire XX »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Ethique et genre »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claudine Raynaud, Université Paul Valéry, Nov 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quelques ekphrasis dans &amp;quot;The Renaissance&amp;quot; de Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier SAIT, Congrès SAES, Limoges, 11-13 mai 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« When Gaston Meets Dorian: Pater reading Wilde »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Decadent Poetics », Exeter University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alex Murray et Jason Hall, Jul 2011, Exeter, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Beata Urbs’: Walter Pater and the City »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One-day symposium « Imagined Civities », Faculty of English, Cambridge University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aurélie Petiot, Jun 2011, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du Bos lecteur de Thomas Hardy »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du Cervec sur Thomas Hardy, UPV, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Annie Escuret, Jun 2008, Montpellier, France. https://miranda.revues.org/2056</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oscar Wilde as a Reader of W. K. Clifford »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Believing in the Nineteenth Century: W.K. Clifford / W. James »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste et Guillaume Tanguy, Dec 2011, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Problem with Ethics: J. A. Symonds’s Greek Ethics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Ethics and Alterity »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine Reynier et Jean-Michel Ganteau, May 2011, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La conversion d’Anthony Blair »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du Centre interuniversitaire d’étude du religieux, MSH Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre interuniversitaire d’étude du religieux, Oct 2010, Montpellier, France. pp.55-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De l’Oscar avec de vrais morceaux de Walter à l’intérieur»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Colloque « Formes allogènes dans le discours », Université de Pau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabienne Gaspari, Mar 2010, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cas Ruskin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Transmission and Transmissibility in Social Sciences », EHESS, Paris, 10-11 mai 2010.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Oscar avec de vrais morceaux de Walter à l'intérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Formes allogènes dans le discours », Université de Pau, 20-21 mars 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bernard Berenson et la Méditerranée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les Médiateurs de la Méditerranée », MSH Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie-Eve Therenty et Christine Reynier, Oct 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berenson et la Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les Médiateurs de la Méditerranée », MSH, Montpellier, 12 octobre 2010.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Mais moi, je ne suis pas de l’université”: Lacan »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, Jun 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le “cas” Ruskin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Transmission and Transmissibility in Social Sciences », EHESS.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stéphanie Schwerter et Jennifer K. Dick, May 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Retrouver la Grèce ( ?) : On Translating Homer de Matthew Arnold »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Traduire les Anciens (Grecs et Latins) en Europe du début du XIXe siècle à nos jours »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Chevallier, Mar 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver la Grèce ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Traduire les Anciens en Europe du début du XIXe siècle à nos jours", Université de Caen, Caen, 31 mars-1er avril 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Walter Pater : la renaissance et la relique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congrès de la SAES, Atelier « Littérature et Psychanalyse »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLVIIIe congrès de la SAES "La Résurgence", Université d'Orléans, Orléans, 16-18 mai 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Parcours et détours de la croyance chez Walter Pater et Mary Ward »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congrès de la SAES, Atelier SFEVE,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2004, Versailles Saint-Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “The Perfection of Nobody’s Style”: Impersonality and Emotion in Pater’s “Prosper Mérimée”»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Impersonality and Emotion », Université Paul Valéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine Reynier et Jean-Michel Ganteau, Jan 2003, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Those Luscious Heavy-petalled Blossoms” : Perversions patériennes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Atelier SFEVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Soul of Woman under Liberalism: Masson’s “À Vendre” » Workshop: « Marginality in European Cinema »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEMLA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NEMLA Society, Apr 2002, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Why did I attract these weird old women ?”: Plath and Feminism »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Plath International Symposium »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Bloomington, IN, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Quand Marius va au spectacle : nature et fonction de la représentation chez W. Pater »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la SFEVE, Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Annie Escuret, Jan 2002, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La peinture représente-t-elle le temps ? : sur le “Sandro Botticelli” de W. Pater »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Word and Image International Symposium », Holycross College.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maurice Gerarcht, Jun 2001, Worcester, MA, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La romance chez W. Pater : nature et fonction »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journée d’études du Département d’Anglais, de l’UPV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Wuthering, withering, weathering” : tare, dégénérescence et endurance du discours chez Emily Brontë »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ournée d’études du CRLP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe Marty, Apr 2000, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désanonymisation des auteurs de la revue &amp;quot;Saturday Review&amp;quot; (1855-1875) avec du machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethan Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Brahim El Vaigh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nicolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modèles de langue pour les domaines de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désanonymisation des auteurs de la revue &amp;quot;Saturday Review&amp;quot; (1855-1875) grâce au Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethan Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Brahim El Vaigh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nicolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">https://gdr-tal-nantes.sciencesconf.org/resource/page/id/2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nantes (France), France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La donnée et le périodique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethic-Hum, Colloque des doctorant.e.s de l’ED 58,Université Paul Valéry, 20 juin 2022.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Montpellier, France. , 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Henri Maldiney: de la traduction », Journée d’étude Henri Maldiney, AFP, Paris 12 juin 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'association de psychanalyse freudienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A propos d’un paysage urbain », Journée d’études « Paysages en Mouvement », Université Paul Valéry, 17 juin 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Paysages en Mouvement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Montpellier, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Actualités d’Alphonse Legros »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alphonse Legros</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Dijon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01915652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, du portrait littéraire à l’étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, coll. "Études romantiques et dix-neuviémistes", Eleonore Reverzy, 9782406129813. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12983-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freud, la littérature, la psychanalyse : l’éthique de la relation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 160 p., 2018, Collection des Littératures, Marie Blaise, 978-2-36781-278-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01951467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cette époque de doute&amp;quot;: Walter Pater et la question de la croyance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 328 p., 2017, Horizons anglophones, Christine Reynier et Jean-Michel Ganteau, 9-827-36781-125-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01550004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Curiously testing new opinions ». New perspectives on Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Florence Gillard-Estrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Ribeyrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lambert-Charbonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Among the Victorians and Modernists, 9780367346454</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnecting Aestheticism and Modernism : continuities, revisions, speculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delyfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 210 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artistic and Literary Commitments (1880-1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">revues.org</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 13 ( 2016) (2), 2016, Artistic and Literary Commitments (1880-1950), Nathalie Vanfasse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01337334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnecting Aestheticism and Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste; Catherine Delyfer; Christine Reynier. Routledge, 2016, 9781138640771</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01419005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, La Renaissance Études d’art et de poésie, Édition de Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste. Classiques Garnier, 2016, Paolo Tortonese et Pierre Galudes, 978-2-8124-3584-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01419001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic Lives: 'New Experience, New Subjects of Poetry, New Forms of Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delyfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rivendale Press, 2013, 9781904201236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic Lives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Delyfer &amp; Bénédicte Coste. Rivendale, 2013, 9781904201236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Believing in Victorian Times, octobre 2012.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste. PULM, octobre 2012 (76), 2013, Cahiers victoriens et édouardiens, 2271-6149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellug, 2012, Collection Paroles d'ailleurs, 978-2-84310-230-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01105321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Ruskin, Les Sept lampes de l’architecture, traduction de Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Houdiard, 2011, 9782356920546</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, esthétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Houdiard, 296 p., 2011, 9782356920539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, Essais sur la mythologie et l’art grec, traduction de Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Houdiard 2010, 978-2-35692-026-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, critique littéraire. « The Excitement of the Literary Sense »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ELLUG, 2010, Denis Bonnecase, 978-2-84310-162-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« France: The Rise of Modern Decadence »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jane Desmarais ; David Weir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Decadence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford Univerity Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9780190066987. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780190066956.013.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Arthur Symons in France: Transnational Journalism and the French Reception »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stefano Evangelista and Elisa Bizzoto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthur Symons. Poet, Critic, Vagabond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legenda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-16, 2018, STUDIES IN COMPARATIVE LITERATURE 44, 978-1781884973</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01847739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction&amp;quot; Penser l'art du paysage avec Henri Maldiney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'art du paysage avec Henri Maldiney. Textes réunis par Bénédicte Coste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EUD</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-22, 2018, Penser l'art du paysage avec Henri Maldiney. Textes réunis par Bénédicte Coste, 978-2-36441-281-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01922936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Walter Pater as a Translator of the Classics »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles Martindale and Stefano Evangelista. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pater the Classicist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.47-61., 2017, Classical Presences, 9780198723417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01623090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “No disciple of mine” : une étape de la réception française de John Ruskin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jennifer K Dick et Stephanie Schwerter,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire: transmettre ou trahir? Réflexions sur la traduction en sciences humaines, éds. Jennifer K Dick et Stephanie Schwerter, Paris, éditions de la F-MSH, 2013.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions de la F-MSH, 2013, 9782735115303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Rather will the poetry of Homer make us forget his philology, than his philology make us forget his poetry” : On Translating Homer de Matthew Arnold »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire les Anciens (Grecs et Latins) en Europe du début du XIXe siècle à nos jours, éds. Claire Lechevalier et Laurence Pradelle, Caen, Presses de l’Université de Caen, 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Crustacés et coquillages (Martineau et Ducastel) : logique et éthique de l’identité post gaie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florian Grandena et Cristina Johnston. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinematic Queerness Gay and Lesbian Hypervisibility in Contemporary Francophone Feature Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-152, 2011, 9783034301831</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “The perfection of nobody’s style”: Impersonality and Emotion in Pater’s Prosper Mérimée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.-M. Ganteau &amp; C. Reynier </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impersonality and Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’UPV, 2005., pp. 29-42., 2005, 2842697510</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pater’s Academic Reception in France »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephen Bann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Critical Reception of Walter Pater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.122-43. 2004, 9780826468468</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Charles Martindale, Lene Ostermark-Johansen, Elizabeth Prettejohn eds., Walter Pater and the Beginnings of English Studies, Cambridge and New York, CUP 2023.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Charles Martindale, Lene Ostermark-Johansen, Elizabeth Prettejohn eds., Walter Pater and the Beginnings of English Studies, Cambridge and New York, CUP 2023.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hww⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« En remontant Hollywell Street »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://ictil.hypotheses.org/664</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Claude Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Éclats, n° 2, La recherche et le discours scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, https://preo.u-bourgogne.fr/eclats/index.php?id=334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03910620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-C. Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Éclats, n° 1, Traduire l’Autre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, https://preo.u-bourgogne.fr/eclats/index.php?id=77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03476365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The Papers of the Metaphysical Society, 1869-1880. A Critical Edition, éds. Catherine Marshall, Bernard Lightman and Richard England, Oxford University Press, 2015, 3 vols.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Charlotte Ribeyrol, « Etrangeté, passion, couleur » L’hellénisme de Swinburne, Pater et Symonds (1865-1880), Grenoble, ELLUG, 2013. Cahiers victoriens, http://cve.revues.org/2397</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Walter Pater, Imaginary Portraits, éd. Lene Ostermark-Johansen, London, The Jewelled Tortoise, MHRA, 2014.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, http://cve.revues.org/2400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: &amp;quot;Annie Besant (1847-1933) La lutte et la quête&amp;quot;, par Muriel Pécastaing-Boissière et Marie Terrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, http://www.cercles.com/review/r75/pec.html#_ftn1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bonnecase et Sébastien Scarpa, eds., Tombeau de Swinburne, Paris, Aden, 2010 & Sébastien Scarpa, A. C. Swinburne et les enjeux de la création post-romantiques, Paris, Houdiard, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture. Malcolm Quinn, Utilitarianism and the Art School, London, Pickering and Chatto, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, http://etudes-benthamiennes.revue.org/701. Mis en ligne le 15 janvier 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark A. Cheetham, Artwriting, Nation and Cosmopolitanism, Farnham, Ashgate, 2012, The Eighth Lamp, http://issuu.com/theeighthlamp/docs/l88. 50-52.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse de la Décadence anglo-française. Compte rendu de : Matthew Potolsky, The Decadent Republic of Letters. Taste, Politics, and Cosmopolitan Community from Baudelaire to Beardsley, Philadelphia : University of Pennsylvania Press, 2013, 256 p., EAN 9780812244496</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, http://www.fabula.org/revue/document8245.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture. Matthew Potolsky, The Decadent Republic of Letters. Taste, Politics, and Cosmopolitan Community from Baudelaire to Beardsley, Philadelphia, University of Pennsylvania Press, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Regenia Gagnier, Individualism, Decadence and Globalization. On the Relationship of Part to Whole, 1859–1920</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, pp.227-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Regenia Gagnier, Individualism, Decadence and Globalization. On the Relationship of Part to Whole, 1859-1920, Basingstoke, Palgrave Macmillan, 2010.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Douglas Mao, Fateful Beauty, Princeton, Princeton, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, http://www.oscholars.com/TO/Tcac/Critic2.htm#coste</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Jill L. Matus, Shock, Memory and the Unconscious in Victorian Fiction, Cambridge, CUP, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Walter Pater, Studies in the History of the Renaissance, Oxford, Oxford Classics, 2010.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: La Lecture littéraire n°9, « Lecture et psychanalyse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, http://www.fabula.org/revue/document3899.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Joseph J. Feeney, The Playfulness of Gerald Manley Hopkins, Aldershot, Ashgate, 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp. 285-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Victoria Morgan and Clare Williams, eds., Shaping Belief. Culture, Politics and Religion in Nineteenth-century Writing, Liverpool, Liverpool UP, 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.288-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Prosper Mérimée, Nouvelles, éd. Pierre Glaudes, Paris, Gallimard, Foliothèque 145, 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp. 185-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Margot K. Louis, Persephone Rises, 1860-1927. Mythography, Gender, and the Creation of a New Spirituality, Aldershot, Ashgate, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Francesca Orestano and Franscesca Frigerio eds., Strange sisters. Literature and Aesthetics in the Nineteenth Century, Bern, Peter Lang, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Marcel Proust, La Bible d’Amiens de John Ruskin, Préface, traduction et notes à édition établie par Yves-Michel Ergal, Paris, Bartillat, 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp. 500-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Daniel Sangsue, La Relation parodique, Paris, Corti, Les Essais, 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.238-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Jacques Bouveresse, La connaissance de l’écrivain. Sur la littérature, la vérité et la vie, Marseille, Agone, 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.232-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Catherine Millot, La Vie parfaite, Paris, Gallimard, L’infini, 2006.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.150-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: J.-B. Bullen, Continental Crosscurrents. British Criticism and European Art 1810-1910, Oxford, OUP, 2005.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp. 544-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Pascal Aquien, Oscar Wilde. Les mots et les songes. Biographie, Paris, Aden, 2006.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.213-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Andrea Sabbadini ed., The Couch and the Silver Screen. Psychoanalytic Reflections on European Cinema.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Henri Rey-Flaud, « Et Moïse créa les Juifs… ». Le Testament de Freud, Paris, Aubier, 2006.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.143-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: René Gallet, Romantisme et postromantisme. De Wordsworth à Pater, Paris, L’Harmattan, 2004.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu du lecture: Bernadette Bertrandias, Charlotte Brontë. La parole orpheline, Paris, Ellipses, 2004.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp. 341-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Kelly Oliver, ed. The Portable Kristeva Reader, New York, Columbia UP, 2002.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002, www.fabula.org/revue/cr/317.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture P. Piret et G. Michaux (sous la direction de), Logiques et Écritures de la négation, Paris, Kimé, 2000.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002, www.fabula.org/revue/cr/259.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La présence chez Henri Maldiney: quel enseignement pour la réalité virtuelle?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler avec Freud et Jung aujourd’hui&amp;quot; JE co-organisée avec Véronique Liard le 16 avril 2015, à l'Université de Bourgogne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Liard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01222919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Photo stéréoscopique victorienne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les Yellow Nineties de Mérimée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lacan et les femmes: approches du séminaire XX»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand Henri Maldiney s'intéresse à la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Université de Bourgogne, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02334461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating Decadence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Desmarais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LEA - Lingue e Letterature d’Oriente e d’Occidente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, pp.7-10, 2024, Translating Decadence, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/lea-1824-484x-14818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanités médicales et de santé du Moyen Âge au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Brouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Laubner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éclats. Revue des doctorantes et doctorants de l’école doctorale 592 LECLA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, https://preo.u-bourgogne.fr/eclats/index.php?id=347, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the Periodical Essay (1860-1940)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20 (2), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20.2, 2023, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.16480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04130702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impression(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aymes-Stokes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image &amp; Narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20 (4), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception de Freud et Jung aux 20e et 21e siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Liard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste; Véronique Liard. France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://preo.u-bourgogne.fr/textesetcontextes/index.php?id=1707, 2016, VARIA Parler de Freud et de Jung aux XXe et XXIe siècles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01391577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arts, Erudition, Croyances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Liard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Laigneau-Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01391583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies in Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, 260 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VERLAINE TRADUCTEUR D’ARTHUR SYMONS : RÉÉDITORIALISER LA TRADUCTION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du Tricentenaire à l’anglistique à l’Université de Dijon/Bourgogne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIONEL JOHNSON, L’UNIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WALTER PATER DANS LA “REVUE DES DEUX MONDES” : UNE PRÉSENCE DISCRÈTE, DES TRADUCTIONS SYNTHÉTIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Une traduction récente de trois poèmes d’Ernest Dowson”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02509351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRADUIRE LA POÉSIE DÉCADENTE – STUART MERRILL TRADUCTEUR D’ERNEST DOWSON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02507190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice Francis VIELÉ-GRIFFIN (1864-1937</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des Passeurs de la Littérature des États-Unis,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur le Style (1890)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.13-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais sur la mythologie et sur l'art grec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essais sur la mythologie et sur l'art grec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 214 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mouvement symboliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.72-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note en faveur des églises italiennes de la Renaissance (1902)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.44-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId290"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:62.239583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bénédicte Coste </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Etudes victoriennes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benedicte-coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6455-2208</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">076354199</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I teach Victorian studies and translation ENG-FRE with a strong interest in NMT and post edition.My research centers around British Aestheticism, decadence studies, translation in/and periodicals of the fin de siècle.  My forthcoming monograph with SUP is a history of British Aestheticism.I enjoy working with different partners:With Dr Caroline Crépiat, we have developed a database of translations ENG-FRE in 10 French periodicals feely accessible : the Décabase ([decabase.u-bourgogne.fr])With the AI lab in Dijon (ciad.u-bourgogne.fr), we have developed a project for desanonymising 6 S</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">aturday Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">'s contributors (see [https://periad.checksem.fr])With Prof. Laurel Brake, we are writing a biography of Walter and Clara Pater commissioned by OUP.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodicals and Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, The Cahiers victoriens et édouardiens Celebrates Its 50th Anniversary, 100 Automne, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/132rc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04888425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. H. Huxley, Reluctant Autobiographer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Victorian and Edwardian Autobiographies, 98 Automne, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.13940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction des miracles et miracle de la traduction : T. H. Huxley traducteur engagé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpsestes. Revue de traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Fiction/Nonfiction, que dit la traduction?, 37, http://journals.openedition.org/palimpsestes/8240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Those Forgotten Reviews: Walter Pater and Oscar Wilde as Reviewers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Revisiting the Periodical Essay (1860-1940), 20.2, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.16276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04130708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « Décabase » Explorer les traductions en périodiques et dessiner des perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ars &amp; humanitas (Journal of Arts and Humanities)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Sodobni pogledi na literarno prevajanje, 17 (1), pp.25-38. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4312/ars.17.1.25-38⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croyance dans le fumoir : “The Portrait of Mr. WH”, l’éthique de la croyance de William Kingdon Clifford et l’assentiment selon John Henry Newman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 75 (4), pp.463-78. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etan.754.0463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un poète français? Swinburne en France, Swinburne et la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi Francesi. Rivista quadrimestrale fondata da Franco Simone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 201 ((LXVII | III)), pp.583-96. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/studifrancesi.54962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Baillet, Visions et divisions. Discours culturels de Punch et ordre social victorien (1850-1880)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.50687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Swinburne en France, Swinburne et la France »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi francesi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debating ‘l’esthéticisme’ and ‘l’esthétisme’ in Some French Periodicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Walter Pater and in Aestheticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7, pp.46-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Symons the translator: Translation, remediation, recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (2), </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17462/para.2021.02.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Easley, Clare Hill, and Beth Rogers (eds), Women, Periodicals, and Print Culture in the Victorian Period. Edinburgh, Edinburgh UP, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.10040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Beliefs: Walter Pater and Contemporary French Fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Epistemocriticism: Science and Literature – A Tribute to Annie Escuret, 90, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.6722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02496243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pater, Walter. Gaston de Latour, Ed. Gerald Monsman. The collected Works of Walter Pater. Vol. iv. Oxford: Oxford University Press, 2019. xxxviii + 399 pp. £115.00.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Walter Pater and in Aestheticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02927642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Child in the House of Print</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image &amp; Narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Impression(s), 20 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02468080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Strange old Italian dresses’: Walter Pater, Victorian fashionista? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Cross-Dressing in Fact, Fiction and Fantasy, 16 (2), https://journals.openedition.org/erea/7537. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.7537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02157102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire Henri Maldiney : conditions d’une réception en anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpsestes. Revue de traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, La réception de la « pensée française » contemporaine dans le monde anglophone au prisme de la traduction, 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02300451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Impression(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aymes-Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image &amp; Narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Impression(s), 20 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02468095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Starling, A l’ombre du pin tordu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, http://journals.openedition.org/miranda/11776. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.11776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01817297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Bret et Yolaine Escande (dirs.). Le paysage entre art et nature.Collection « Art et société ». Rennes, Presses Universitaires de Rennes, 2017, 181 p. Index des noms d’artistes, p. 171. Illustrations p. 1-xxvi. ISBN 978-2-7535-5492-4. », Textes et contextes [En ligne], 13-1 | 2018, mis en ligne le 20 novembre 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, http://preo.u-bourgogne.fr/textesetcontextes/index.php?id=1971</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01943626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Project Update A Francophone Project on Nineteenth- Century Journalism and Journalists: Médias 19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Victorian Periodicals Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Victorian Periodicals Review 51:4 Winter 2018, p. 738-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01933759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘A capital fellow, full of vivacity & good talk’: Arthur Symons and Gabriel Sarrazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volupté - Interdisciplinary Journal of Decadence Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.19-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01819779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de la traduction dans La République en anglais simplifié d’I. A. Richards (1942)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpsestes. Revue de traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Quand les traducteurs prennent la parole : préfaces et paratextes traductifs, 31, p. 64-76. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/palimpsestes.2660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01881462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sir Lawrence Alma-Tadema, ‘At Home in Antiquity’ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.11093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01627571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aucune chose ne soit, là où le mot faillit »: Reflections on literary translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (2), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17462/para.2016.02.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01419008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forms of Artistic Commitments (1880-1940) Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Artistic and Literary Commitments (1880-1950), 13 (2), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01663806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Politics of Utopia: Walter Pater’s ‘Lacedaemon’ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, « Commitment in Literature and in the Arts 1880-1950 », 13.2, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Romantics of 1909: Arthur Symons, Pierre Lasserre and T. E. Hulme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01421312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Yellow Nineties de Mérimée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Mérimée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp.78-97. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-4708-2.p.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01174831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late-Victorian Paganism: the case of the Pagan Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paganism in Late Victorian Britain, 80, http://cve.revues.org/1533. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.1533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A Rebours: Translating Walter Pater into French »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Pater Newsletter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.2-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Autonomy in the Dock: Oscar Wilde’s first trial »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Norms and Transgressions in Victorian and Edwardian Times — Appellations(s)/Naming/Labelling/Addressing, 79, http://cve.revues.org/1050. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.1114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la Fondation universitaire de Belleville (1899) à l’Ecole des Roches (1933) : Jacques Bardoux et l’éducation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 156, pp.7-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, de la transparence à l’opacité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, http://www.revue- textimage.com/conferencier/02_ekphrasis/coste1.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Condamnés à mort » : les mots français de Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Emprunts et empreintes de la langue étrangère dans la littérature victorienne et édouardienne, 78, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01109055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “la prairie fraternelle dont je suis avec vous l’herbe multicolore” : quand l'éthique de Claude Cahun queerise la théorie queer »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Hommage à L. Schehr , pp.273-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Walter Pater: Two Letters to Paul Bourget »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Walter Pater Newsletter </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61/62, pp.4-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 234 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individualism, Decadence and Globalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 232 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Du Bos, lecteur de Thomas Hardy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que ta main droite ignore ce que donne ta main gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 34 (1), pp.97-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies in the history of the Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 72, pp.232-236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Que ta main droite ignore ce que donne ta main gauche” : quand la psychanalyse joue au bonneteau avec le libéralisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 34 (1), pp.97-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Against the Grain: Michéa’s Radical Philosophy »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yale French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Turn to the Right?, 116 (7), pp.79-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu d'ouvrage : The Playfulness of Gerald Manley Hopkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 70, pp.285-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “D’une correction impeccable, froidement impersonnel” : Pater lecteur de Mérimée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Mérimée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (1), pp.121-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sangsue, La Relation parodique, Paris, Corti, Les Essais, 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.238-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pater : de la Décadence à l’euphuisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Studies in Walter Pater, n° 68, pp.205-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 68, pp.205-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La connaissance de l'écrivain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.232-236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Why did I attract these weird old women?” Plath et la question de la féminité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage &amp; inconscient : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, n° 4 pp.40-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Bullen, &amp;quot;Continental Crosscurrents. British Criticism and European Art&amp;quot;, 1810-1910, Oxford, OUP, 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.544-551</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Soul of Woman under Liberalism: Laetitia Masson’s À Vendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in French Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 5 (3), pp.185-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “From dreamlight to daylight”: Pater’s Medievalism »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The AnaChronisT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11, pp.137-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un Amant : la première version française de Wuthering Heights »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 55 (1), pp.3-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Incomparably beyond and above you all” : le tragique brontëen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 53, pp.41-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Détruire dit-elle” : Lee Miller photographe de guerre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 17, pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (70)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«‘La construction de quelques phrases’ : traduire les églises patériennes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Le temps des cathédrales: discours et matérialité”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rouen, Jan 2026, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05553418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Dowson in France: The Statute of Limitations in Poetic Translation’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ernest Dowson: Revived</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Goldsmiths University London, Feb 2025, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05553416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Walter Pater the Translator: Feuillet’s La Veuve”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans/Pater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cornell University, Sep 2025, Ithaca (Cornell University), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05553417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traductions et échanges littéraires transnationaux : le cas des revues de la fin du 19e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traductions et échanges littéraires transnationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vanda Mikšić, Sep 2023, Zadar, Croatie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04140111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Georges Duthuit’s Le Rose et le noir : Disseminating Walter Pater’s The Renaissance in the 1920s’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Walter Pater, The Renaissance, and Legacies of Aesthe7cism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stefano Evangelista, Joseph Bristow, Jun 2023, Oxford United Kingdom, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04140114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Might Students engage with broader cultural questions relating to the circulation consumption, censorship, and reception of Decadent texts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Crepiat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Decadent Pedagogies"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une base de données de traductions en périodiques : la ‘Décabase’ » (avec Caroline Crépiat, Université de Lille), Colloque international, « What’s the Matter in Translation ? Traduction et Matérialités », Université Paul Valéry, 8-11 juin 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Crepiat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« What’s the Matter in Translation ? Traduction et Matérialités »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julie Sauvage, Marianne Drugeon, Lily Foley, Paola Artero, Jun 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduction des miracles et miracle de la traduction: Thomas H. Huxley, traducteur engagé »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international TRACT « Fiction/nonfiction: que dit la traduction? », Université Paris-Sorbonne-Nouvelle, 16-17 octobre 2021.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Poncharral, Cliona Ni Riordain, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Geddes, from the Evergreen to the Collège des Ecossais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Debates in Scottish Cosmopolitanism at the Fin de Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathew Creasy; Michael Shaw, Jul 2020, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02902666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Some Books for Snobs? Reflections on Symons’s Translations, Reception, Dissemination and the Book Market’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACLA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACLA, Mar 2019, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02334495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Debating “l’esthéticisme” and “l’esthétisme “ in (some) French Periodicals’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Curiosity and Desire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Joseph Bristow, Stefano Evangelista Charlotte Ribeyrol, May 2018, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01797098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Translating the Poetry of Dante Gabriel Rossetti into fin de siècle France’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transnational poetics; Aestheticism and Decadence at the fin de siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marion Thain Jane Desmarais Kate Hext, May 2018, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01797094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">15 ans de la MSH Dijon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Madeleine Ayang Ondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15 ans de la MSH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Internationalizing Pearl Craigie’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WOMEN WRITING DECADENCE EUROPEAN PERSPECTIVES, 1880-1920</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Leire Barrera Katharina Herold, Jul 2018, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01846676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduire Henri Maldiney : éléments de réflexion »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La reception de la pensée française contemporaine au prisme de la traduction The Reception of French Contemporary Thought through the Prism of Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Poncharal Marion Naugrette, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01897062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic Controversies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Politics Of Aestheticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste, Oct 2017, Tourtour, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01623101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction “‘Literary Offenses’ and Other Contentious Matter” A one-day conference on Literary Controversyin Great Britain and the United States (1800-1900)’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Niemeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“‘Literary Offenses’ and Other Contentious Matter” A one-day conference on Literary Controversy in Great Britain and the United States (1800-1900)’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste and Mark Niemeyer, Sep 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01706018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘one’s first care should be with its elementary particles’ : Walter Pater traducteur, traductologue », atelier « Le traducteur : traductologue à son insu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès mondial de traductologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florence Ribstein, Apr 2017, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01558657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la controverse et de ses usages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Atelier CRECIB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01558659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Symons: The French Experience »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Symonsposium »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jane Desmarais, Jul 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01558661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Strange Old Italian Dress’: Walter Pater, Victorian Fashionista? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Cross-dressing in Fact and in Fiction »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Delyfer, Apr 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01519492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Gold in the city? Symons’s London, a Book of Aspects (1909) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Gold in/and Art »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Delyfer, Sep 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Exprimer publiquement sa croyance: le débat sur le plainspeaking dans les années 1860-1870 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Singularités et solidarités dans la littérature et les arts britanniques du XIXe au XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Capital Translators: Men of the Lutetian Society »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Fin-de-Siècle Echoes: Strange Friendships, Unseen Rivalries, and Lost Paths of Literary Influence, 1880-1910 »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A Different Symons »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthur Symons Writing across Arts and Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de la traduction dans _La République en anglais simplifié _ d'I.A. Richards (1942)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quand les traducteurs prennent la parole : postures théoriques, mises en pratique et résonances / Translators on Translating: Theoretical Views, Praxis and Resonances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabelle Genin et Jessica Stephens, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01164803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Claude Cahun, Jersey 1945 », Journée d’études « Femmes et engagement », Université de Cergy-Pontoise, 24 janvier 2014.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Femmes et engagement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Cergy-Pontoise (Université de), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “a sudden, mysterious blossoming” : le romantisme selon Walter Pater »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Réévaluations du romantisme », Université Paul Valéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Blaise et Sylvie Prieur, Apr 2012, Montpellier, France. pp.127-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«The Uneasy Modernist: John Middelton Murry »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Beyond the Victorian and Modernist Divide »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne-Florence Gillard-Estrada &amp; Anne Besnault-Levita, Mar 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Dis/continuity: Pater and (the) French »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Walter Pater: Dis/ continuities »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Before fin de siècle: periodical cosmopolitanism of the 1860s and 1870s»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Cosmopolitanism, Aestheticism and Decadence »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, University of Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Some types of Synaestheses in The Foundation of Aesthetics »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Texte et Image « La Synesthésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Rêver avec les Victoriens »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées psychothérapiques de Saint-Martin de Vignogoul</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Saint-Martin de Vignogoul, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Autonomy in the Dock: Oscar Wilde’s first trial »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SFEVE Norms and Transgressions in the Victorian Times</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Xavier Guidicelli, Jan 2013, Colloque de la SFEVE, Université de Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Which poet in which poetry? Arthur Symons’s vision of Romanticism »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Fin de siècle Romanticism »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stefano Evangelista, Jun 2013, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«‘In the Toils of the Scarlet Woman’: the Catholic and Religious Question in Wilde’s Letters »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One-Day Symposium « The Importance of Being Wilde »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Limerick (University of), Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Walter Pater auteur français?»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Emprunts et empreintes de la langue étrangère dans la littérature victorienne et édouardienne »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emily Eells, Feb 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«‘The independence of the word’: Words, Styles, Literature, and the Question of Value between 1880 and 1920 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESF Exploratory Workshop (International Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste, Catherine Delyfer, Christine Reynier, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lee Miller, War “ethical” Photographer?»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Ethics of Alterity in 19th to 21st-century British Arts »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine Reynier and Jean-Michel Ganteau, Apr 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conversion d'Anthony Blair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"La Conversion", Colloque international du Centre interuniversitaire d'étude du religieux, MSH, 14 octobre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Montpellier, France. pp.57-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03068989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Renaissance de Walter Pater, de la transparence à l’opacité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SAES, Atelier SAIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2012, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beata Urbs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études « Imagined Civities », Faculty of English, Cambridge University, 8 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quelques ekphrasis dans &amp;quot;The Renaissance&amp;quot; de Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier SAIT, Congrès SAES, Limoges, 11-13 mai 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lacan et les femmes : essai de recontextualisation du séminaire XX »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Ethique et genre »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claudine Raynaud, Université Paul Valéry, Nov 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du Bos lecteur de Thomas Hardy »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du Cervec sur Thomas Hardy, UPV, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Annie Escuret, Jun 2008, Montpellier, France. https://miranda.revues.org/2056</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« When Gaston Meets Dorian: Pater reading Wilde »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Decadent Poetics », Exeter University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alex Murray et Jason Hall, Jul 2011, Exeter, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Beata Urbs’: Walter Pater and the City »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One-day symposium « Imagined Civities », Faculty of English, Cambridge University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aurélie Petiot, Jun 2011, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oscar Wilde as a Reader of W. K. Clifford »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Believing in the Nineteenth Century: W.K. Clifford / W. James »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Coste et Guillaume Tanguy, Dec 2011, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Problem with Ethics: J. A. Symonds’s Greek Ethics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Ethics and Alterity »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine Reynier et Jean-Michel Ganteau, May 2011, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La conversion d’Anthony Blair »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du Centre interuniversitaire d’étude du religieux, MSH Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre interuniversitaire d’étude du religieux, Oct 2010, Montpellier, France. pp.55-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De l’Oscar avec de vrais morceaux de Walter à l’intérieur»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Colloque « Formes allogènes dans le discours », Université de Pau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabienne Gaspari, Mar 2010, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cas Ruskin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Transmission and Transmissibility in Social Sciences », EHESS, Paris, 10-11 mai 2010.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berenson et la Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les Médiateurs de la Méditerranée », MSH, Montpellier, 12 octobre 2010.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Oscar avec de vrais morceaux de Walter à l'intérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Formes allogènes dans le discours », Université de Pau, 20-21 mars 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bernard Berenson et la Méditerranée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les Médiateurs de la Méditerranée », MSH Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie-Eve Therenty et Christine Reynier, Oct 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Mais moi, je ne suis pas de l’université”: Lacan »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, Jun 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le “cas” Ruskin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Transmission and Transmissibility in Social Sciences », EHESS.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stéphanie Schwerter et Jennifer K. Dick, May 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Retrouver la Grèce ( ?) : On Translating Homer de Matthew Arnold »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Traduire les Anciens (Grecs et Latins) en Europe du début du XIXe siècle à nos jours »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Chevallier, Mar 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver la Grèce ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Traduire les Anciens en Europe du début du XIXe siècle à nos jours", Université de Caen, Caen, 31 mars-1er avril 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Walter Pater : la renaissance et la relique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congrès de la SAES, Atelier « Littérature et Psychanalyse »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLVIIIe congrès de la SAES "La Résurgence", Université d'Orléans, Orléans, 16-18 mai 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Parcours et détours de la croyance chez Walter Pater et Mary Ward »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congrès de la SAES, Atelier SFEVE,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2004, Versailles Saint-Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Those Luscious Heavy-petalled Blossoms” : Perversions patériennes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Atelier SFEVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “The Perfection of Nobody’s Style”: Impersonality and Emotion in Pater’s “Prosper Mérimée”»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference « Impersonality and Emotion », Université Paul Valéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine Reynier et Jean-Michel Ganteau, Jan 2003, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Why did I attract these weird old women ?”: Plath and Feminism »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Plath International Symposium »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Bloomington, IN, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The Soul of Woman under Liberalism: Masson’s “À Vendre” » Workshop: « Marginality in European Cinema »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEMLA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NEMLA Society, Apr 2002, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Quand Marius va au spectacle : nature et fonction de la représentation chez W. Pater »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la SFEVE, Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Annie Escuret, Jan 2002, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La peinture représente-t-elle le temps ? : sur le “Sandro Botticelli” de W. Pater »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Word and Image International Symposium », Holycross College.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maurice Gerarcht, Jun 2001, Worcester, MA, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La romance chez W. Pater : nature et fonction »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journée d’études du Département d’Anglais, de l’UPV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Wuthering, withering, weathering” : tare, dégénérescence et endurance du discours chez Emily Brontë »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ournée d’études du CRLP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe Marty, Apr 2000, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désanonymisation des auteurs de la revue &amp;quot;Saturday Review&amp;quot; (1855-1875) avec du machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethan Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Brahim El Vaigh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nicolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modèles de langue pour les domaines de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désanonymisation des auteurs de la revue &amp;quot;Saturday Review&amp;quot; (1855-1875) grâce au Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethan Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Brahim El Vaigh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nicolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">https://gdr-tal-nantes.sciencesconf.org/resource/page/id/2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nantes (France), France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La donnée et le périodique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethic-Hum, Colloque des doctorant.e.s de l’ED 58,Université Paul Valéry, 20 juin 2022.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Montpellier, France. , 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Henri Maldiney: de la traduction », Journée d’étude Henri Maldiney, AFP, Paris 12 juin 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'association de psychanalyse freudienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A propos d’un paysage urbain », Journée d’études « Paysages en Mouvement », Université Paul Valéry, 17 juin 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Paysages en Mouvement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Montpellier, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Actualités d’Alphonse Legros »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alphonse Legros</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Dijon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01915652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, du portrait littéraire à l’étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, coll. "Études romantiques et dix-neuviémistes", Eleonore Reverzy, 9782406129813. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12983-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freud, la littérature, la psychanalyse : l’éthique de la relation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 160 p., 2018, Collection des Littératures, Marie Blaise, 978-2-36781-278-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01951467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cette époque de doute&amp;quot;: Walter Pater et la question de la croyance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 328 p., 2017, Horizons anglophones, Christine Reynier et Jean-Michel Ganteau, 9-827-36781-125-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01550004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Curiously testing new opinions ». New perspectives on Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Florence Gillard-Estrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Ribeyrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Lambert-Charbonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Among the Victorians and Modernists, 9780367346454</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnecting Aestheticism and Modernism : continuities, revisions, speculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delyfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 210 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artistic and Literary Commitments (1880-1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">revues.org</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 13 ( 2016) (2), 2016, Artistic and Literary Commitments (1880-1950), Nathalie Vanfasse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01337334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnecting Aestheticism and Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste; Catherine Delyfer; Christine Reynier. Routledge, 2016, 9781138640771</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01419005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, La Renaissance Études d’art et de poésie, Édition de Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste. Classiques Garnier, 2016, Paolo Tortonese et Pierre Galudes, 978-2-8124-3584-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01419001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic Lives: 'New Experience, New Subjects of Poetry, New Forms of Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delyfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rivendale Press, 2013, 9781904201236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic Lives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Delyfer &amp; Bénédicte Coste. Rivendale, 2013, 9781904201236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Believing in Victorian Times, octobre 2012.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste. PULM, octobre 2012 (76), 2013, Cahiers victoriens et édouardiens, 2271-6149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellug, 2012, Collection Paroles d'ailleurs, 978-2-84310-230-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01105321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Ruskin, Les Sept lampes de l’architecture, traduction de Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Houdiard, 2011, 9782356920546</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, esthétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Houdiard, 296 p., 2011, 9782356920539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, Essais sur la mythologie et l’art grec, traduction de Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Houdiard 2010, 978-2-35692-026-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater, critique littéraire. « The Excitement of the Literary Sense »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ELLUG, 2010, Denis Bonnecase, 978-2-84310-162-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01430325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Pater’s Embodied Knowledge: In and Out of Psychophysiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atti Viragh and Marion Thain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mind and Embodiment in Late Victorian Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, pp.81-99, 2025, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9781399521291-007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« France: The Rise of Modern Decadence »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jane Desmarais ; David Weir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Decadence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford Univerity Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9780190066987. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780190066956.013.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Arthur Symons in France: Transnational Journalism and the French Reception »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stefano Evangelista and Elisa Bizzoto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthur Symons. Poet, Critic, Vagabond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legenda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-16, 2018, STUDIES IN COMPARATIVE LITERATURE 44, 978-1781884973</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01847739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction&amp;quot; Penser l'art du paysage avec Henri Maldiney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'art du paysage avec Henri Maldiney. Textes réunis par Bénédicte Coste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EUD</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-22, 2018, Penser l'art du paysage avec Henri Maldiney. Textes réunis par Bénédicte Coste, 978-2-36441-281-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01922936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Walter Pater as a Translator of the Classics »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles Martindale and Stefano Evangelista. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pater the Classicist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.47-61., 2017, Classical Presences, 9780198723417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01623090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “No disciple of mine” : une étape de la réception française de John Ruskin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jennifer K Dick et Stephanie Schwerter,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire: transmettre ou trahir? Réflexions sur la traduction en sciences humaines, éds. Jennifer K Dick et Stephanie Schwerter, Paris, éditions de la F-MSH, 2013.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions de la F-MSH, 2013, 9782735115303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Rather will the poetry of Homer make us forget his philology, than his philology make us forget his poetry” : On Translating Homer de Matthew Arnold »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire les Anciens (Grecs et Latins) en Europe du début du XIXe siècle à nos jours, éds. Claire Lechevalier et Laurence Pradelle, Caen, Presses de l’Université de Caen, 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01110102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Crustacés et coquillages (Martineau et Ducastel) : logique et éthique de l’identité post gaie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florian Grandena et Cristina Johnston. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinematic Queerness Gay and Lesbian Hypervisibility in Contemporary Francophone Feature Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-152, 2011, 9783034301831</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “The perfection of nobody’s style”: Impersonality and Emotion in Pater’s Prosper Mérimée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.-M. Ganteau &amp; C. Reynier </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impersonality and Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’UPV, 2005., pp. 29-42., 2005, 2842697510</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pater’s Academic Reception in France »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephen Bann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Critical Reception of Walter Pater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.122-43. 2004, 9780826468468</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Charles Martindale, Lene Ostermark-Johansen, Elizabeth Prettejohn eds., Walter Pater and the Beginnings of English Studies, Cambridge and New York, CUP 2023.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Charles Martindale, Lene Ostermark-Johansen, Elizabeth Prettejohn eds., Walter Pater and the Beginnings of English Studies, Cambridge and New York, CUP 2023.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hww⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« En remontant Hollywell Street »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://ictil.hypotheses.org/664</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Claude Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Éclats, n° 2, La recherche et le discours scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, https://preo.u-bourgogne.fr/eclats/index.php?id=334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03910620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-C. Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Éclats, n° 1, Traduire l’Autre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, https://preo.u-bourgogne.fr/eclats/index.php?id=77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03476365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The Papers of the Metaphysical Society, 1869-1880. A Critical Edition, éds. Catherine Marshall, Bernard Lightman and Richard England, Oxford University Press, 2015, 3 vols.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Charlotte Ribeyrol, « Etrangeté, passion, couleur » L’hellénisme de Swinburne, Pater et Symonds (1865-1880), Grenoble, ELLUG, 2013. Cahiers victoriens, http://cve.revues.org/2397</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Walter Pater, Imaginary Portraits, éd. Lene Ostermark-Johansen, London, The Jewelled Tortoise, MHRA, 2014.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, http://cve.revues.org/2400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: &amp;quot;Annie Besant (1847-1933) La lutte et la quête&amp;quot;, par Muriel Pécastaing-Boissière et Marie Terrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, http://www.cercles.com/review/r75/pec.html#_ftn1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01200678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bonnecase et Sébastien Scarpa, eds., Tombeau de Swinburne, Paris, Aden, 2010 & Sébastien Scarpa, A. C. Swinburne et les enjeux de la création post-romantiques, Paris, Houdiard, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture. Malcolm Quinn, Utilitarianism and the Art School, London, Pickering and Chatto, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, http://etudes-benthamiennes.revue.org/701. Mis en ligne le 15 janvier 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark A. Cheetham, Artwriting, Nation and Cosmopolitanism, Farnham, Ashgate, 2012, The Eighth Lamp, http://issuu.com/theeighthlamp/docs/l88. 50-52.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse de la Décadence anglo-française. Compte rendu de : Matthew Potolsky, The Decadent Republic of Letters. Taste, Politics, and Cosmopolitan Community from Baudelaire to Beardsley, Philadelphia : University of Pennsylvania Press, 2013, 256 p., EAN 9780812244496</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, http://www.fabula.org/revue/document8245.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture. Matthew Potolsky, The Decadent Republic of Letters. Taste, Politics, and Cosmopolitan Community from Baudelaire to Beardsley, Philadelphia, University of Pennsylvania Press, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Regenia Gagnier, Individualism, Decadence and Globalization. On the Relationship of Part to Whole, 1859–1920</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, pp.227-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Regenia Gagnier, Individualism, Decadence and Globalization. On the Relationship of Part to Whole, 1859-1920, Basingstoke, Palgrave Macmillan, 2010.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Douglas Mao, Fateful Beauty, Princeton, Princeton, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, http://www.oscholars.com/TO/Tcac/Critic2.htm#coste</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Jill L. Matus, Shock, Memory and the Unconscious in Victorian Fiction, Cambridge, CUP, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Walter Pater, Studies in the History of the Renaissance, Oxford, Oxford Classics, 2010.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: La Lecture littéraire n°9, « Lecture et psychanalyse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, http://www.fabula.org/revue/document3899.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Joseph J. Feeney, The Playfulness of Gerald Manley Hopkins, Aldershot, Ashgate, 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp. 285-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Victoria Morgan and Clare Williams, eds., Shaping Belief. Culture, Politics and Religion in Nineteenth-century Writing, Liverpool, Liverpool UP, 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.288-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Prosper Mérimée, Nouvelles, éd. Pierre Glaudes, Paris, Gallimard, Foliothèque 145, 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp. 185-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Margot K. Louis, Persephone Rises, 1860-1927. Mythography, Gender, and the Creation of a New Spirituality, Aldershot, Ashgate, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Francesca Orestano and Franscesca Frigerio eds., Strange sisters. Literature and Aesthetics in the Nineteenth Century, Bern, Peter Lang, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Jacques Bouveresse, La connaissance de l’écrivain. Sur la littérature, la vérité et la vie, Marseille, Agone, 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.232-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Daniel Sangsue, La Relation parodique, Paris, Corti, Les Essais, 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.238-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Marcel Proust, La Bible d’Amiens de John Ruskin, Préface, traduction et notes à édition établie par Yves-Michel Ergal, Paris, Bartillat, 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp. 500-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Catherine Millot, La Vie parfaite, Paris, Gallimard, L’infini, 2006.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.150-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: J.-B. Bullen, Continental Crosscurrents. British Criticism and European Art 1810-1910, Oxford, OUP, 2005.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp. 544-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Pascal Aquien, Oscar Wilde. Les mots et les songes. Biographie, Paris, Aden, 2006.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.213-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Andrea Sabbadini ed., The Couch and the Silver Screen. Psychoanalytic Reflections on European Cinema.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Henri Rey-Flaud, « Et Moïse créa les Juifs… ». Le Testament de Freud, Paris, Aubier, 2006.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.143-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: René Gallet, Romantisme et postromantisme. De Wordsworth à Pater, Paris, L’Harmattan, 2004.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu du lecture: Bernadette Bertrandias, Charlotte Brontë. La parole orpheline, Paris, Ellipses, 2004.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp. 341-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture: Kelly Oliver, ed. The Portable Kristeva Reader, New York, Columbia UP, 2002.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002, www.fabula.org/revue/cr/317.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture P. Piret et G. Michaux (sous la direction de), Logiques et Écritures de la négation, Paris, Kimé, 2000.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002, www.fabula.org/revue/cr/259.php</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La présence chez Henri Maldiney: quel enseignement pour la réalité virtuelle?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler avec Freud et Jung aujourd’hui&amp;quot; JE co-organisée avec Véronique Liard le 16 avril 2015, à l'Université de Bourgogne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Liard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01222919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Photo stéréoscopique victorienne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les Yellow Nineties de Mérimée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lacan et les femmes: approches du séminaire XX»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand Henri Maldiney s'intéresse à la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Université de Bourgogne, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02334461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating Decadence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Desmarais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LEA - Lingue e Letterature d’Oriente e d’Occidente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, pp.7-10, 2024, Translating Decadence, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/lea-1824-484x-14818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanités médicales et de santé du Moyen Âge au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Brouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Laubner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éclats. Revue des doctorantes et doctorants de l’école doctorale 592 LECLA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, https://preo.u-bourgogne.fr/eclats/index.php?id=347, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the Periodical Essay (1860-1940)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20 (2), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20.2, 2023, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.16480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04130702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impression(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aymes-Stokes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image &amp; Narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20 (4), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception de Freud et Jung aux 20e et 21e siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Liard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Coste; Véronique Liard. France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://preo.u-bourgogne.fr/textesetcontextes/index.php?id=1707, 2016, VARIA Parler de Freud et de Jung aux XXe et XXIe siècles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01391577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arts, Erudition, Croyances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Liard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Laigneau-Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes &amp; Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01391583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies in Walter Pater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, 260 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VERLAINE TRADUCTEUR D’ARTHUR SYMONS : RÉÉDITORIALISER LA TRADUCTION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du Tricentenaire à l’anglistique à l’Université de Dijon/Bourgogne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIONEL JOHNSON, L’UNIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WALTER PATER DANS LA “REVUE DES DEUX MONDES” : UNE PRÉSENCE DISCRÈTE, DES TRADUCTIONS SYNTHÉTIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Une traduction récente de trois poèmes d’Ernest Dowson”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02509351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRADUIRE LA POÉSIE DÉCADENTE – STUART MERRILL TRADUCTEUR D’ERNEST DOWSON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02507190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice Francis VIELÉ-GRIFFIN (1864-1937</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des Passeurs de la Littérature des États-Unis,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur le Style (1890)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.13-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essais sur la mythologie et sur l'art grec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essais sur la mythologie et sur l'art grec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 214 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mouvement symboliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.72-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note en faveur des églises italiennes de la Renaissance (1902)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Coste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.44-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId295"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="22268CE6"/>
+    <w:nsid w:val="BB0B4B91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-coste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6455-2208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076354199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888425v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Coste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132rc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515049v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.13940" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629004v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130708v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.16276" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198151v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/ars.17.1.25-38" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941850v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etan.754.0463" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364590v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/studifrancesi.54962" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873356v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.50687" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873350v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873377v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.10040" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873372v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17462/para.2021.02.01" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496243v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.6722" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02927642v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02468080v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02157102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.7537" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300451v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02468095v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aymes-Stokes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01943626v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817297v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.11776" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01933759v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01819779v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01881462v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/palimpsestes.2660" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-34L14P7F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01627571v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.11093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01663806v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bort" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5092" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339559v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5118" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01421312v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5609" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419008v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17462/para.2016.02.02" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01174831v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4708-2.p.0077" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109053v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.1533" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109056v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.1114" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110024v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109055v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.881" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435752v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435755v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077065v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077066v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435751v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062045v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876233v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435735v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876234v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435734v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435736v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061269v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077559v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077576v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077558v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435737v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435739v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435741v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435742v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435746v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435748v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04140111v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04140114v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873424v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Crepiat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873435v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873429v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02902666v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02334495v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01823612v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Madeleine Ayang Ondo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01797094v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01797098v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01846676v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897062v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623101v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01706018v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Niemeyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01558657v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01558659v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01558661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519492v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110131v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200680v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200681v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200679v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01164803v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110308v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435825v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110135v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110307v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110305v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110300v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110142v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110312v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110302v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110303v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110176v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110156v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110168v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068989v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435827v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072437v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110310v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074584v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435822v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443351v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443325v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443344v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435821v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435818v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435812v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072439v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074581v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435816v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074582v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435814v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435813v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435804v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074241v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435805v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874328v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435801v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435795v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435797v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435792v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435793v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435790v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435789v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443320v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435788v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746454v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Vernet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Brahim El Vaigh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nicolle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517830v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873392v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873414v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873402v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01915652v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873328v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/walter-pater-du-portrait-litteraire-a-l-etude-de-cas.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12983-7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01951467v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01550004v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349784v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Florence Gillard-Estrada" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ribeyrol" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lambert-Charbonnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Testing-New-Opinions-and-Courting-New-Impressions-New-Perspectives-on/Gillard-Estrada-Lambert-Charbonnier-Ribeyrol/p/book/9781138081574" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051195v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delyfer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Reynier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337334v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erea.revues.org" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419005v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419001v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798080v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110106v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110128v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01105321v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Pater" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430384v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430381v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430389v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430325v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873340v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/edited-volume/35426?login=false" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190066956.013.7" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01847739v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mhra.org.uk/publications/Arthur-Symons-Poet-Critic-Vagabond" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01922936v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623090v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/pater-the-classicist-9780198723417?cc=fr&amp;amp;lang=en&amp;#" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110112v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110102v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435847v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/product/43716?rskey=UxLiRt&amp;amp;result=1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435839v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435832v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomsbury.com/uk/the-reception-of-walter-pater-in-europe-9780826468468/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754959v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hww" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232449v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910620v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Claude Rey" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476365v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-C. Rey" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339562v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339566v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339564v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200678v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111865v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111867v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111873v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01333459v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111870v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01333463v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435786v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435785v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435783v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435782v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435774v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435776v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435777v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435775v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435778v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435780v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435769v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435770v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435772v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435767v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435764v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435763v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435761v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435766v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435758v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435759v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435756v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435757v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873442v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01222919v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Liard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111856v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111862v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111859v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02334461v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552452v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Desmarais" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/lea-1824-484x-14818" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603022v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Raffard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brouzes" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laubner" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148227v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130702v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.16480" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466302v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01391577v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01391583v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Laigneau-Fontaine" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874330v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076466v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232452v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076484v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076479v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509351v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507190v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796812v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076789v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076758v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076791v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076790v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-coste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6455-2208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076354199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888425v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Coste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132rc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515049v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.13940" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629004v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130708v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.16276" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198151v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/ars.17.1.25-38" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941850v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etan.754.0463" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364590v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/studifrancesi.54962" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873356v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.50687" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873350v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873372v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17462/para.2021.02.01" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873377v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.10040" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496243v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.6722" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02927642v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02468080v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02157102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.7537" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300451v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02468095v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aymes-Stokes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817297v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.11776" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01943626v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01933759v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01819779v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01881462v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/palimpsestes.2660" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-34L14P7F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01627571v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.11093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419008v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17462/para.2016.02.02" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01663806v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bort" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5092" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339559v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5118" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01421312v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5609" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01174831v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4708-2.p.0077" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109053v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.1533" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109056v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.1114" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110024v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109055v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.881" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435752v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435755v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077065v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077066v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435751v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062045v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876233v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435734v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876234v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435735v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077559v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435736v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061269v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077576v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435737v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077558v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435739v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435741v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435742v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435746v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435748v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553416v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553417v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04140111v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04140114v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873435v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Crepiat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873424v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873429v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02902666v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02334495v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01797098v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01797094v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01823612v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Madeleine Ayang Ondo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01846676v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897062v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623101v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01706018v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Niemeyer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01558657v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01558659v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01558661v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519492v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110131v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200680v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200681v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200679v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01164803v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110308v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435825v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110307v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110135v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110305v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110142v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110312v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110300v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110302v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110303v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110176v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110156v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110168v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068989v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435827v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072437v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074584v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110310v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443325v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443351v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443344v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435821v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435818v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435812v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072439v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074582v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074581v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435816v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435814v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435813v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435804v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074241v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435805v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874328v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435801v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435797v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435795v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435793v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435792v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435790v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435789v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443320v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435788v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746454v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Vernet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Brahim El Vaigh" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nicolle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517830v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873392v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873414v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873402v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01915652v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873328v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/walter-pater-du-portrait-litteraire-a-l-etude-de-cas.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12983-7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01951467v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01550004v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349784v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Florence Gillard-Estrada" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ribeyrol" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lambert-Charbonnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Testing-New-Opinions-and-Courting-New-Impressions-New-Perspectives-on/Gillard-Estrada-Lambert-Charbonnier-Ribeyrol/p/book/9781138081574" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051195v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delyfer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Reynier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337334v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erea.revues.org" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419005v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419001v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798080v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110106v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110128v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01105321v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Pater" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430384v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430381v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430389v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430325v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561820v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781399521291-007" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873340v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/edited-volume/35426?login=false" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190066956.013.7" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01847739v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mhra.org.uk/publications/Arthur-Symons-Poet-Critic-Vagabond" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01922936v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623090v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/pater-the-classicist-9780198723417?cc=fr&amp;amp;lang=en&amp;#" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110112v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110102v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435847v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/product/43716?rskey=UxLiRt&amp;amp;result=1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435839v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435832v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomsbury.com/uk/the-reception-of-walter-pater-in-europe-9780826468468/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754959v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hww" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232449v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910620v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Claude Rey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476365v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-C. Rey" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339562v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339566v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339564v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01200678v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111865v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111867v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111873v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01333459v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111870v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01333463v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435786v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435785v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435783v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435782v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435774v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435776v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435777v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435775v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435778v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435780v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435772v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435770v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435769v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435767v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435764v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435763v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435761v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435766v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435758v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435759v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435756v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435757v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873442v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01222919v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Liard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111856v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111862v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111859v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02334461v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552452v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Desmarais" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/lea-1824-484x-14818" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603022v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Raffard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brouzes" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laubner" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148227v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130702v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.16480" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466302v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01391577v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01391583v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Laigneau-Fontaine" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874330v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076466v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232452v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076484v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076479v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509351v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507190v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796812v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076789v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076758v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076791v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076790v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>